--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -80,156 +80,156 @@
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pruebas Cancelar de nuevo.</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Nueva Norma Nacional Alexis</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
@@ -1492,103 +1492,103 @@
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
@@ -1636,103 +1636,103 @@
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13" t="s">
         <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14" t="s">
         <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>26</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
@@ -1792,51 +1792,51 @@
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>27</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>27</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
@@ -1844,77 +1844,77 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
         <v>27</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>27</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
@@ -2018,219 +2018,219 @@
       <c r="H26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="B27" t="s">
         <v>41</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>41</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>17</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>41</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>40</v>
       </c>
       <c r="B30" t="s">
         <v>41</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>40</v>
       </c>
       <c r="B31" t="s">
         <v>41</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>48</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>48</v>
       </c>
       <c r="B33" t="s">
         <v>49</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>49</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>52</v>
       </c>
       <c r="B36" t="s">
@@ -2286,295 +2286,295 @@
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>41</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
         <v>41</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>55</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>55</v>
       </c>
       <c r="B42" t="s">
         <v>41</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>41</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>55</v>
       </c>
       <c r="B44" t="s">
         <v>41</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>58</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>27</v>
       </c>
       <c r="E45" t="s">
         <v>60</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
         <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>27</v>
       </c>
       <c r="E46" t="s">
         <v>60</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>27</v>
       </c>
       <c r="E47" t="s">
         <v>60</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>62</v>
       </c>
       <c r="B48" t="s">
         <v>63</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>64</v>
       </c>
       <c r="B49" t="s">
         <v>65</v>
       </c>
       <c r="C49" t="s">
         <v>21</v>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
       <c r="E49" t="s">
         <v>60</v>
       </c>
       <c r="F49">
         <v>2023</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>64</v>
       </c>
       <c r="B50" t="s">
         <v>65</v>
       </c>
       <c r="C50" t="s">
         <v>21</v>
       </c>
       <c r="D50" t="s">
         <v>66</v>
       </c>
       <c r="E50" t="s">
         <v>60</v>
       </c>
       <c r="F50">
         <v>2023</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>68</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>31</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>69</v>
       </c>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
@@ -2602,51 +2602,51 @@
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>72</v>
       </c>
       <c r="B53" t="s">
         <v>49</v>
       </c>
       <c r="C53" t="s">
         <v>59</v>
       </c>
       <c r="D53" t="s">
         <v>27</v>
       </c>
       <c r="E53" t="s">
         <v>60</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>72</v>
       </c>
       <c r="B54" t="s">
         <v>49</v>
       </c>
       <c r="C54" t="s">
         <v>59</v>
       </c>
       <c r="D54" t="s">
         <v>27</v>
       </c>
       <c r="E54" t="s">
         <v>60</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
@@ -2654,77 +2654,77 @@
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>72</v>
       </c>
       <c r="B55" t="s">
         <v>49</v>
       </c>
       <c r="C55" t="s">
         <v>59</v>
       </c>
       <c r="D55" t="s">
         <v>27</v>
       </c>
       <c r="E55" t="s">
         <v>60</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>72</v>
       </c>
       <c r="B56" t="s">
         <v>49</v>
       </c>
       <c r="C56" t="s">
         <v>59</v>
       </c>
       <c r="D56" t="s">
         <v>27</v>
       </c>
       <c r="E56" t="s">
         <v>60</v>
       </c>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>73</v>
       </c>
       <c r="B57" t="s">
         <v>74</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
         <v>18</v>
       </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
@@ -2834,123 +2834,123 @@
       </c>
       <c r="G62" t="s">
         <v>69</v>
       </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>87</v>
       </c>
       <c r="B63" t="s">
         <v>88</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
         <v>18</v>
       </c>
       <c r="F63">
         <v>2016</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>89</v>
       </c>
       <c r="B64" t="s">
         <v>90</v>
       </c>
       <c r="C64" t="s">
         <v>21</v>
       </c>
       <c r="D64" t="s">
         <v>66</v>
       </c>
       <c r="E64" t="s">
         <v>60</v>
       </c>
       <c r="F64">
         <v>2016</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>91</v>
       </c>
       <c r="B65" t="s">
         <v>92</v>
       </c>
       <c r="C65" t="s">
         <v>21</v>
       </c>
       <c r="D65" t="s">
         <v>66</v>
       </c>
       <c r="E65" t="s">
         <v>60</v>
       </c>
       <c r="F65">
         <v>2015</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>91</v>
       </c>
       <c r="B66" t="s">
         <v>92</v>
       </c>
       <c r="C66" t="s">
         <v>21</v>
       </c>
       <c r="D66" t="s">
         <v>66</v>
       </c>
       <c r="E66" t="s">
         <v>60</v>
       </c>
       <c r="F66">
         <v>2015</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>93</v>
       </c>
       <c r="B67" t="s">
         <v>94</v>
       </c>
       <c r="C67" t="s">
         <v>30</v>
       </c>
       <c r="D67" t="s">
         <v>66</v>
       </c>
       <c r="E67" t="s">
         <v>60</v>
       </c>
       <c r="F67">
         <v>2015</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>12</v>
       </c>
@@ -2976,239 +2976,239 @@
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>98</v>
       </c>
       <c r="B69" t="s">
         <v>99</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69" t="s">
         <v>18</v>
       </c>
       <c r="F69">
         <v>2013</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>100</v>
       </c>
       <c r="B70" t="s">
         <v>101</v>
       </c>
       <c r="C70" t="s">
         <v>39</v>
       </c>
       <c r="D70" t="s">
         <v>66</v>
       </c>
       <c r="E70" t="s">
         <v>60</v>
       </c>
       <c r="F70">
         <v>2013</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>103</v>
       </c>
       <c r="B71" t="s">
         <v>104</v>
       </c>
       <c r="C71" t="s">
         <v>21</v>
       </c>
       <c r="D71" t="s">
         <v>66</v>
       </c>
       <c r="E71" t="s">
         <v>60</v>
       </c>
       <c r="F71">
         <v>2013</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>105</v>
       </c>
       <c r="B72" t="s">
         <v>106</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
       <c r="F72">
         <v>2012</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>107</v>
       </c>
       <c r="B73" t="s">
         <v>108</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>109</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73">
         <v>2012</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>110</v>
       </c>
       <c r="B74" t="s">
         <v>111</v>
       </c>
       <c r="C74" t="s">
         <v>30</v>
       </c>
       <c r="D74" t="s">
         <v>66</v>
       </c>
       <c r="E74" t="s">
         <v>60</v>
       </c>
       <c r="F74">
         <v>2012</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>113</v>
       </c>
       <c r="B75" t="s">
         <v>114</v>
       </c>
       <c r="C75" t="s">
         <v>39</v>
       </c>
       <c r="D75" t="s">
         <v>66</v>
       </c>
       <c r="E75" t="s">
         <v>60</v>
       </c>
       <c r="F75">
         <v>2012</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>115</v>
       </c>
       <c r="B76" t="s">
         <v>116</v>
       </c>
       <c r="C76" t="s">
         <v>39</v>
       </c>
       <c r="D76" t="s">
         <v>66</v>
       </c>
       <c r="E76" t="s">
         <v>60</v>
       </c>
       <c r="F76">
         <v>2012</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>117</v>
       </c>
       <c r="B77" t="s">
         <v>118</v>
       </c>
       <c r="C77" t="s">
         <v>21</v>
       </c>
       <c r="D77" t="s">
         <v>66</v>
       </c>
       <c r="E77" t="s">
         <v>60</v>
       </c>
       <c r="F77">
         <v>2012</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>119</v>
       </c>
       <c r="B78" t="s">
         <v>120</v>
       </c>
       <c r="C78" t="s">
         <v>21</v>
       </c>
       <c r="D78" t="s">
         <v>66</v>
       </c>
       <c r="E78" t="s">
         <v>60</v>
       </c>
       <c r="F78">
         <v>2012</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>12</v>
       </c>
@@ -3254,51 +3254,51 @@
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>125</v>
       </c>
       <c r="B81" t="s">
         <v>126</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
         <v>18</v>
       </c>
       <c r="F81">
         <v>2011</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>127</v>
       </c>
       <c r="B82" t="s">
         <v>128</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>60</v>
       </c>
       <c r="F82">
         <v>2011</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>129</v>
@@ -3418,51 +3418,51 @@
       <c r="H87" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>141</v>
       </c>
       <c r="B88" t="s">
         <v>142</v>
       </c>
       <c r="C88" t="s">
         <v>21</v>
       </c>
       <c r="D88" t="s">
         <v>66</v>
       </c>
       <c r="E88" t="s">
         <v>60</v>
       </c>
       <c r="F88">
         <v>2011</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>143</v>
       </c>
       <c r="B89" t="s">
         <v>144</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>109</v>
       </c>
       <c r="E89" t="s">
         <v>18</v>
       </c>
       <c r="F89">
         <v>2010</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
@@ -3506,193 +3506,193 @@
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>149</v>
       </c>
       <c r="B92" t="s">
         <v>150</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>17</v>
       </c>
       <c r="E92" t="s">
         <v>18</v>
       </c>
       <c r="F92">
         <v>2010</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>151</v>
       </c>
       <c r="B93" t="s">
         <v>152</v>
       </c>
       <c r="C93" t="s">
         <v>30</v>
       </c>
       <c r="D93" t="s">
         <v>66</v>
       </c>
       <c r="E93" t="s">
         <v>60</v>
       </c>
       <c r="F93">
         <v>2010</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>153</v>
       </c>
       <c r="B94" t="s">
         <v>154</v>
       </c>
       <c r="C94" t="s">
         <v>30</v>
       </c>
       <c r="D94" t="s">
         <v>66</v>
       </c>
       <c r="E94" t="s">
         <v>60</v>
       </c>
       <c r="F94">
         <v>2010</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>155</v>
       </c>
       <c r="B95" t="s">
         <v>156</v>
       </c>
       <c r="C95" t="s">
         <v>30</v>
       </c>
       <c r="D95" t="s">
         <v>66</v>
       </c>
       <c r="E95" t="s">
         <v>60</v>
       </c>
       <c r="F95">
         <v>2010</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>157</v>
       </c>
       <c r="B96" t="s">
         <v>158</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>159</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96">
         <v>2009</v>
       </c>
       <c r="G96" t="s">
         <v>69</v>
       </c>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>160</v>
       </c>
       <c r="B97" t="s">
         <v>161</v>
       </c>
       <c r="C97" t="s">
         <v>30</v>
       </c>
       <c r="D97" t="s">
         <v>66</v>
       </c>
       <c r="E97" t="s">
         <v>60</v>
       </c>
       <c r="F97">
         <v>2009</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>162</v>
       </c>
       <c r="B98" t="s">
         <v>163</v>
       </c>
       <c r="C98" t="s">
         <v>21</v>
       </c>
       <c r="D98" t="s">
         <v>66</v>
       </c>
       <c r="E98" t="s">
         <v>60</v>
       </c>
       <c r="F98">
         <v>2009</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>164</v>
       </c>
       <c r="B99" t="s">
         <v>165</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>159</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99">
         <v>2008</v>
       </c>
       <c r="G99" t="s">
         <v>69</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
@@ -3742,51 +3742,51 @@
       <c r="H101" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>170</v>
       </c>
       <c r="B102" t="s">
         <v>171</v>
       </c>
       <c r="C102" t="s">
         <v>39</v>
       </c>
       <c r="D102" t="s">
         <v>66</v>
       </c>
       <c r="E102" t="s">
         <v>60</v>
       </c>
       <c r="F102">
         <v>2008</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>172</v>
       </c>
       <c r="B103" t="s">
         <v>173</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>159</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103">
         <v>2007</v>
       </c>
       <c r="G103" t="s">
         <v>69</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
@@ -3852,123 +3852,123 @@
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>180</v>
       </c>
       <c r="B107" t="s">
         <v>181</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>17</v>
       </c>
       <c r="E107" t="s">
         <v>18</v>
       </c>
       <c r="F107">
         <v>2007</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>182</v>
       </c>
       <c r="B108" t="s">
         <v>183</v>
       </c>
       <c r="C108" t="s">
         <v>21</v>
       </c>
       <c r="D108" t="s">
         <v>66</v>
       </c>
       <c r="E108" t="s">
         <v>60</v>
       </c>
       <c r="F108">
         <v>2007</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>184</v>
       </c>
       <c r="B109" t="s">
         <v>185</v>
       </c>
       <c r="C109" t="s">
         <v>21</v>
       </c>
       <c r="D109" t="s">
         <v>66</v>
       </c>
       <c r="E109" t="s">
         <v>60</v>
       </c>
       <c r="F109">
         <v>2007</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>186</v>
       </c>
       <c r="B110" t="s">
         <v>187</v>
       </c>
       <c r="C110" t="s">
         <v>21</v>
       </c>
       <c r="D110" t="s">
         <v>66</v>
       </c>
       <c r="E110" t="s">
         <v>60</v>
       </c>
       <c r="F110">
         <v>2007</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>188</v>
       </c>
       <c r="B111" t="s">
         <v>189</v>
       </c>
       <c r="C111" t="s">
         <v>30</v>
       </c>
       <c r="D111" t="s">
         <v>66</v>
       </c>
       <c r="E111" t="s">
         <v>60</v>
       </c>
       <c r="F111">
         <v>2007</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>50</v>
       </c>
@@ -4016,259 +4016,259 @@
       <c r="H113" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>194</v>
       </c>
       <c r="B114" t="s">
         <v>195</v>
       </c>
       <c r="C114" t="s">
         <v>21</v>
       </c>
       <c r="D114" t="s">
         <v>66</v>
       </c>
       <c r="E114" t="s">
         <v>60</v>
       </c>
       <c r="F114">
         <v>2006</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>196</v>
       </c>
       <c r="B115" t="s">
         <v>197</v>
       </c>
       <c r="C115" t="s">
         <v>21</v>
       </c>
       <c r="D115" t="s">
         <v>66</v>
       </c>
       <c r="E115" t="s">
         <v>60</v>
       </c>
       <c r="F115">
         <v>2006</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>198</v>
       </c>
       <c r="B116" t="s">
         <v>199</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116" t="s">
         <v>18</v>
       </c>
       <c r="F116">
         <v>2005</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>200</v>
       </c>
       <c r="B117" t="s">
         <v>201</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>109</v>
       </c>
       <c r="E117" t="s">
         <v>18</v>
       </c>
       <c r="F117">
         <v>2005</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>202</v>
       </c>
       <c r="B118" t="s">
         <v>203</v>
       </c>
       <c r="C118" t="s">
         <v>30</v>
       </c>
       <c r="D118" t="s">
         <v>66</v>
       </c>
       <c r="E118" t="s">
         <v>60</v>
       </c>
       <c r="F118">
         <v>2005</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>204</v>
       </c>
       <c r="B119" t="s">
         <v>205</v>
       </c>
       <c r="C119" t="s">
         <v>21</v>
       </c>
       <c r="D119" t="s">
         <v>66</v>
       </c>
       <c r="E119" t="s">
         <v>60</v>
       </c>
       <c r="F119">
         <v>2005</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>206</v>
       </c>
       <c r="B120" t="s">
         <v>207</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>17</v>
       </c>
       <c r="E120" t="s">
         <v>18</v>
       </c>
       <c r="F120">
         <v>2004</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>208</v>
       </c>
       <c r="B121" t="s">
         <v>209</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="E121" t="s">
         <v>18</v>
       </c>
       <c r="F121">
         <v>2004</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>210</v>
       </c>
       <c r="B122" t="s">
         <v>211</v>
       </c>
       <c r="C122" t="s">
         <v>39</v>
       </c>
       <c r="D122" t="s">
         <v>66</v>
       </c>
       <c r="E122" t="s">
         <v>60</v>
       </c>
       <c r="F122">
         <v>2004</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>212</v>
       </c>
       <c r="B123" t="s">
         <v>213</v>
       </c>
       <c r="C123" t="s">
         <v>21</v>
       </c>
       <c r="D123" t="s">
         <v>66</v>
       </c>
       <c r="E123" t="s">
         <v>60</v>
       </c>
       <c r="F123">
         <v>2004</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>214</v>
       </c>
       <c r="B124"/>
       <c r="C124" t="s">
         <v>30</v>
       </c>
       <c r="D124" t="s">
         <v>66</v>
       </c>
       <c r="E124" t="s">
         <v>60</v>
       </c>
       <c r="F124">
         <v>2004</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:8">
@@ -4312,51 +4312,51 @@
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>219</v>
       </c>
       <c r="B127" t="s">
         <v>220</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>17</v>
       </c>
       <c r="E127" t="s">
         <v>18</v>
       </c>
       <c r="F127">
         <v>2003</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>219</v>
       </c>
       <c r="B128" t="s">
         <v>220</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>17</v>
       </c>
       <c r="E128" t="s">
         <v>18</v>
       </c>
       <c r="F128">
         <v>2003</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:8">
@@ -4382,305 +4382,305 @@
       <c r="H129" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>223</v>
       </c>
       <c r="B130" t="s">
         <v>224</v>
       </c>
       <c r="C130" t="s">
         <v>21</v>
       </c>
       <c r="D130" t="s">
         <v>66</v>
       </c>
       <c r="E130" t="s">
         <v>60</v>
       </c>
       <c r="F130">
         <v>2003</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>225</v>
       </c>
       <c r="B131" t="s">
         <v>226</v>
       </c>
       <c r="C131" t="s">
         <v>30</v>
       </c>
       <c r="D131" t="s">
         <v>66</v>
       </c>
       <c r="E131" t="s">
         <v>60</v>
       </c>
       <c r="F131">
         <v>2003</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>225</v>
       </c>
       <c r="B132" t="s">
         <v>226</v>
       </c>
       <c r="C132" t="s">
         <v>30</v>
       </c>
       <c r="D132" t="s">
         <v>66</v>
       </c>
       <c r="E132" t="s">
         <v>60</v>
       </c>
       <c r="F132">
         <v>2003</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>227</v>
       </c>
       <c r="B133" t="s">
         <v>228</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>17</v>
       </c>
       <c r="E133" t="s">
         <v>18</v>
       </c>
       <c r="F133">
         <v>2002</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>229</v>
       </c>
       <c r="B134" t="s">
         <v>230</v>
       </c>
       <c r="C134" t="s">
         <v>39</v>
       </c>
       <c r="D134" t="s">
         <v>66</v>
       </c>
       <c r="E134" t="s">
         <v>60</v>
       </c>
       <c r="F134">
         <v>2002</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>231</v>
       </c>
       <c r="B135" t="s">
         <v>232</v>
       </c>
       <c r="C135" t="s">
         <v>21</v>
       </c>
       <c r="D135" t="s">
         <v>66</v>
       </c>
       <c r="E135" t="s">
         <v>60</v>
       </c>
       <c r="F135">
         <v>2002</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>233</v>
       </c>
       <c r="B136" t="s">
         <v>234</v>
       </c>
       <c r="C136" t="s">
         <v>131</v>
       </c>
       <c r="D136" t="s">
         <v>132</v>
       </c>
       <c r="E136" t="s">
         <v>60</v>
       </c>
       <c r="F136">
         <v>2002</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>235</v>
       </c>
       <c r="B137" t="s">
         <v>236</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
         <v>17</v>
       </c>
       <c r="E137" t="s">
         <v>18</v>
       </c>
       <c r="F137">
         <v>2001</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>237</v>
       </c>
       <c r="B138" t="s">
         <v>236</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>17</v>
       </c>
       <c r="E138" t="s">
         <v>18</v>
       </c>
       <c r="F138">
         <v>2001</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>238</v>
       </c>
       <c r="B139" t="s">
         <v>239</v>
       </c>
       <c r="C139" t="s">
         <v>21</v>
       </c>
       <c r="D139" t="s">
         <v>66</v>
       </c>
       <c r="E139" t="s">
         <v>60</v>
       </c>
       <c r="F139">
         <v>2001</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>240</v>
       </c>
       <c r="B140" t="s">
         <v>226</v>
       </c>
       <c r="C140" t="s">
         <v>30</v>
       </c>
       <c r="D140" t="s">
         <v>66</v>
       </c>
       <c r="E140" t="s">
         <v>60</v>
       </c>
       <c r="F140">
         <v>2001</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>241</v>
       </c>
       <c r="B141" t="s">
         <v>242</v>
       </c>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141" t="s">
         <v>60</v>
       </c>
       <c r="F141">
         <v>2001</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>243</v>
       </c>
       <c r="B142" t="s">
         <v>226</v>
       </c>
       <c r="C142" t="s">
         <v>30</v>
       </c>
       <c r="D142" t="s">
         <v>66</v>
       </c>
       <c r="E142" t="s">
         <v>60</v>
       </c>
       <c r="F142">
         <v>2001</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>24</v>
       </c>
@@ -4728,191 +4728,191 @@
       <c r="H144" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>248</v>
       </c>
       <c r="B145" t="s">
         <v>249</v>
       </c>
       <c r="C145" t="s">
         <v>21</v>
       </c>
       <c r="D145" t="s">
         <v>66</v>
       </c>
       <c r="E145" t="s">
         <v>60</v>
       </c>
       <c r="F145">
         <v>2000</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>250</v>
       </c>
       <c r="B146" t="s">
         <v>251</v>
       </c>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146" t="s">
         <v>60</v>
       </c>
       <c r="F146">
         <v>2000</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>250</v>
       </c>
       <c r="B147" t="s">
         <v>251</v>
       </c>
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147" t="s">
         <v>60</v>
       </c>
       <c r="F147">
         <v>2000</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>252</v>
       </c>
       <c r="B148" t="s">
         <v>253</v>
       </c>
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148" t="s">
         <v>60</v>
       </c>
       <c r="F148">
         <v>2000</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>252</v>
       </c>
       <c r="B149" t="s">
         <v>253</v>
       </c>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149" t="s">
         <v>60</v>
       </c>
       <c r="F149">
         <v>2000</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>254</v>
       </c>
       <c r="B150" t="s">
         <v>255</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150" t="s">
         <v>60</v>
       </c>
       <c r="F150">
         <v>2000</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>254</v>
       </c>
       <c r="B151" t="s">
         <v>255</v>
       </c>
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151" t="s">
         <v>60</v>
       </c>
       <c r="F151">
         <v>2000</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>254</v>
       </c>
       <c r="B152" t="s">
         <v>255</v>
       </c>
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152" t="s">
         <v>60</v>
       </c>
       <c r="F152">
         <v>2000</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>256</v>
       </c>
       <c r="B153" t="s">
         <v>257</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="E153" t="s">
         <v>18</v>
       </c>
       <c r="F153">
         <v>1999</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="154" spans="1:8">
@@ -4960,391 +4960,391 @@
       <c r="H155" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>261</v>
       </c>
       <c r="B156" t="s">
         <v>262</v>
       </c>
       <c r="C156" t="s">
         <v>21</v>
       </c>
       <c r="D156" t="s">
         <v>66</v>
       </c>
       <c r="E156" t="s">
         <v>60</v>
       </c>
       <c r="F156">
         <v>1999</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>263</v>
       </c>
       <c r="B157" t="s">
         <v>264</v>
       </c>
       <c r="C157" t="s">
         <v>21</v>
       </c>
       <c r="D157" t="s">
         <v>66</v>
       </c>
       <c r="E157" t="s">
         <v>60</v>
       </c>
       <c r="F157">
         <v>1999</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>265</v>
       </c>
       <c r="B158" t="s">
         <v>266</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>17</v>
       </c>
       <c r="E158" t="s">
         <v>18</v>
       </c>
       <c r="F158">
         <v>1998</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>267</v>
       </c>
       <c r="B159" t="s">
         <v>268</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>17</v>
       </c>
       <c r="E159" t="s">
         <v>18</v>
       </c>
       <c r="F159">
         <v>1998</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>269</v>
       </c>
       <c r="B160" t="s">
         <v>270</v>
       </c>
       <c r="C160" t="s">
         <v>39</v>
       </c>
       <c r="D160" t="s">
         <v>66</v>
       </c>
       <c r="E160" t="s">
         <v>60</v>
       </c>
       <c r="F160">
         <v>1998</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>271</v>
       </c>
       <c r="B161" t="s">
         <v>272</v>
       </c>
       <c r="C161" t="s">
         <v>21</v>
       </c>
       <c r="D161" t="s">
         <v>66</v>
       </c>
       <c r="E161" t="s">
         <v>60</v>
       </c>
       <c r="F161">
         <v>1998</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>273</v>
       </c>
       <c r="B162" t="s">
         <v>274</v>
       </c>
       <c r="C162" t="s">
         <v>30</v>
       </c>
       <c r="D162" t="s">
         <v>66</v>
       </c>
       <c r="E162" t="s">
         <v>60</v>
       </c>
       <c r="F162">
         <v>1998</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>273</v>
       </c>
       <c r="B163" t="s">
         <v>274</v>
       </c>
       <c r="C163" t="s">
         <v>30</v>
       </c>
       <c r="D163" t="s">
         <v>66</v>
       </c>
       <c r="E163" t="s">
         <v>60</v>
       </c>
       <c r="F163">
         <v>1998</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>275</v>
       </c>
       <c r="B164" t="s">
         <v>276</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164" t="s">
         <v>60</v>
       </c>
       <c r="F164">
         <v>1998</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>275</v>
       </c>
       <c r="B165" t="s">
         <v>276</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165" t="s">
         <v>60</v>
       </c>
       <c r="F165">
         <v>1998</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>277</v>
       </c>
       <c r="B166" t="s">
         <v>278</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166" t="s">
         <v>28</v>
       </c>
       <c r="F166">
         <v>1997</v>
       </c>
       <c r="G166" t="s">
         <v>69</v>
       </c>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>279</v>
       </c>
       <c r="B167" t="s">
         <v>280</v>
       </c>
       <c r="C167" t="s">
         <v>21</v>
       </c>
       <c r="D167" t="s">
         <v>66</v>
       </c>
       <c r="E167" t="s">
         <v>60</v>
       </c>
       <c r="F167">
         <v>1997</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>281</v>
       </c>
       <c r="B168" t="s">
         <v>282</v>
       </c>
       <c r="C168" t="s">
         <v>30</v>
       </c>
       <c r="D168" t="s">
         <v>66</v>
       </c>
       <c r="E168" t="s">
         <v>60</v>
       </c>
       <c r="F168">
         <v>1995</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>283</v>
       </c>
       <c r="B169" t="s">
         <v>284</v>
       </c>
       <c r="C169" t="s">
         <v>131</v>
       </c>
       <c r="D169" t="s">
         <v>132</v>
       </c>
       <c r="E169" t="s">
         <v>60</v>
       </c>
       <c r="F169">
         <v>1995</v>
       </c>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>285</v>
       </c>
       <c r="B170" t="s">
         <v>286</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>17</v>
       </c>
       <c r="E170" t="s">
         <v>18</v>
       </c>
       <c r="F170">
         <v>1994</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>287</v>
       </c>
       <c r="B171" t="s">
         <v>288</v>
       </c>
       <c r="C171" t="s">
         <v>21</v>
       </c>
       <c r="D171" t="s">
         <v>66</v>
       </c>
       <c r="E171" t="s">
         <v>60</v>
       </c>
       <c r="F171">
         <v>1994</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>289</v>
       </c>
       <c r="B172" t="s">
         <v>290</v>
       </c>
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172" t="s">
         <v>28</v>
       </c>
       <c r="F172">
         <v>1992</v>
       </c>
       <c r="G172" t="s">
         <v>69</v>
       </c>
       <c r="H172"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>291</v>
@@ -5362,191 +5362,191 @@
       </c>
       <c r="G173" t="s">
         <v>69</v>
       </c>
       <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>293</v>
       </c>
       <c r="B174" t="s">
         <v>294</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
         <v>17</v>
       </c>
       <c r="E174" t="s">
         <v>18</v>
       </c>
       <c r="F174">
         <v>1992</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>295</v>
       </c>
       <c r="B175" t="s">
         <v>296</v>
       </c>
       <c r="C175" t="s">
         <v>21</v>
       </c>
       <c r="D175" t="s">
         <v>66</v>
       </c>
       <c r="E175" t="s">
         <v>60</v>
       </c>
       <c r="F175">
         <v>1992</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>297</v>
       </c>
       <c r="B176" t="s">
         <v>298</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
         <v>17</v>
       </c>
       <c r="E176" t="s">
         <v>18</v>
       </c>
       <c r="F176">
         <v>1990</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>299</v>
       </c>
       <c r="B177" t="s">
         <v>300</v>
       </c>
       <c r="C177" t="s">
         <v>21</v>
       </c>
       <c r="D177" t="s">
         <v>66</v>
       </c>
       <c r="E177" t="s">
         <v>60</v>
       </c>
       <c r="F177">
         <v>1990</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>301</v>
       </c>
       <c r="B178" t="s">
         <v>302</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>109</v>
       </c>
       <c r="E178" t="s">
         <v>18</v>
       </c>
       <c r="F178">
         <v>1989</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>303</v>
       </c>
       <c r="B179" t="s">
         <v>304</v>
       </c>
       <c r="C179" t="s">
         <v>21</v>
       </c>
       <c r="D179" t="s">
         <v>66</v>
       </c>
       <c r="E179" t="s">
         <v>60</v>
       </c>
       <c r="F179">
         <v>1989</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>305</v>
       </c>
       <c r="B180" t="s">
         <v>226</v>
       </c>
       <c r="C180" t="s">
         <v>30</v>
       </c>
       <c r="D180" t="s">
         <v>66</v>
       </c>
       <c r="E180" t="s">
         <v>60</v>
       </c>
       <c r="F180">
         <v>1989</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>305</v>
       </c>
       <c r="B181" t="s">
         <v>226</v>
       </c>
       <c r="C181" t="s">
         <v>30</v>
       </c>
       <c r="D181" t="s">
         <v>66</v>
       </c>
       <c r="E181" t="s">
         <v>60</v>
       </c>
       <c r="F181">
         <v>1989</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>15</v>
       </c>