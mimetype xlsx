--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -116,120 +116,120 @@
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Comunidad de Madrid</t>
   </si>
   <si>
-    <t>Cantabria</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
+    <t>AGE</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Melilla</t>
-[...1 lines deleted...]
-  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>AGE</t>
-[...1 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
     <t>Extra-Regio</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Nueva Norma Nacional Alexis</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
@@ -1518,77 +1518,77 @@
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
@@ -1636,129 +1636,129 @@
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13" t="s">
         <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14" t="s">
         <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>26</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16" t="s">
         <v>27</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
@@ -1766,471 +1766,471 @@
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>27</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>27</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>27</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
         <v>27</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>27</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23" t="s">
         <v>27</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>17</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>41</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>17</v>
       </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>40</v>
       </c>
       <c r="B26" t="s">
         <v>41</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>17</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="B27" t="s">
         <v>41</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>41</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>17</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>41</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>40</v>
       </c>
       <c r="B30" t="s">
         <v>41</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>40</v>
       </c>
       <c r="B31" t="s">
         <v>41</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>48</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>48</v>
       </c>
       <c r="B33" t="s">
         <v>49</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>49</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>52</v>
       </c>
       <c r="B36" t="s">
@@ -2266,171 +2266,171 @@
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="B38" t="s">
         <v>41</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>18</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>41</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
         <v>41</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>55</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>55</v>
       </c>
       <c r="B42" t="s">
         <v>41</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>41</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>55</v>
       </c>
       <c r="B44" t="s">
         <v>41</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>58</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>27</v>
       </c>
       <c r="E45" t="s">
         <v>60</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>12</v>
       </c>
@@ -2458,51 +2458,51 @@
       <c r="H46" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>27</v>
       </c>
       <c r="E47" t="s">
         <v>60</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>62</v>
       </c>
       <c r="B48" t="s">
         <v>63</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>64</v>
@@ -2654,77 +2654,77 @@
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>72</v>
       </c>
       <c r="B55" t="s">
         <v>49</v>
       </c>
       <c r="C55" t="s">
         <v>59</v>
       </c>
       <c r="D55" t="s">
         <v>27</v>
       </c>
       <c r="E55" t="s">
         <v>60</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>72</v>
       </c>
       <c r="B56" t="s">
         <v>49</v>
       </c>
       <c r="C56" t="s">
         <v>59</v>
       </c>
       <c r="D56" t="s">
         <v>27</v>
       </c>
       <c r="E56" t="s">
         <v>60</v>
       </c>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>73</v>
       </c>
       <c r="B57" t="s">
         <v>74</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
         <v>18</v>
       </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
@@ -2834,123 +2834,123 @@
       </c>
       <c r="G62" t="s">
         <v>69</v>
       </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>87</v>
       </c>
       <c r="B63" t="s">
         <v>88</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
         <v>18</v>
       </c>
       <c r="F63">
         <v>2016</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>89</v>
       </c>
       <c r="B64" t="s">
         <v>90</v>
       </c>
       <c r="C64" t="s">
         <v>21</v>
       </c>
       <c r="D64" t="s">
         <v>66</v>
       </c>
       <c r="E64" t="s">
         <v>60</v>
       </c>
       <c r="F64">
         <v>2016</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>91</v>
       </c>
       <c r="B65" t="s">
         <v>92</v>
       </c>
       <c r="C65" t="s">
         <v>21</v>
       </c>
       <c r="D65" t="s">
         <v>66</v>
       </c>
       <c r="E65" t="s">
         <v>60</v>
       </c>
       <c r="F65">
         <v>2015</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>91</v>
       </c>
       <c r="B66" t="s">
         <v>92</v>
       </c>
       <c r="C66" t="s">
         <v>21</v>
       </c>
       <c r="D66" t="s">
         <v>66</v>
       </c>
       <c r="E66" t="s">
         <v>60</v>
       </c>
       <c r="F66">
         <v>2015</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>93</v>
       </c>
       <c r="B67" t="s">
         <v>94</v>
       </c>
       <c r="C67" t="s">
         <v>30</v>
       </c>
       <c r="D67" t="s">
         <v>66</v>
       </c>
       <c r="E67" t="s">
         <v>60</v>
       </c>
       <c r="F67">
         <v>2015</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>12</v>
       </c>
@@ -3068,51 +3068,51 @@
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>107</v>
       </c>
       <c r="B73" t="s">
         <v>108</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>109</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73">
         <v>2012</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>110</v>
       </c>
       <c r="B74" t="s">
         <v>111</v>
       </c>
       <c r="C74" t="s">
         <v>30</v>
       </c>
       <c r="D74" t="s">
         <v>66</v>
       </c>
       <c r="E74" t="s">
         <v>60</v>
       </c>
       <c r="F74">
         <v>2012</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>112</v>
       </c>
@@ -3254,51 +3254,51 @@
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>125</v>
       </c>
       <c r="B81" t="s">
         <v>126</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
         <v>18</v>
       </c>
       <c r="F81">
         <v>2011</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>127</v>
       </c>
       <c r="B82" t="s">
         <v>128</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>60</v>
       </c>
       <c r="F82">
         <v>2011</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>129</v>
@@ -3418,51 +3418,51 @@
       <c r="H87" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>141</v>
       </c>
       <c r="B88" t="s">
         <v>142</v>
       </c>
       <c r="C88" t="s">
         <v>21</v>
       </c>
       <c r="D88" t="s">
         <v>66</v>
       </c>
       <c r="E88" t="s">
         <v>60</v>
       </c>
       <c r="F88">
         <v>2011</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>143</v>
       </c>
       <c r="B89" t="s">
         <v>144</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>109</v>
       </c>
       <c r="E89" t="s">
         <v>18</v>
       </c>
       <c r="F89">
         <v>2010</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
@@ -3530,99 +3530,99 @@
       <c r="H92" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>151</v>
       </c>
       <c r="B93" t="s">
         <v>152</v>
       </c>
       <c r="C93" t="s">
         <v>30</v>
       </c>
       <c r="D93" t="s">
         <v>66</v>
       </c>
       <c r="E93" t="s">
         <v>60</v>
       </c>
       <c r="F93">
         <v>2010</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>153</v>
       </c>
       <c r="B94" t="s">
         <v>154</v>
       </c>
       <c r="C94" t="s">
         <v>30</v>
       </c>
       <c r="D94" t="s">
         <v>66</v>
       </c>
       <c r="E94" t="s">
         <v>60</v>
       </c>
       <c r="F94">
         <v>2010</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>155</v>
       </c>
       <c r="B95" t="s">
         <v>156</v>
       </c>
       <c r="C95" t="s">
         <v>30</v>
       </c>
       <c r="D95" t="s">
         <v>66</v>
       </c>
       <c r="E95" t="s">
         <v>60</v>
       </c>
       <c r="F95">
         <v>2010</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>157</v>
       </c>
       <c r="B96" t="s">
         <v>158</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>159</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96">
         <v>2009</v>
       </c>
       <c r="G96" t="s">
         <v>69</v>
       </c>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
@@ -3742,51 +3742,51 @@
       <c r="H101" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>170</v>
       </c>
       <c r="B102" t="s">
         <v>171</v>
       </c>
       <c r="C102" t="s">
         <v>39</v>
       </c>
       <c r="D102" t="s">
         <v>66</v>
       </c>
       <c r="E102" t="s">
         <v>60</v>
       </c>
       <c r="F102">
         <v>2008</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>172</v>
       </c>
       <c r="B103" t="s">
         <v>173</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>159</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103">
         <v>2007</v>
       </c>
       <c r="G103" t="s">
         <v>69</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
@@ -3852,51 +3852,51 @@
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>180</v>
       </c>
       <c r="B107" t="s">
         <v>181</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>17</v>
       </c>
       <c r="E107" t="s">
         <v>18</v>
       </c>
       <c r="F107">
         <v>2007</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>182</v>
       </c>
       <c r="B108" t="s">
         <v>183</v>
       </c>
       <c r="C108" t="s">
         <v>21</v>
       </c>
       <c r="D108" t="s">
         <v>66</v>
       </c>
       <c r="E108" t="s">
         <v>60</v>
       </c>
       <c r="F108">
         <v>2007</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>77</v>
       </c>
@@ -4084,75 +4084,75 @@
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>200</v>
       </c>
       <c r="B117" t="s">
         <v>201</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>109</v>
       </c>
       <c r="E117" t="s">
         <v>18</v>
       </c>
       <c r="F117">
         <v>2005</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>202</v>
       </c>
       <c r="B118" t="s">
         <v>203</v>
       </c>
       <c r="C118" t="s">
         <v>30</v>
       </c>
       <c r="D118" t="s">
         <v>66</v>
       </c>
       <c r="E118" t="s">
         <v>60</v>
       </c>
       <c r="F118">
         <v>2005</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>204</v>
       </c>
       <c r="B119" t="s">
         <v>205</v>
       </c>
       <c r="C119" t="s">
         <v>21</v>
       </c>
       <c r="D119" t="s">
         <v>66</v>
       </c>
       <c r="E119" t="s">
         <v>60</v>
       </c>
       <c r="F119">
         <v>2005</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>22</v>
       </c>
@@ -4176,99 +4176,99 @@
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>208</v>
       </c>
       <c r="B121" t="s">
         <v>209</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="E121" t="s">
         <v>18</v>
       </c>
       <c r="F121">
         <v>2004</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>210</v>
       </c>
       <c r="B122" t="s">
         <v>211</v>
       </c>
       <c r="C122" t="s">
         <v>39</v>
       </c>
       <c r="D122" t="s">
         <v>66</v>
       </c>
       <c r="E122" t="s">
         <v>60</v>
       </c>
       <c r="F122">
         <v>2004</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>212</v>
       </c>
       <c r="B123" t="s">
         <v>213</v>
       </c>
       <c r="C123" t="s">
         <v>21</v>
       </c>
       <c r="D123" t="s">
         <v>66</v>
       </c>
       <c r="E123" t="s">
         <v>60</v>
       </c>
       <c r="F123">
         <v>2004</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>214</v>
       </c>
       <c r="B124"/>
       <c r="C124" t="s">
         <v>30</v>
       </c>
       <c r="D124" t="s">
         <v>66</v>
       </c>
       <c r="E124" t="s">
         <v>60</v>
       </c>
       <c r="F124">
         <v>2004</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:8">
@@ -4312,51 +4312,51 @@
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>219</v>
       </c>
       <c r="B127" t="s">
         <v>220</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>17</v>
       </c>
       <c r="E127" t="s">
         <v>18</v>
       </c>
       <c r="F127">
         <v>2003</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>219</v>
       </c>
       <c r="B128" t="s">
         <v>220</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>17</v>
       </c>
       <c r="E128" t="s">
         <v>18</v>
       </c>
       <c r="F128">
         <v>2003</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:8">
@@ -4430,51 +4430,51 @@
       <c r="H131" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>225</v>
       </c>
       <c r="B132" t="s">
         <v>226</v>
       </c>
       <c r="C132" t="s">
         <v>30</v>
       </c>
       <c r="D132" t="s">
         <v>66</v>
       </c>
       <c r="E132" t="s">
         <v>60</v>
       </c>
       <c r="F132">
         <v>2003</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>227</v>
       </c>
       <c r="B133" t="s">
         <v>228</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>17</v>
       </c>
       <c r="E133" t="s">
         <v>18</v>
       </c>
       <c r="F133">
         <v>2002</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="134" spans="1:8">
@@ -4546,73 +4546,73 @@
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>235</v>
       </c>
       <c r="B137" t="s">
         <v>236</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
         <v>17</v>
       </c>
       <c r="E137" t="s">
         <v>18</v>
       </c>
       <c r="F137">
         <v>2001</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>237</v>
       </c>
       <c r="B138" t="s">
         <v>236</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>17</v>
       </c>
       <c r="E138" t="s">
         <v>18</v>
       </c>
       <c r="F138">
         <v>2001</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>238</v>
       </c>
       <c r="B139" t="s">
         <v>239</v>
       </c>
       <c r="C139" t="s">
         <v>21</v>
       </c>
       <c r="D139" t="s">
         <v>66</v>
       </c>
       <c r="E139" t="s">
         <v>60</v>
       </c>
       <c r="F139">
         <v>2001</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>22</v>
       </c>
@@ -4636,51 +4636,51 @@
       <c r="F140">
         <v>2001</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>241</v>
       </c>
       <c r="B141" t="s">
         <v>242</v>
       </c>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141" t="s">
         <v>60</v>
       </c>
       <c r="F141">
         <v>2001</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>243</v>
       </c>
       <c r="B142" t="s">
         <v>226</v>
       </c>
       <c r="C142" t="s">
         <v>30</v>
       </c>
       <c r="D142" t="s">
         <v>66</v>
       </c>
       <c r="E142" t="s">
         <v>60</v>
       </c>
       <c r="F142">
         <v>2001</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>24</v>
       </c>
@@ -4748,171 +4748,171 @@
       <c r="F145">
         <v>2000</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>250</v>
       </c>
       <c r="B146" t="s">
         <v>251</v>
       </c>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146" t="s">
         <v>60</v>
       </c>
       <c r="F146">
         <v>2000</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>250</v>
       </c>
       <c r="B147" t="s">
         <v>251</v>
       </c>
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147" t="s">
         <v>60</v>
       </c>
       <c r="F147">
         <v>2000</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>252</v>
       </c>
       <c r="B148" t="s">
         <v>253</v>
       </c>
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148" t="s">
         <v>60</v>
       </c>
       <c r="F148">
         <v>2000</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>252</v>
       </c>
       <c r="B149" t="s">
         <v>253</v>
       </c>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149" t="s">
         <v>60</v>
       </c>
       <c r="F149">
         <v>2000</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>254</v>
       </c>
       <c r="B150" t="s">
         <v>255</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150" t="s">
         <v>60</v>
       </c>
       <c r="F150">
         <v>2000</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>254</v>
       </c>
       <c r="B151" t="s">
         <v>255</v>
       </c>
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151" t="s">
         <v>60</v>
       </c>
       <c r="F151">
         <v>2000</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>254</v>
       </c>
       <c r="B152" t="s">
         <v>255</v>
       </c>
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152" t="s">
         <v>60</v>
       </c>
       <c r="F152">
         <v>2000</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>256</v>
       </c>
       <c r="B153" t="s">
         <v>257</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="E153" t="s">
         <v>18</v>
       </c>
       <c r="F153">
         <v>1999</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="154" spans="1:8">
@@ -5100,183 +5100,183 @@
       <c r="H161" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>273</v>
       </c>
       <c r="B162" t="s">
         <v>274</v>
       </c>
       <c r="C162" t="s">
         <v>30</v>
       </c>
       <c r="D162" t="s">
         <v>66</v>
       </c>
       <c r="E162" t="s">
         <v>60</v>
       </c>
       <c r="F162">
         <v>1998</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>273</v>
       </c>
       <c r="B163" t="s">
         <v>274</v>
       </c>
       <c r="C163" t="s">
         <v>30</v>
       </c>
       <c r="D163" t="s">
         <v>66</v>
       </c>
       <c r="E163" t="s">
         <v>60</v>
       </c>
       <c r="F163">
         <v>1998</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>275</v>
       </c>
       <c r="B164" t="s">
         <v>276</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164" t="s">
         <v>60</v>
       </c>
       <c r="F164">
         <v>1998</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>275</v>
       </c>
       <c r="B165" t="s">
         <v>276</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165" t="s">
         <v>60</v>
       </c>
       <c r="F165">
         <v>1998</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>277</v>
       </c>
       <c r="B166" t="s">
         <v>278</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166" t="s">
         <v>28</v>
       </c>
       <c r="F166">
         <v>1997</v>
       </c>
       <c r="G166" t="s">
         <v>69</v>
       </c>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>279</v>
       </c>
       <c r="B167" t="s">
         <v>280</v>
       </c>
       <c r="C167" t="s">
         <v>21</v>
       </c>
       <c r="D167" t="s">
         <v>66</v>
       </c>
       <c r="E167" t="s">
         <v>60</v>
       </c>
       <c r="F167">
         <v>1997</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>281</v>
       </c>
       <c r="B168" t="s">
         <v>282</v>
       </c>
       <c r="C168" t="s">
         <v>30</v>
       </c>
       <c r="D168" t="s">
         <v>66</v>
       </c>
       <c r="E168" t="s">
         <v>60</v>
       </c>
       <c r="F168">
         <v>1995</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>283</v>
       </c>
       <c r="B169" t="s">
         <v>284</v>
       </c>
       <c r="C169" t="s">
         <v>131</v>
       </c>
       <c r="D169" t="s">
         <v>132</v>
       </c>
       <c r="E169" t="s">
         <v>60</v>
       </c>
       <c r="F169">
         <v>1995</v>
       </c>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
@@ -5362,51 +5362,51 @@
       </c>
       <c r="G173" t="s">
         <v>69</v>
       </c>
       <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>293</v>
       </c>
       <c r="B174" t="s">
         <v>294</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
         <v>17</v>
       </c>
       <c r="E174" t="s">
         <v>18</v>
       </c>
       <c r="F174">
         <v>1992</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>295</v>
       </c>
       <c r="B175" t="s">
         <v>296</v>
       </c>
       <c r="C175" t="s">
         <v>21</v>
       </c>
       <c r="D175" t="s">
         <v>66</v>
       </c>
       <c r="E175" t="s">
         <v>60</v>
       </c>
       <c r="F175">
         <v>1992</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>22</v>
       </c>
@@ -5432,51 +5432,51 @@
       <c r="H176" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>299</v>
       </c>
       <c r="B177" t="s">
         <v>300</v>
       </c>
       <c r="C177" t="s">
         <v>21</v>
       </c>
       <c r="D177" t="s">
         <v>66</v>
       </c>
       <c r="E177" t="s">
         <v>60</v>
       </c>
       <c r="F177">
         <v>1990</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>301</v>
       </c>
       <c r="B178" t="s">
         <v>302</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>109</v>
       </c>
       <c r="E178" t="s">
         <v>18</v>
       </c>
       <c r="F178">
         <v>1989</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
@@ -5502,51 +5502,51 @@
       <c r="H179" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>305</v>
       </c>
       <c r="B180" t="s">
         <v>226</v>
       </c>
       <c r="C180" t="s">
         <v>30</v>
       </c>
       <c r="D180" t="s">
         <v>66</v>
       </c>
       <c r="E180" t="s">
         <v>60</v>
       </c>
       <c r="F180">
         <v>1989</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>305</v>
       </c>
       <c r="B181" t="s">
         <v>226</v>
       </c>
       <c r="C181" t="s">
         <v>30</v>
       </c>
       <c r="D181" t="s">
         <v>66</v>
       </c>
       <c r="E181" t="s">
         <v>60</v>
       </c>
       <c r="F181">
         <v>1989</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>15</v>
       </c>