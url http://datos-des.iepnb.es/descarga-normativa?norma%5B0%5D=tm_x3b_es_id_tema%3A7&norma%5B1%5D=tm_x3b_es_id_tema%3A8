--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -104,150 +104,150 @@
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
@@ -1938,103 +1938,103 @@
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12"/>
@@ -2082,103 +2082,103 @@
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>40</v>
       </c>
       <c r="B15" t="s">
         <v>21</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>19</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
       <c r="C17" t="s">
         <v>34</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>19</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18" t="s">
         <v>34</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>19</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
@@ -2238,51 +2238,51 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>34</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>34</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
@@ -2290,77 +2290,77 @@
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>34</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>34</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>34</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>19</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
@@ -2464,219 +2464,219 @@
       <c r="H29" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>48</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>19</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>47</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
         <v>19</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>47</v>
       </c>
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
         <v>19</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>48</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
         <v>19</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>47</v>
       </c>
       <c r="B34" t="s">
         <v>48</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
         <v>19</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>56</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>18</v>
       </c>
       <c r="E35" t="s">
         <v>19</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>56</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>18</v>
       </c>
       <c r="E36" t="s">
         <v>19</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>56</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>18</v>
       </c>
       <c r="E37" t="s">
         <v>19</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>19</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
@@ -2732,229 +2732,229 @@
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>61</v>
       </c>
       <c r="B42" t="s">
         <v>48</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>19</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
         <v>48</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>19</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>61</v>
       </c>
       <c r="B44" t="s">
         <v>48</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>19</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
         <v>48</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>19</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>48</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>19</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>48</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>19</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>64</v>
       </c>
       <c r="B48" t="s">
         <v>21</v>
       </c>
       <c r="C48" t="s">
         <v>46</v>
       </c>
       <c r="D48" t="s">
         <v>27</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>64</v>
       </c>
       <c r="B49" t="s">
         <v>21</v>
       </c>
       <c r="C49" t="s">
         <v>46</v>
       </c>
       <c r="D49" t="s">
         <v>27</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>64</v>
       </c>
       <c r="B50" t="s">
         <v>21</v>
       </c>
       <c r="C50" t="s">
         <v>46</v>
       </c>
       <c r="D50" t="s">
         <v>27</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>65</v>
       </c>
       <c r="B51" t="s">
         <v>66</v>
       </c>
       <c r="C51" t="s">
         <v>26</v>
       </c>
       <c r="D51" t="s">
         <v>27</v>
       </c>
       <c r="E51" t="s">
         <v>24</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
@@ -2988,247 +2988,247 @@
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>68</v>
       </c>
       <c r="B53" t="s">
         <v>21</v>
       </c>
       <c r="C53" t="s">
         <v>37</v>
       </c>
       <c r="D53" t="s">
         <v>27</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>68</v>
       </c>
       <c r="B54" t="s">
         <v>21</v>
       </c>
       <c r="C54" t="s">
         <v>37</v>
       </c>
       <c r="D54" t="s">
         <v>27</v>
       </c>
       <c r="E54" t="s">
         <v>24</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>68</v>
       </c>
       <c r="B55" t="s">
         <v>21</v>
       </c>
       <c r="C55" t="s">
         <v>37</v>
       </c>
       <c r="D55" t="s">
         <v>27</v>
       </c>
       <c r="E55" t="s">
         <v>24</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>69</v>
       </c>
       <c r="B56" t="s">
         <v>21</v>
       </c>
       <c r="C56" t="s">
         <v>22</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>21</v>
       </c>
       <c r="C57" t="s">
         <v>22</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>70</v>
       </c>
       <c r="B58" t="s">
         <v>21</v>
       </c>
       <c r="C58" t="s">
         <v>22</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>71</v>
       </c>
       <c r="B59" t="s">
         <v>72</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59" t="s">
         <v>19</v>
       </c>
       <c r="F59">
         <v>2023</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>73</v>
       </c>
       <c r="B60" t="s">
         <v>74</v>
       </c>
       <c r="C60" t="s">
         <v>29</v>
       </c>
       <c r="D60" t="s">
         <v>27</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60">
         <v>2023</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>73</v>
       </c>
       <c r="B61" t="s">
         <v>74</v>
       </c>
       <c r="C61" t="s">
         <v>29</v>
       </c>
       <c r="D61" t="s">
         <v>27</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61">
         <v>2023</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>75</v>
       </c>
       <c r="B62" t="s">
         <v>76</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>38</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62">
         <v>2022</v>
       </c>
       <c r="G62" t="s">
         <v>77</v>
       </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
@@ -3256,51 +3256,51 @@
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>80</v>
       </c>
       <c r="B64" t="s">
         <v>56</v>
       </c>
       <c r="C64" t="s">
         <v>22</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64">
         <v>2022</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>80</v>
       </c>
       <c r="B65" t="s">
         <v>56</v>
       </c>
       <c r="C65" t="s">
         <v>22</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65">
         <v>2022</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
@@ -3308,77 +3308,77 @@
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>80</v>
       </c>
       <c r="B66" t="s">
         <v>56</v>
       </c>
       <c r="C66" t="s">
         <v>22</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66">
         <v>2022</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>80</v>
       </c>
       <c r="B67" t="s">
         <v>56</v>
       </c>
       <c r="C67" t="s">
         <v>22</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>24</v>
       </c>
       <c r="F67">
         <v>2022</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>81</v>
       </c>
       <c r="B68" t="s">
         <v>82</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
         <v>18</v>
       </c>
       <c r="E68" t="s">
         <v>19</v>
       </c>
       <c r="F68">
         <v>2021</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8">
@@ -3402,51 +3402,51 @@
       <c r="H69" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>86</v>
       </c>
       <c r="B70" t="s">
         <v>87</v>
       </c>
       <c r="C70" t="s">
         <v>37</v>
       </c>
       <c r="D70" t="s">
         <v>27</v>
       </c>
       <c r="E70" t="s">
         <v>24</v>
       </c>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>88</v>
       </c>
       <c r="B71" t="s">
         <v>89</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>38</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
         <v>77</v>
       </c>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
@@ -3472,51 +3472,51 @@
         <v>15</v>
       </c>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>92</v>
       </c>
       <c r="B73" t="s">
         <v>93</v>
       </c>
       <c r="C73" t="s">
         <v>37</v>
       </c>
       <c r="D73" t="s">
         <v>27</v>
       </c>
       <c r="E73" t="s">
         <v>24</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>94</v>
       </c>
       <c r="B74" t="s">
         <v>95</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>24</v>
       </c>
       <c r="F74">
         <v>2018</v>
       </c>
       <c r="G74" t="s">
         <v>77</v>
       </c>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>96</v>
@@ -3824,147 +3824,147 @@
       </c>
       <c r="G87" t="s">
         <v>77</v>
       </c>
       <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>126</v>
       </c>
       <c r="B88" t="s">
         <v>127</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>18</v>
       </c>
       <c r="E88" t="s">
         <v>19</v>
       </c>
       <c r="F88">
         <v>2016</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>128</v>
       </c>
       <c r="B89" t="s">
         <v>129</v>
       </c>
       <c r="C89" t="s">
         <v>29</v>
       </c>
       <c r="D89" t="s">
         <v>27</v>
       </c>
       <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89">
         <v>2016</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>130</v>
       </c>
       <c r="B90" t="s">
         <v>131</v>
       </c>
       <c r="C90" t="s">
         <v>37</v>
       </c>
       <c r="D90" t="s">
         <v>27</v>
       </c>
       <c r="E90" t="s">
         <v>24</v>
       </c>
       <c r="F90">
         <v>2016</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>132</v>
       </c>
       <c r="B91" t="s">
         <v>133</v>
       </c>
       <c r="C91" t="s">
         <v>29</v>
       </c>
       <c r="D91" t="s">
         <v>27</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91">
         <v>2015</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>132</v>
       </c>
       <c r="B92" t="s">
         <v>133</v>
       </c>
       <c r="C92" t="s">
         <v>29</v>
       </c>
       <c r="D92" t="s">
         <v>27</v>
       </c>
       <c r="E92" t="s">
         <v>24</v>
       </c>
       <c r="F92">
         <v>2015</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>134</v>
       </c>
       <c r="B93" t="s">
         <v>135</v>
       </c>
       <c r="C93" t="s">
         <v>37</v>
       </c>
       <c r="D93" t="s">
         <v>27</v>
       </c>
       <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93">
         <v>2015</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>12</v>
       </c>
@@ -3990,143 +3990,143 @@
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>138</v>
       </c>
       <c r="B95" t="s">
         <v>139</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>18</v>
       </c>
       <c r="E95" t="s">
         <v>19</v>
       </c>
       <c r="F95">
         <v>2013</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>140</v>
       </c>
       <c r="B96" t="s">
         <v>141</v>
       </c>
       <c r="C96" t="s">
         <v>46</v>
       </c>
       <c r="D96" t="s">
         <v>27</v>
       </c>
       <c r="E96" t="s">
         <v>24</v>
       </c>
       <c r="F96">
         <v>2013</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>143</v>
       </c>
       <c r="B97" t="s">
         <v>144</v>
       </c>
       <c r="C97" t="s">
         <v>29</v>
       </c>
       <c r="D97" t="s">
         <v>27</v>
       </c>
       <c r="E97" t="s">
         <v>24</v>
       </c>
       <c r="F97">
         <v>2013</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>145</v>
       </c>
       <c r="B98" t="s">
         <v>146</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>18</v>
       </c>
       <c r="E98" t="s">
         <v>19</v>
       </c>
       <c r="F98">
         <v>2012</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>147</v>
       </c>
       <c r="B99" t="s">
         <v>148</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>149</v>
       </c>
       <c r="E99" t="s">
         <v>19</v>
       </c>
       <c r="F99">
         <v>2012</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>150</v>
       </c>
       <c r="B100" t="s">
         <v>151</v>
       </c>
       <c r="C100" t="s">
         <v>46</v>
       </c>
       <c r="D100" t="s">
         <v>27</v>
       </c>
       <c r="E100" t="s">
         <v>24</v>
       </c>
       <c r="F100">
         <v>2012</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>67</v>
       </c>
@@ -4154,147 +4154,147 @@
       <c r="H101" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>154</v>
       </c>
       <c r="B102" t="s">
         <v>155</v>
       </c>
       <c r="C102" t="s">
         <v>46</v>
       </c>
       <c r="D102" t="s">
         <v>27</v>
       </c>
       <c r="E102" t="s">
         <v>24</v>
       </c>
       <c r="F102">
         <v>2012</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>156</v>
       </c>
       <c r="B103" t="s">
         <v>157</v>
       </c>
       <c r="C103" t="s">
         <v>46</v>
       </c>
       <c r="D103" t="s">
         <v>27</v>
       </c>
       <c r="E103" t="s">
         <v>24</v>
       </c>
       <c r="F103">
         <v>2012</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>158</v>
       </c>
       <c r="B104" t="s">
         <v>159</v>
       </c>
       <c r="C104" t="s">
         <v>29</v>
       </c>
       <c r="D104" t="s">
         <v>27</v>
       </c>
       <c r="E104" t="s">
         <v>24</v>
       </c>
       <c r="F104">
         <v>2012</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>160</v>
       </c>
       <c r="B105" t="s">
         <v>161</v>
       </c>
       <c r="C105" t="s">
         <v>29</v>
       </c>
       <c r="D105" t="s">
         <v>27</v>
       </c>
       <c r="E105" t="s">
         <v>24</v>
       </c>
       <c r="F105">
         <v>2012</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>162</v>
       </c>
       <c r="B106" t="s">
         <v>163</v>
       </c>
       <c r="C106" t="s">
         <v>46</v>
       </c>
       <c r="D106" t="s">
         <v>27</v>
       </c>
       <c r="E106" t="s">
         <v>24</v>
       </c>
       <c r="F106">
         <v>2012</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>164</v>
       </c>
       <c r="B107" t="s">
         <v>165</v>
       </c>
       <c r="C107" t="s">
         <v>29</v>
       </c>
       <c r="D107" t="s">
         <v>27</v>
       </c>
       <c r="E107" t="s">
         <v>24</v>
       </c>
       <c r="F107">
         <v>2012</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>12</v>
       </c>
@@ -4364,51 +4364,51 @@
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>172</v>
       </c>
       <c r="B111" t="s">
         <v>173</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>18</v>
       </c>
       <c r="E111" t="s">
         <v>19</v>
       </c>
       <c r="F111">
         <v>2011</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>174</v>
       </c>
       <c r="B112" t="s">
         <v>175</v>
       </c>
       <c r="C112"/>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>24</v>
       </c>
       <c r="F112">
         <v>2011</v>
       </c>
       <c r="G112" t="s">
         <v>15</v>
       </c>
       <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>176</v>
@@ -4552,123 +4552,123 @@
       <c r="H118" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>188</v>
       </c>
       <c r="B119" t="s">
         <v>189</v>
       </c>
       <c r="C119" t="s">
         <v>29</v>
       </c>
       <c r="D119" t="s">
         <v>27</v>
       </c>
       <c r="E119" t="s">
         <v>24</v>
       </c>
       <c r="F119">
         <v>2011</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>190</v>
       </c>
       <c r="B120" t="s">
         <v>191</v>
       </c>
       <c r="C120" t="s">
         <v>46</v>
       </c>
       <c r="D120" t="s">
         <v>27</v>
       </c>
       <c r="E120" t="s">
         <v>24</v>
       </c>
       <c r="F120">
         <v>2011</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>192</v>
       </c>
       <c r="B121" t="s">
         <v>193</v>
       </c>
       <c r="C121" t="s">
         <v>29</v>
       </c>
       <c r="D121" t="s">
         <v>27</v>
       </c>
       <c r="E121" t="s">
         <v>24</v>
       </c>
       <c r="F121">
         <v>2011</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>194</v>
       </c>
       <c r="B122" t="s">
         <v>195</v>
       </c>
       <c r="C122" t="s">
         <v>29</v>
       </c>
       <c r="D122" t="s">
         <v>27</v>
       </c>
       <c r="E122" t="s">
         <v>24</v>
       </c>
       <c r="F122">
         <v>2011</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>196</v>
       </c>
       <c r="B123" t="s">
         <v>197</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>149</v>
       </c>
       <c r="E123" t="s">
         <v>19</v>
       </c>
       <c r="F123">
         <v>2010</v>
       </c>
       <c r="G123" t="s">
         <v>15</v>
       </c>
       <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
@@ -4712,171 +4712,171 @@
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>202</v>
       </c>
       <c r="B126" t="s">
         <v>203</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>18</v>
       </c>
       <c r="E126" t="s">
         <v>19</v>
       </c>
       <c r="F126">
         <v>2010</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>204</v>
       </c>
       <c r="B127" t="s">
         <v>205</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" t="s">
         <v>27</v>
       </c>
       <c r="E127" t="s">
         <v>24</v>
       </c>
       <c r="F127">
         <v>2010</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>206</v>
       </c>
       <c r="B128" t="s">
         <v>207</v>
       </c>
       <c r="C128" t="s">
         <v>37</v>
       </c>
       <c r="D128" t="s">
         <v>27</v>
       </c>
       <c r="E128" t="s">
         <v>24</v>
       </c>
       <c r="F128">
         <v>2010</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>208</v>
       </c>
       <c r="B129" t="s">
         <v>209</v>
       </c>
       <c r="C129" t="s">
         <v>37</v>
       </c>
       <c r="D129" t="s">
         <v>27</v>
       </c>
       <c r="E129" t="s">
         <v>24</v>
       </c>
       <c r="F129">
         <v>2010</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>210</v>
       </c>
       <c r="B130" t="s">
         <v>211</v>
       </c>
       <c r="C130" t="s">
         <v>37</v>
       </c>
       <c r="D130" t="s">
         <v>27</v>
       </c>
       <c r="E130" t="s">
         <v>24</v>
       </c>
       <c r="F130">
         <v>2010</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>212</v>
       </c>
       <c r="B131" t="s">
         <v>213</v>
       </c>
       <c r="C131" t="s">
         <v>37</v>
       </c>
       <c r="D131" t="s">
         <v>27</v>
       </c>
       <c r="E131" t="s">
         <v>24</v>
       </c>
       <c r="F131">
         <v>2010</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>214</v>
       </c>
       <c r="B132" t="s">
         <v>215</v>
       </c>
       <c r="C132" t="s">
         <v>22</v>
       </c>
       <c r="D132" t="s">
         <v>23</v>
       </c>
       <c r="E132" t="s">
         <v>24</v>
       </c>
       <c r="F132">
         <v>2010</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>67</v>
       </c>
@@ -4900,99 +4900,99 @@
       </c>
       <c r="G133" t="s">
         <v>77</v>
       </c>
       <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>219</v>
       </c>
       <c r="B134" t="s">
         <v>220</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>18</v>
       </c>
       <c r="E134" t="s">
         <v>19</v>
       </c>
       <c r="F134">
         <v>2009</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>221</v>
       </c>
       <c r="B135" t="s">
         <v>222</v>
       </c>
       <c r="C135" t="s">
         <v>37</v>
       </c>
       <c r="D135" t="s">
         <v>27</v>
       </c>
       <c r="E135" t="s">
         <v>24</v>
       </c>
       <c r="F135">
         <v>2009</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>223</v>
       </c>
       <c r="B136" t="s">
         <v>224</v>
       </c>
       <c r="C136" t="s">
         <v>29</v>
       </c>
       <c r="D136" t="s">
         <v>27</v>
       </c>
       <c r="E136" t="s">
         <v>24</v>
       </c>
       <c r="F136">
         <v>2009</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>225</v>
       </c>
       <c r="B137" t="s">
         <v>226</v>
       </c>
       <c r="C137" t="s">
         <v>29</v>
       </c>
       <c r="D137" t="s">
         <v>27</v>
       </c>
       <c r="E137" t="s">
         <v>24</v>
       </c>
       <c r="F137">
         <v>2009</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>57</v>
       </c>
@@ -5090,51 +5090,51 @@
       <c r="H141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>235</v>
       </c>
       <c r="B142" t="s">
         <v>236</v>
       </c>
       <c r="C142" t="s">
         <v>46</v>
       </c>
       <c r="D142" t="s">
         <v>27</v>
       </c>
       <c r="E142" t="s">
         <v>24</v>
       </c>
       <c r="F142">
         <v>2008</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>237</v>
       </c>
       <c r="B143" t="s">
         <v>238</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
         <v>218</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143">
         <v>2007</v>
       </c>
       <c r="G143" t="s">
         <v>77</v>
       </c>
       <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
@@ -5222,147 +5222,147 @@
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>247</v>
       </c>
       <c r="B148" t="s">
         <v>248</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>18</v>
       </c>
       <c r="E148" t="s">
         <v>19</v>
       </c>
       <c r="F148">
         <v>2007</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>249</v>
       </c>
       <c r="B149" t="s">
         <v>250</v>
       </c>
       <c r="C149" t="s">
         <v>29</v>
       </c>
       <c r="D149" t="s">
         <v>27</v>
       </c>
       <c r="E149" t="s">
         <v>24</v>
       </c>
       <c r="F149">
         <v>2007</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>251</v>
       </c>
       <c r="B150" t="s">
         <v>252</v>
       </c>
       <c r="C150" t="s">
         <v>29</v>
       </c>
       <c r="D150" t="s">
         <v>27</v>
       </c>
       <c r="E150" t="s">
         <v>24</v>
       </c>
       <c r="F150">
         <v>2007</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>253</v>
       </c>
       <c r="B151" t="s">
         <v>254</v>
       </c>
       <c r="C151" t="s">
         <v>46</v>
       </c>
       <c r="D151" t="s">
         <v>27</v>
       </c>
       <c r="E151" t="s">
         <v>24</v>
       </c>
       <c r="F151">
         <v>2007</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>255</v>
       </c>
       <c r="B152" t="s">
         <v>256</v>
       </c>
       <c r="C152" t="s">
         <v>29</v>
       </c>
       <c r="D152" t="s">
         <v>27</v>
       </c>
       <c r="E152" t="s">
         <v>24</v>
       </c>
       <c r="F152">
         <v>2007</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>257</v>
       </c>
       <c r="B153" t="s">
         <v>258</v>
       </c>
       <c r="C153" t="s">
         <v>37</v>
       </c>
       <c r="D153" t="s">
         <v>27</v>
       </c>
       <c r="E153" t="s">
         <v>24</v>
       </c>
       <c r="F153">
         <v>2007</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>57</v>
       </c>
@@ -5408,51 +5408,51 @@
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>263</v>
       </c>
       <c r="B156" t="s">
         <v>264</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>18</v>
       </c>
       <c r="E156" t="s">
         <v>19</v>
       </c>
       <c r="F156">
         <v>2006</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>265</v>
       </c>
       <c r="B157" t="s">
         <v>266</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>18</v>
       </c>
       <c r="E157" t="s">
         <v>19</v>
       </c>
       <c r="F157">
         <v>2006</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="158" spans="1:8">
@@ -5476,497 +5476,497 @@
       <c r="H158" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>269</v>
       </c>
       <c r="B159" t="s">
         <v>270</v>
       </c>
       <c r="C159" t="s">
         <v>29</v>
       </c>
       <c r="D159" t="s">
         <v>27</v>
       </c>
       <c r="E159" t="s">
         <v>24</v>
       </c>
       <c r="F159">
         <v>2006</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>271</v>
       </c>
       <c r="B160" t="s">
         <v>272</v>
       </c>
       <c r="C160" t="s">
         <v>29</v>
       </c>
       <c r="D160" t="s">
         <v>27</v>
       </c>
       <c r="E160" t="s">
         <v>24</v>
       </c>
       <c r="F160">
         <v>2006</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>273</v>
       </c>
       <c r="B161" t="s">
         <v>274</v>
       </c>
       <c r="C161" t="s">
         <v>37</v>
       </c>
       <c r="D161" t="s">
         <v>27</v>
       </c>
       <c r="E161" t="s">
         <v>24</v>
       </c>
       <c r="F161">
         <v>2006</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>275</v>
       </c>
       <c r="B162" t="s">
         <v>276</v>
       </c>
       <c r="C162" t="s">
         <v>37</v>
       </c>
       <c r="D162" t="s">
         <v>27</v>
       </c>
       <c r="E162" t="s">
         <v>24</v>
       </c>
       <c r="F162">
         <v>2006</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>277</v>
       </c>
       <c r="B163" t="s">
         <v>278</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" t="s">
         <v>27</v>
       </c>
       <c r="E163" t="s">
         <v>24</v>
       </c>
       <c r="F163">
         <v>2006</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>279</v>
       </c>
       <c r="B164" t="s">
         <v>280</v>
       </c>
       <c r="C164" t="s">
         <v>37</v>
       </c>
       <c r="D164" t="s">
         <v>27</v>
       </c>
       <c r="E164" t="s">
         <v>24</v>
       </c>
       <c r="F164">
         <v>2006</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>281</v>
       </c>
       <c r="B165" t="s">
         <v>282</v>
       </c>
       <c r="C165" t="s">
         <v>37</v>
       </c>
       <c r="D165" t="s">
         <v>27</v>
       </c>
       <c r="E165" t="s">
         <v>24</v>
       </c>
       <c r="F165">
         <v>2006</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>283</v>
       </c>
       <c r="B166" t="s">
         <v>284</v>
       </c>
       <c r="C166" t="s">
         <v>37</v>
       </c>
       <c r="D166" t="s">
         <v>27</v>
       </c>
       <c r="E166" t="s">
         <v>24</v>
       </c>
       <c r="F166">
         <v>2006</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>285</v>
       </c>
       <c r="B167" t="s">
         <v>286</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>18</v>
       </c>
       <c r="E167" t="s">
         <v>19</v>
       </c>
       <c r="F167">
         <v>2005</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>287</v>
       </c>
       <c r="B168" t="s">
         <v>288</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
         <v>149</v>
       </c>
       <c r="E168" t="s">
         <v>19</v>
       </c>
       <c r="F168">
         <v>2005</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>289</v>
       </c>
       <c r="B169" t="s">
         <v>290</v>
       </c>
       <c r="C169" t="s">
         <v>37</v>
       </c>
       <c r="D169" t="s">
         <v>27</v>
       </c>
       <c r="E169" t="s">
         <v>24</v>
       </c>
       <c r="F169">
         <v>2005</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>291</v>
       </c>
       <c r="B170" t="s">
         <v>292</v>
       </c>
       <c r="C170" t="s">
         <v>29</v>
       </c>
       <c r="D170" t="s">
         <v>27</v>
       </c>
       <c r="E170" t="s">
         <v>24</v>
       </c>
       <c r="F170">
         <v>2005</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>293</v>
       </c>
       <c r="B171" t="s">
         <v>294</v>
       </c>
       <c r="C171" t="s">
         <v>37</v>
       </c>
       <c r="D171" t="s">
         <v>27</v>
       </c>
       <c r="E171" t="s">
         <v>24</v>
       </c>
       <c r="F171">
         <v>2005</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>295</v>
       </c>
       <c r="B172" t="s">
         <v>296</v>
       </c>
       <c r="C172" t="s">
         <v>37</v>
       </c>
       <c r="D172" t="s">
         <v>27</v>
       </c>
       <c r="E172" t="s">
         <v>24</v>
       </c>
       <c r="F172">
         <v>2005</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>297</v>
       </c>
       <c r="B173" t="s">
         <v>298</v>
       </c>
       <c r="C173" t="s">
         <v>37</v>
       </c>
       <c r="D173" t="s">
         <v>27</v>
       </c>
       <c r="E173" t="s">
         <v>24</v>
       </c>
       <c r="F173">
         <v>2005</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>299</v>
       </c>
       <c r="B174" t="s">
         <v>300</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
         <v>18</v>
       </c>
       <c r="E174" t="s">
         <v>19</v>
       </c>
       <c r="F174">
         <v>2004</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>301</v>
       </c>
       <c r="B175" t="s">
         <v>302</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
         <v>18</v>
       </c>
       <c r="E175" t="s">
         <v>19</v>
       </c>
       <c r="F175">
         <v>2004</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>303</v>
       </c>
       <c r="B176" t="s">
         <v>304</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
         <v>18</v>
       </c>
       <c r="E176" t="s">
         <v>19</v>
       </c>
       <c r="F176">
         <v>2004</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>305</v>
       </c>
       <c r="B177" t="s">
         <v>306</v>
       </c>
       <c r="C177" t="s">
         <v>46</v>
       </c>
       <c r="D177" t="s">
         <v>27</v>
       </c>
       <c r="E177" t="s">
         <v>24</v>
       </c>
       <c r="F177">
         <v>2004</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>307</v>
       </c>
       <c r="B178" t="s">
         <v>308</v>
       </c>
       <c r="C178" t="s">
         <v>29</v>
       </c>
       <c r="D178" t="s">
         <v>27</v>
       </c>
       <c r="E178" t="s">
         <v>24</v>
       </c>
       <c r="F178">
         <v>2004</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>309</v>
       </c>
       <c r="B179"/>
       <c r="C179" t="s">
         <v>37</v>
       </c>
       <c r="D179" t="s">
         <v>27</v>
       </c>
       <c r="E179" t="s">
         <v>24</v>
       </c>
       <c r="F179">
         <v>2004</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:8">
@@ -6010,51 +6010,51 @@
       </c>
       <c r="G181" t="s">
         <v>15</v>
       </c>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>314</v>
       </c>
       <c r="B182" t="s">
         <v>315</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
         <v>18</v>
       </c>
       <c r="E182" t="s">
         <v>19</v>
       </c>
       <c r="F182">
         <v>2003</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>314</v>
       </c>
       <c r="B183" t="s">
         <v>315</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>18</v>
       </c>
       <c r="E183" t="s">
         <v>19</v>
       </c>
       <c r="F183">
         <v>2003</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:8">
@@ -6080,51 +6080,51 @@
       <c r="H184" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>318</v>
       </c>
       <c r="B185" t="s">
         <v>319</v>
       </c>
       <c r="C185" t="s">
         <v>29</v>
       </c>
       <c r="D185" t="s">
         <v>27</v>
       </c>
       <c r="E185" t="s">
         <v>24</v>
       </c>
       <c r="F185">
         <v>2003</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>320</v>
       </c>
       <c r="B186" t="s">
         <v>321</v>
       </c>
       <c r="C186" t="s">
         <v>46</v>
       </c>
       <c r="D186" t="s">
         <v>27</v>
       </c>
       <c r="E186" t="s">
         <v>24</v>
       </c>
       <c r="F186">
         <v>2003</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>57</v>
       </c>
@@ -6152,377 +6152,377 @@
       <c r="H187" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>322</v>
       </c>
       <c r="B188" t="s">
         <v>323</v>
       </c>
       <c r="C188" t="s">
         <v>37</v>
       </c>
       <c r="D188" t="s">
         <v>27</v>
       </c>
       <c r="E188" t="s">
         <v>24</v>
       </c>
       <c r="F188">
         <v>2003</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>324</v>
       </c>
       <c r="B189" t="s">
         <v>325</v>
       </c>
       <c r="C189" t="s">
         <v>29</v>
       </c>
       <c r="D189" t="s">
         <v>27</v>
       </c>
       <c r="E189" t="s">
         <v>24</v>
       </c>
       <c r="F189">
         <v>2003</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>326</v>
       </c>
       <c r="B190" t="s">
         <v>327</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
         <v>18</v>
       </c>
       <c r="E190" t="s">
         <v>19</v>
       </c>
       <c r="F190">
         <v>2002</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>328</v>
       </c>
       <c r="B191" t="s">
         <v>329</v>
       </c>
       <c r="C191" t="s">
         <v>46</v>
       </c>
       <c r="D191" t="s">
         <v>27</v>
       </c>
       <c r="E191" t="s">
         <v>24</v>
       </c>
       <c r="F191">
         <v>2002</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>330</v>
       </c>
       <c r="B192" t="s">
         <v>331</v>
       </c>
       <c r="C192" t="s">
         <v>29</v>
       </c>
       <c r="D192" t="s">
         <v>27</v>
       </c>
       <c r="E192" t="s">
         <v>24</v>
       </c>
       <c r="F192">
         <v>2002</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>332</v>
       </c>
       <c r="B193" t="s">
         <v>333</v>
       </c>
       <c r="C193" t="s">
         <v>29</v>
       </c>
       <c r="D193" t="s">
         <v>27</v>
       </c>
       <c r="E193" t="s">
         <v>24</v>
       </c>
       <c r="F193">
         <v>2002</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>334</v>
       </c>
       <c r="B194" t="s">
         <v>335</v>
       </c>
       <c r="C194" t="s">
         <v>98</v>
       </c>
       <c r="D194" t="s">
         <v>99</v>
       </c>
       <c r="E194" t="s">
         <v>24</v>
       </c>
       <c r="F194">
         <v>2002</v>
       </c>
       <c r="G194" t="s">
         <v>15</v>
       </c>
       <c r="H194"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>336</v>
       </c>
       <c r="B195" t="s">
         <v>337</v>
       </c>
       <c r="C195" t="s">
         <v>37</v>
       </c>
       <c r="D195" t="s">
         <v>27</v>
       </c>
       <c r="E195" t="s">
         <v>24</v>
       </c>
       <c r="F195">
         <v>2002</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>338</v>
       </c>
       <c r="B196" t="s">
         <v>339</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
         <v>18</v>
       </c>
       <c r="E196" t="s">
         <v>19</v>
       </c>
       <c r="F196">
         <v>2001</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>340</v>
       </c>
       <c r="B197" t="s">
         <v>339</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
         <v>18</v>
       </c>
       <c r="E197" t="s">
         <v>19</v>
       </c>
       <c r="F197">
         <v>2001</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>341</v>
       </c>
       <c r="B198" t="s">
         <v>342</v>
       </c>
       <c r="C198" t="s">
         <v>29</v>
       </c>
       <c r="D198" t="s">
         <v>27</v>
       </c>
       <c r="E198" t="s">
         <v>24</v>
       </c>
       <c r="F198">
         <v>2001</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>343</v>
       </c>
       <c r="B199" t="s">
         <v>323</v>
       </c>
       <c r="C199" t="s">
         <v>37</v>
       </c>
       <c r="D199" t="s">
         <v>27</v>
       </c>
       <c r="E199" t="s">
         <v>24</v>
       </c>
       <c r="F199">
         <v>2001</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>344</v>
       </c>
       <c r="B200" t="s">
         <v>345</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200" t="s">
         <v>24</v>
       </c>
       <c r="F200">
         <v>2001</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>346</v>
       </c>
       <c r="B201" t="s">
         <v>323</v>
       </c>
       <c r="C201" t="s">
         <v>37</v>
       </c>
       <c r="D201" t="s">
         <v>27</v>
       </c>
       <c r="E201" t="s">
         <v>24</v>
       </c>
       <c r="F201">
         <v>2001</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>347</v>
       </c>
       <c r="B202" t="s">
         <v>348</v>
       </c>
       <c r="C202" t="s">
         <v>29</v>
       </c>
       <c r="D202" t="s">
         <v>27</v>
       </c>
       <c r="E202" t="s">
         <v>24</v>
       </c>
       <c r="F202">
         <v>2001</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>349</v>
       </c>
       <c r="B203" t="s">
         <v>350</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>218</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203">
         <v>2000</v>
       </c>
       <c r="G203" t="s">
         <v>77</v>
       </c>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
@@ -6546,215 +6546,215 @@
       <c r="H204" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>353</v>
       </c>
       <c r="B205" t="s">
         <v>354</v>
       </c>
       <c r="C205" t="s">
         <v>29</v>
       </c>
       <c r="D205" t="s">
         <v>27</v>
       </c>
       <c r="E205" t="s">
         <v>24</v>
       </c>
       <c r="F205">
         <v>2000</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>355</v>
       </c>
       <c r="B206" t="s">
         <v>356</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206" t="s">
         <v>24</v>
       </c>
       <c r="F206">
         <v>2000</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>355</v>
       </c>
       <c r="B207" t="s">
         <v>356</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207" t="s">
         <v>24</v>
       </c>
       <c r="F207">
         <v>2000</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>357</v>
       </c>
       <c r="B208" t="s">
         <v>358</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208">
         <v>2000</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>357</v>
       </c>
       <c r="B209" t="s">
         <v>358</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209" t="s">
         <v>24</v>
       </c>
       <c r="F209">
         <v>2000</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>359</v>
       </c>
       <c r="B210" t="s">
         <v>360</v>
       </c>
       <c r="C210"/>
       <c r="D210"/>
       <c r="E210" t="s">
         <v>24</v>
       </c>
       <c r="F210">
         <v>2000</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>359</v>
       </c>
       <c r="B211" t="s">
         <v>360</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211" t="s">
         <v>24</v>
       </c>
       <c r="F211">
         <v>2000</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>359</v>
       </c>
       <c r="B212" t="s">
         <v>360</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212" t="s">
         <v>24</v>
       </c>
       <c r="F212">
         <v>2000</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>361</v>
       </c>
       <c r="B213" t="s">
         <v>362</v>
       </c>
       <c r="C213" t="s">
         <v>29</v>
       </c>
       <c r="D213" t="s">
         <v>27</v>
       </c>
       <c r="E213" t="s">
         <v>24</v>
       </c>
       <c r="F213">
         <v>2000</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>363</v>
       </c>
       <c r="B214" t="s">
         <v>364</v>
       </c>
       <c r="C214"/>
       <c r="D214" t="s">
         <v>18</v>
       </c>
       <c r="E214" t="s">
         <v>19</v>
       </c>
       <c r="F214">
         <v>1999</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:8">
@@ -6824,439 +6824,439 @@
       <c r="H217" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>370</v>
       </c>
       <c r="B218" t="s">
         <v>371</v>
       </c>
       <c r="C218" t="s">
         <v>29</v>
       </c>
       <c r="D218" t="s">
         <v>27</v>
       </c>
       <c r="E218" t="s">
         <v>24</v>
       </c>
       <c r="F218">
         <v>1999</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>372</v>
       </c>
       <c r="B219" t="s">
         <v>373</v>
       </c>
       <c r="C219" t="s">
         <v>29</v>
       </c>
       <c r="D219" t="s">
         <v>27</v>
       </c>
       <c r="E219" t="s">
         <v>24</v>
       </c>
       <c r="F219">
         <v>1999</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>374</v>
       </c>
       <c r="B220" t="s">
         <v>375</v>
       </c>
       <c r="C220" t="s">
         <v>46</v>
       </c>
       <c r="D220" t="s">
         <v>27</v>
       </c>
       <c r="E220" t="s">
         <v>24</v>
       </c>
       <c r="F220">
         <v>1999</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>376</v>
       </c>
       <c r="B221" t="s">
         <v>377</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
         <v>18</v>
       </c>
       <c r="E221" t="s">
         <v>19</v>
       </c>
       <c r="F221">
         <v>1998</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>378</v>
       </c>
       <c r="B222" t="s">
         <v>379</v>
       </c>
       <c r="C222"/>
       <c r="D222" t="s">
         <v>18</v>
       </c>
       <c r="E222" t="s">
         <v>19</v>
       </c>
       <c r="F222">
         <v>1998</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>380</v>
       </c>
       <c r="B223" t="s">
         <v>381</v>
       </c>
       <c r="C223" t="s">
         <v>46</v>
       </c>
       <c r="D223" t="s">
         <v>27</v>
       </c>
       <c r="E223" t="s">
         <v>24</v>
       </c>
       <c r="F223">
         <v>1998</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>382</v>
       </c>
       <c r="B224" t="s">
         <v>383</v>
       </c>
       <c r="C224" t="s">
         <v>29</v>
       </c>
       <c r="D224" t="s">
         <v>27</v>
       </c>
       <c r="E224" t="s">
         <v>24</v>
       </c>
       <c r="F224">
         <v>1998</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>384</v>
       </c>
       <c r="B225" t="s">
         <v>385</v>
       </c>
       <c r="C225" t="s">
         <v>37</v>
       </c>
       <c r="D225" t="s">
         <v>27</v>
       </c>
       <c r="E225" t="s">
         <v>24</v>
       </c>
       <c r="F225">
         <v>1998</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>384</v>
       </c>
       <c r="B226" t="s">
         <v>385</v>
       </c>
       <c r="C226" t="s">
         <v>37</v>
       </c>
       <c r="D226" t="s">
         <v>27</v>
       </c>
       <c r="E226" t="s">
         <v>24</v>
       </c>
       <c r="F226">
         <v>1998</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>386</v>
       </c>
       <c r="B227" t="s">
         <v>387</v>
       </c>
       <c r="C227"/>
       <c r="D227"/>
       <c r="E227" t="s">
         <v>24</v>
       </c>
       <c r="F227">
         <v>1998</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>386</v>
       </c>
       <c r="B228" t="s">
         <v>387</v>
       </c>
       <c r="C228"/>
       <c r="D228"/>
       <c r="E228" t="s">
         <v>24</v>
       </c>
       <c r="F228">
         <v>1998</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>388</v>
       </c>
       <c r="B229" t="s">
         <v>389</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229" t="s">
         <v>35</v>
       </c>
       <c r="F229">
         <v>1997</v>
       </c>
       <c r="G229" t="s">
         <v>77</v>
       </c>
       <c r="H229"/>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>390</v>
       </c>
       <c r="B230" t="s">
         <v>391</v>
       </c>
       <c r="C230" t="s">
         <v>29</v>
       </c>
       <c r="D230" t="s">
         <v>27</v>
       </c>
       <c r="E230" t="s">
         <v>24</v>
       </c>
       <c r="F230">
         <v>1997</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>392</v>
       </c>
       <c r="B231" t="s">
         <v>393</v>
       </c>
       <c r="C231" t="s">
         <v>37</v>
       </c>
       <c r="D231" t="s">
         <v>27</v>
       </c>
       <c r="E231" t="s">
         <v>24</v>
       </c>
       <c r="F231">
         <v>1995</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>394</v>
       </c>
       <c r="B232" t="s">
         <v>395</v>
       </c>
       <c r="C232" t="s">
         <v>29</v>
       </c>
       <c r="D232" t="s">
         <v>27</v>
       </c>
       <c r="E232" t="s">
         <v>24</v>
       </c>
       <c r="F232">
         <v>1995</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>396</v>
       </c>
       <c r="B233" t="s">
         <v>397</v>
       </c>
       <c r="C233" t="s">
         <v>98</v>
       </c>
       <c r="D233" t="s">
         <v>99</v>
       </c>
       <c r="E233" t="s">
         <v>24</v>
       </c>
       <c r="F233">
         <v>1995</v>
       </c>
       <c r="G233"/>
       <c r="H233"/>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>398</v>
       </c>
       <c r="B234" t="s">
         <v>399</v>
       </c>
       <c r="C234"/>
       <c r="D234" t="s">
         <v>18</v>
       </c>
       <c r="E234" t="s">
         <v>19</v>
       </c>
       <c r="F234">
         <v>1994</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>400</v>
       </c>
       <c r="B235" t="s">
         <v>401</v>
       </c>
       <c r="C235" t="s">
         <v>29</v>
       </c>
       <c r="D235" t="s">
         <v>27</v>
       </c>
       <c r="E235" t="s">
         <v>24</v>
       </c>
       <c r="F235">
         <v>1994</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>402</v>
       </c>
       <c r="B236" t="s">
         <v>403</v>
       </c>
       <c r="C236"/>
       <c r="D236" t="s">
         <v>18</v>
       </c>
       <c r="E236" t="s">
         <v>19</v>
       </c>
       <c r="F236">
         <v>1993</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="237" spans="1:8">
@@ -7318,213 +7318,213 @@
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>410</v>
       </c>
       <c r="B240" t="s">
         <v>411</v>
       </c>
       <c r="C240"/>
       <c r="D240" t="s">
         <v>18</v>
       </c>
       <c r="E240" t="s">
         <v>19</v>
       </c>
       <c r="F240">
         <v>1992</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>412</v>
       </c>
       <c r="B241" t="s">
         <v>413</v>
       </c>
       <c r="C241" t="s">
         <v>29</v>
       </c>
       <c r="D241" t="s">
         <v>27</v>
       </c>
       <c r="E241" t="s">
         <v>24</v>
       </c>
       <c r="F241">
         <v>1992</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>414</v>
       </c>
       <c r="B242" t="s">
         <v>415</v>
       </c>
       <c r="C242"/>
       <c r="D242" t="s">
         <v>18</v>
       </c>
       <c r="E242" t="s">
         <v>19</v>
       </c>
       <c r="F242">
         <v>1991</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>416</v>
       </c>
       <c r="B243" t="s">
         <v>417</v>
       </c>
       <c r="C243"/>
       <c r="D243" t="s">
         <v>18</v>
       </c>
       <c r="E243" t="s">
         <v>19</v>
       </c>
       <c r="F243">
         <v>1990</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>418</v>
       </c>
       <c r="B244" t="s">
         <v>419</v>
       </c>
       <c r="C244" t="s">
         <v>29</v>
       </c>
       <c r="D244" t="s">
         <v>27</v>
       </c>
       <c r="E244" t="s">
         <v>24</v>
       </c>
       <c r="F244">
         <v>1990</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>420</v>
       </c>
       <c r="B245" t="s">
         <v>421</v>
       </c>
       <c r="C245"/>
       <c r="D245" t="s">
         <v>149</v>
       </c>
       <c r="E245" t="s">
         <v>19</v>
       </c>
       <c r="F245">
         <v>1989</v>
       </c>
       <c r="G245" t="s">
         <v>15</v>
       </c>
       <c r="H245"/>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>422</v>
       </c>
       <c r="B246" t="s">
         <v>423</v>
       </c>
       <c r="C246" t="s">
         <v>29</v>
       </c>
       <c r="D246" t="s">
         <v>27</v>
       </c>
       <c r="E246" t="s">
         <v>24</v>
       </c>
       <c r="F246">
         <v>1989</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>424</v>
       </c>
       <c r="B247" t="s">
         <v>323</v>
       </c>
       <c r="C247" t="s">
         <v>37</v>
       </c>
       <c r="D247" t="s">
         <v>27</v>
       </c>
       <c r="E247" t="s">
         <v>24</v>
       </c>
       <c r="F247">
         <v>1989</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>424</v>
       </c>
       <c r="B248" t="s">
         <v>323</v>
       </c>
       <c r="C248" t="s">
         <v>37</v>
       </c>
       <c r="D248" t="s">
         <v>27</v>
       </c>
       <c r="E248" t="s">
         <v>24</v>
       </c>
       <c r="F248">
         <v>1989</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>16</v>
       </c>
@@ -7690,67 +7690,67 @@
       <c r="B256" t="s">
         <v>440</v>
       </c>
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256"/>
       <c r="F256"/>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>441</v>
       </c>
       <c r="B257" t="s">
         <v>442</v>
       </c>
       <c r="C257"/>
       <c r="D257"/>
       <c r="E257"/>
       <c r="F257"/>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>443</v>
       </c>
       <c r="B258" t="s">
         <v>444</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258"/>
       <c r="F258"/>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>445</v>
       </c>
       <c r="B259"/>
       <c r="C259" t="s">
         <v>446</v>
       </c>
       <c r="D259" t="s">
         <v>99</v>
       </c>
       <c r="E259" t="s">
         <v>24</v>
       </c>
       <c r="F259">
         <v>1933</v>
       </c>
       <c r="G259" t="s">
         <v>15</v>
       </c>
       <c r="H259"/>
     </row>
     <row r="260" spans="1:8">