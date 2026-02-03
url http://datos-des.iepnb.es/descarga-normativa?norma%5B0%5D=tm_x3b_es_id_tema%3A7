--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -12,582 +12,482 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Pruebas de la Junta de Andalucía creación de Norma</t>
-[...5 lines deleted...]
-    <t>Comunicación</t>
+    <t>Resolución de 4 de febrero de 2020, del DG de Biodiversidad y RRNN, de la Consejería de MA, OT y Sost., por la que se regula el tránsito por viales, el tránsito en las inmediaciones y pie de vía de sectores de escalada y la escalada en los sectores y vías regulados, en el paraje de La Pedriza del Parque Nacional de la Sª de Guadarrama como medida de protección de especies rupícolas durante su época de cría y reproducción. BOCM 40 de 17 de febrero de 2020</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2020/02/17/BOCM-20200217-19.PDF</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Resolución de 5 de febrero de 2019, del Director General de Medio Ambiente y Sostenibilidad, de la Consejería de Medio Ambiente y Ordenación del Territorio, por la que se regula el tránsito por viales, el tránsito en las inmediaciones y pie de vía de sectores de escalada y la escalada en los sectores y vías regulados, en el paraje de La Pedriza del Parque Nacional de la Sierra de Guadarrama como medida de protección de especies rupícolas durante su época de cría y reproducción. BOCM 44 de 21 de febrero de 2019</t>
+  </si>
+  <si>
+    <t>https://bocm.es/boletin/CM_Orden_BOCM/2019/02/21/BOCM-20190221-12.PDF</t>
+  </si>
+  <si>
+    <t>Real Decreto 1005/2017, del 24 de noviembre, por el que se modifica el Plan rector de uso y gestión del área protegida de las Islas Medes, aprobado por el Decreto 222/2008, de 11 de noviembre, se establecen las reglas de aplicación durante su vigencia transitoria y se crea el Consejo Científico del Parque Natural del Montgrí, las Islas Medes y el Baix Ter. DOGC 7507 de 29/11/2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2017/11/24/1005</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 328/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00566.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 330/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00565.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 332/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00564.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 250/2015. BOPA 24, de 31 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00563.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 317/2015. BOPA 24, de 31 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00562.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 326/2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00561.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 329/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00560.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 331/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00559.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de noviembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el Recurso Contencioso-Administrativo, procedimiento ordinario 167/2015. BOPA 10 de 14/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/14/2017-00157.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de diciembre de 2017, de la Secretaría General Técnica, por la que se dispone el cumplimiento y publicación del fallo de la Sentencia de 25 de mayo de 2017 de la Sección Tercera de la Sala de lo Contencioso-Administrativo del Tribunal Superior de Justicia de Andalucía, con sede en Sevilla, en relación al recurso contencioso-administrativo núm. 22/2016. BOJA 244 de 22/12/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/244/39</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de diciembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 316/2015. BOPA 18 de 24 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/24/2017-00355.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de julio de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 327/2015. BOPA 185 de 9 de agosto de 2016</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2016/08/09/2016-08455.pdf</t>
+  </si>
+  <si>
+    <t>Orden 2/2013, de 31 de enero de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se establecen las bases reguladoras de las ayudas para la realización de actividades y proyectos de Educación Ambiental en la Comunidad Autónoma de La Rioja, promovidos por entidades sin ánimo de lucro.</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1111154-1-PDF-460684</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Orden de 20 de febrero de 2012, del Consejero de Agricultura, Ganadería y Medio Ambiente, sobre prevención y lucha contra los incendios forestales en la Comunidad Autónoma de Aragón para la campaña 2012/2013. BOA 41 de 29 de febrero de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=651794454141</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 42/2012, de 23 de marzo, por el que se establecen las bases reguladoras de la concesión de ayudas para el desarrollo sostenible en áreas protegidas, en zonas de reproducción de especies protegidas o en hábitat importante y se convocan las mismas para el ejercicio 2012.</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2012/770o/12040060.pdf</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Orden de 30 de julio de 2012 General de Vedas de Caza para la temporada 2012/2013, de la Comunidad Autónoma de Extremadura. DOE 152 de 7 de agosto de 2012</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2012/1520o/12050166.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 27 de junio de 2012 de la Secretaría General Técnica, por la que se dispone el cumplimiento de la sentencia dictada por la Sección Quinta de la Sala de lo Contencioso Administrativo del Tribunal Supremo recaída en el recurso de casación núm.  3929/2008. BOJA 141 de 19/07/2012</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2012/141/21</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 31 de enero, de desarrollo y modernización del turismo de Extremadura. DOE 22, de 2 de febrero de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ex/l/2011/01/31/2</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Decreto 347/2011, de 22 de noviembre, por el que se regula la estructura y funcionamiento de la Red de Información de Andalucía y el acceso a la información ambiental. BOJA 237 de 2 de diciembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/237/5</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Decreto 118/2011, de 31 de mayo, del Gobierno de Aragón, por el que se aprueba el Plan Especial de Protección Civil de Emergencias por Incendios Forestales (Procinfo). BOA 111 de 08/06/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=602557320707</t>
+  </si>
+  <si>
+    <t>Orden de 10 de junio de 2011 por la que se convocan subvenciones en el área de influencia socioeconómica del Parque Nacional de Monfragüe para el ejercicio 2011-2012. DOE 116 de 17 de junio de 2011</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2011/1160o/11050208.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 56/2011, de 4 de marzo, por el que se aprueba la Revisión Parcial del Plan Insular de Ordenación de Tenerife (PIOT) para su adaptación a las Directrices de Ordenación General, para la racionalización del planeamiento territorial de desarrollo del PIOT y para la puesta de manifiesto de la complementariedad de las infraestructuras portuarias insulares. BOC 58, 21/03/2011</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2011/058/001.html</t>
+  </si>
+  <si>
+    <t>Decreto 7/2011, de 20 de enero, que modifica el Decreto 32/2006, de 27 de marzo, por el que se regula la instalación y explotación de los parques eólicos en el ámbito de la Comunidad Autónoma de Canarias. BOC 27, de 7 de febrero de 2011</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2011/027/002.html</t>
+  </si>
+  <si>
+    <t>Ley 9/2010, de 16 de diciembre, por la que se modifica la Ley 23/2003, de 23 de diciembre, de creación del Instituto Aragonés de Gestión Ambiental. BOA 254 de 30/12/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2010/12/16/9</t>
+  </si>
+  <si>
+    <t>Decreto 371/2010, de 14 de septiembre, por el que se Aprueba el Plan de Emergencia por Incendios Forestales de Andalucía y modifica el Reglamento de Prevención y Lucha contra los Incendios Forestales aprobado por el Decreto 247/2001, de 13 de noviembre 2001. BOJA 192 de 30 de septiembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/192/1</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de agosto de 2010, por la que se aprueba la actualización del Catálogo de Materiales de Base para la producción de Materiales Forestales de Reproducción en el territorio de la CCAA de Cantabria. BOC 191 de 4 de octubre de 2010</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=185395</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Edicto de la Sala de lo Contencioso Administrativo, Sección Segunda, relativo a procedimiento ordinario 772/1998. BOA 91 de 12/05/2010</t>
+  </si>
+  <si>
+    <t>http://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=521899400505</t>
+  </si>
+  <si>
+    <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
+  </si>
+  <si>
+    <t>Entidades locales</t>
+  </si>
+  <si>
+    <t>Ley 8/2009, de 21 de diciembre, de medidas liberalizadoras y de apoyo a la empresa madrileña. BOE 63, de 13/03/2010.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2009/12/21/8</t>
+  </si>
+  <si>
+    <t>Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana. DOGV 6151 de 24/11/2009</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2009/11/24/pdf/2009_13396.pdf</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Decreto 14/2008, de 22 de enero por el que se regula la certificación y el distintivo de calidad cinegética de Andalucía. BOJA 26 de 06/02/2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/26/6</t>
+  </si>
+  <si>
+    <t>Decreto 4/2008, de 8 de enero, por el que se aprueba el repertorio de oficios artesanos de la Comunidad Autónoma de Andalucía. BOJA 21 de 30 de enero de 2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/21/27</t>
+  </si>
+  <si>
+    <t>Decreto 475/2008, de 21 de octubre, por el que se regula la organización y funcionamiento del Registro de Artesanos de Andalucía y la Carta de Artesano o Artesana y Maestro Artesano. BOJA 229 de 18 de noviembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/229/2</t>
+  </si>
+  <si>
+    <t>Directiva 2007/2/CE del Parlamento Europeo y del Consejo de 14 de marzo de 2007 por la que se establece una infraestructura de información espacial en la Comunidad Europea (INSPIRE). DOUE L 108 de 25 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2007:108:0001:0014:es:PDF</t>
+  </si>
+  <si>
+    <t>Directiva</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...20 lines deleted...]
-    <t>https://www.google.com/</t>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Ley 7/2007, de 9 julio, de Gestión de la Calidad Ambiental de Andalucía. BOJA 143 de 20/07/2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2007/07/09/7</t>
+  </si>
+  <si>
+    <t>Ley 34/2007, de 15 de noviembre, de calidad del aire y protección de la atmósfera. BOE 275, de 16 de noviembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/11/15/34</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
+  </si>
+  <si>
+    <t>Decreto 26/2007, de 3/4/2007, por el que se crea la red de equipamientos para la educación ambiental de Castilla-La Mancha. DOCM 73 de 6 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/04/06&amp;idDisposicion=123061674262351808</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Orden de 30 de mayo de 2007, de la Conselleria de Territorio y Vivienda, por la que se aprueba un programa de actuaciones para el control de mejillón cebra en la Comunitat Valenciana. DOCV 5552, de 10 de julio de 2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/07/10/pdf/2007_8980.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 12/2006, de 17 de julio, de Caza de Cantabria. BOC 148 de 2 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/07/17/12</t>
+  </si>
+  <si>
+    <t>Corrección de Errores a la Ley 3/2006, de 05-10-2006, por la que se modifica la Ley 2/1993, de 15 de julio de Caza de Castilla-La Mancha. DOCM 233, 01 de enero de 2007</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/l/2006/10/05/3</t>
+  </si>
+  <si>
+    <t>Ley 2/2006, de 28 de febrero, de Pesca de La Rioja. BOR 33 de 9 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2006/02/28/2</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 19 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico del Tabaibal del Porís (Tenerife). BOC 148  de 1 de agosto de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/148/010.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 19 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico de Acantilados de alajeró (La Gomera). BOC 161 de 18 de Agosto de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/161/011.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 22 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico del Barranco del Agua (La Palma). BOC 219 de 10 de Noviembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/219/017.html</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 3 de abril de 2006, relativo a la Aprobación Definitiva Normas de Conservación del Sitio de Interés Científico de Juncalillo del Sur (C-32), término municipal de San Bartolomé de Tirajana (Gran Canaria). BOC 89, 10 de Mayo de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/089/007.html</t>
+  </si>
+  <si>
+    <t>Resolución de 26 de diciembre de 2005, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 30 de noviembre de 2005, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico de Juan Mayor (La Palma). BOC 41, 28 de febrero de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/041/004.html</t>
+  </si>
+  <si>
+    <t>Resolución de 27 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 10 de julio de 2006, por el que se aprueban definitivamente las Normas de Conservación del Sitio de Interés Científico de Interián (Tenerife). BOC 171, 1 de Septiembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/171/002.html</t>
+  </si>
+  <si>
+    <t>Ley 5/2005, de 22 de diciembre, de Artesanía de Andalucía. BOJA 254 de 31/12/2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2005/12/22/15</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de junio de 2005, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 6 de abril de 2005, relativo a la aprobación definitiva de las Normas de Conservación del Sitio de Interés Científico Roque de Gando, término municipal de Telde (Gran Canaria). BOC 125 de 28/06/2005</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2005/125/009.html</t>
+  </si>
+  <si>
+    <t>Resolución de 26 de diciembre de 2005, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 30 de noviembre de 2005, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico de Charco del Cieno (La Gomera). BOC 28 de 9 de Febrero de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/028/006.html</t>
+  </si>
+  <si>
+    <t>Resolución de 26 de octubre de 2005, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 10 de octubre de 2005, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico del Barranco de Ruiz (Tenerife). BOC 215 de 3 de Noviembre de 2005.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2005/215/005.html</t>
+  </si>
+  <si>
+    <t>Ley 2/2004, de 31 de mayo, de medidas fiscales y administrativas. BOCM 129 de 01/06/2004</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2004/05/31/2</t>
+  </si>
+  <si>
+    <t>Orden de 15 de diciembre 2004 por la que se regula el Régimen Jurídico y el Procedimiento de Concesión de Licencia de Uso de la marca Parque Natural de Andalucía. BOJA 19 de 28/01/2005</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/19/2</t>
+  </si>
+  <si>
+    <t>Plan Regional de Educación Ambiental (aprobado en marzo de 2003 por Consejo de Gobierno)</t>
+  </si>
+  <si>
+    <t>https://www.castillalamancha.es/gobierno/desarrollosostenible/actuaciones/plan-regional-de-educaci%C3%B3n-ambiental</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
-  </si>
-[...467 lines deleted...]
-    <t>https://www.castillalamancha.es/gobierno/desarrollosostenible/actuaciones/plan-regional-de-educaci%C3%B3n-ambiental</t>
   </si>
   <si>
     <t>Orden de 27 de noviembre de 2003, de la Consellería de Territorio y Vivienda, por la que se crea el Banco de Datos de la Biodiversidad de la Comunitat Valenciana. DOCV 4656 de 23 de diciembre de 2003</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2003/12/23/pdf/2003_X13387.pdf</t>
   </si>
   <si>
     <t>Decreto 277/2003, de 11 de noviembre, por el que se aprueba definitivamente el Plan Insular de Ordenación de Gran Canaria, a reserva de que se subsanen las deficiencias advertidas por la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias. BOC 24, 01/12/2003</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2003/234/boc-2003-234-002.pdf</t>
   </si>
   <si>
     <t>Orden de 11 de octubre de 2002, de la Consejería de Presidencia y Administración Territorial, por la que se crea la Comisión Técnica para la Coordinación de la Información Cartográfica de la Administración de Castilla y León. BOCyL 206 de 23 de octubre 2002</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2002/10/23/pdf/BOCYL-D-23102002-1.pdf</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
     <t>Decreto 55/2002, de 11 de abril, por el que se aprueba el Plan Forestal de Castilla y León. BOCyL 73. de 17 de abril de 2002</t>
   </si>
@@ -999,2616 +899,1716 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H109"/>
+  <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="608.566" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="185.098" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F3">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4">
+        <v>2017</v>
+      </c>
+      <c r="G4" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F5">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F6">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F7">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C8"/>
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F8">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="C9"/>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F9">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C11"/>
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F11">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C12"/>
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F12">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F13">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C14"/>
+        <v>39</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F14">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="D15"/>
+        <v>41</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F15">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C16"/>
+        <v>43</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F16">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D17"/>
+        <v>45</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F17">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B18" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D18"/>
+        <v>49</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F18">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D19"/>
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F19">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="B20" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D20"/>
+        <v>56</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F20">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D21"/>
+        <v>58</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F21">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="C22"/>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>61</v>
+      </c>
       <c r="E22" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="F22">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="B23" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D23"/>
+        <v>64</v>
+      </c>
+      <c r="C23" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
       <c r="E23" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F23">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F24">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F25">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="B26" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="C26" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="D26" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F26">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="B27" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="C27" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="D27" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F27">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="C28"/>
       <c r="D28" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E28" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F28">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G28"/>
       <c r="H28" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D29" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F29">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="B30" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="C30" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F30">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G30"/>
       <c r="H30" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="B31" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="C31" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="E31" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F31">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="B32" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="C32"/>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
       <c r="E32" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="F32">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B33" t="s">
+        <v>88</v>
+      </c>
+      <c r="C33" t="s">
         <v>53</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F33">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>90</v>
+      </c>
+      <c r="B34" t="s">
+        <v>91</v>
+      </c>
+      <c r="C34" t="s">
         <v>53</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F34">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>92</v>
+      </c>
+      <c r="B35" t="s">
+        <v>93</v>
+      </c>
+      <c r="C35" t="s">
         <v>53</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F35">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>94</v>
+      </c>
+      <c r="B36" t="s">
+        <v>95</v>
+      </c>
+      <c r="C36" t="s">
         <v>53</v>
       </c>
-      <c r="B36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F36">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G36"/>
       <c r="H36" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="B37" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="C37"/>
       <c r="D37" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="E37" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="F37">
-        <v>2020</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G37" t="s">
+        <v>100</v>
+      </c>
+      <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="C38"/>
       <c r="D38" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E38" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F38">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="B39" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="C39"/>
       <c r="D39" t="s">
+        <v>105</v>
+      </c>
+      <c r="E39" t="s">
         <v>62</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="B40" t="s">
-        <v>64</v>
+        <v>107</v>
       </c>
       <c r="C40" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D40" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F40">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="B41" t="s">
-        <v>67</v>
+        <v>110</v>
       </c>
       <c r="C41" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="D41" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F41">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="B42" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E42" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F42">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="B43" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="C43"/>
       <c r="D43" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E43" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F43">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>72</v>
+        <v>115</v>
       </c>
       <c r="B44" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="C44"/>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E44" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F44">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>117</v>
       </c>
       <c r="B45" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F45">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G45"/>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>76</v>
+        <v>119</v>
       </c>
       <c r="B46" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="C46" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F46">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="B47" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="C47" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F47">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="B48" t="s">
-        <v>81</v>
+        <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F48">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>82</v>
+        <v>125</v>
       </c>
       <c r="B49" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="C49" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F49">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>127</v>
       </c>
       <c r="B50" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="C50" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F50">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="B51" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="C51"/>
       <c r="D51" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E51" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F51">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>88</v>
+        <v>131</v>
       </c>
       <c r="B52" t="s">
-        <v>89</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F52">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="B53" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F53">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="G53"/>
-      <c r="H53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="B54" t="s">
-        <v>94</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F54">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>96</v>
+        <v>137</v>
       </c>
       <c r="B55" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="C55"/>
       <c r="D55" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E55" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F55">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="G55"/>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="B56" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="D56" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F56">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="B57" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C57"/>
+        <v>142</v>
+      </c>
+      <c r="C57" t="s">
+        <v>143</v>
+      </c>
       <c r="D57" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F57">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="B58" t="s">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="D58" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F58">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>104</v>
+        <v>146</v>
       </c>
       <c r="B59" t="s">
-        <v>105</v>
+        <v>147</v>
       </c>
       <c r="C59" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="D59" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F59">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="G59"/>
-      <c r="H59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>106</v>
+        <v>148</v>
       </c>
       <c r="B60" t="s">
-        <v>107</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D60" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F60">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>31</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="B61" t="s">
-        <v>109</v>
+        <v>152</v>
       </c>
       <c r="C61" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="D61" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F61">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>33</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>110</v>
+        <v>153</v>
       </c>
       <c r="B62" t="s">
-        <v>111</v>
+        <v>154</v>
       </c>
       <c r="C62" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="D62" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F62">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>112</v>
+        <v>155</v>
       </c>
       <c r="B63" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="C63"/>
+        <v>156</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
       <c r="D63" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F63">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>114</v>
+        <v>157</v>
       </c>
       <c r="B64" t="s">
-        <v>115</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F64">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="B65" t="s">
-        <v>117</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D65" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F65">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="G65"/>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="B66" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C66"/>
       <c r="D66" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="E66" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F66">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="B67" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="C67"/>
+        <v>164</v>
+      </c>
+      <c r="C67" t="s">
+        <v>46</v>
+      </c>
       <c r="D67" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F67">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="G67"/>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="B68" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="C68" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="D68" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F68">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="G68"/>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>125</v>
+        <v>167</v>
       </c>
       <c r="B69" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C69"/>
       <c r="D69" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E69" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F69">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>12</v>
+        <v>108</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>127</v>
+        <v>169</v>
       </c>
       <c r="B70" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="C70"/>
       <c r="D70" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E70" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F70">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>12</v>
+        <v>108</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>129</v>
+        <v>171</v>
       </c>
       <c r="B71" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="C71"/>
       <c r="D71" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E71" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F71">
-        <v>2008</v>
+        <v>1991</v>
       </c>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>131</v>
+        <v>173</v>
       </c>
       <c r="B72" t="s">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="C72"/>
-      <c r="D72" t="s">
-[...11 lines deleted...]
-      <c r="H72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72"/>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="B73" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
       <c r="C73"/>
-      <c r="D73" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D73"/>
+      <c r="E73"/>
+      <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>12</v>
+        <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>137</v>
+        <v>178</v>
       </c>
       <c r="B74" t="s">
-        <v>138</v>
+        <v>179</v>
       </c>
       <c r="C74"/>
-      <c r="D74" t="s">
-[...436 lines deleted...]
-      <c r="A93" t="s">
+      <c r="D74"/>
+      <c r="E74"/>
+      <c r="F74"/>
+      <c r="G74"/>
+      <c r="H74" t="s">
         <v>177</v>
-      </c>
-[...369 lines deleted...]
-        <v>210</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">