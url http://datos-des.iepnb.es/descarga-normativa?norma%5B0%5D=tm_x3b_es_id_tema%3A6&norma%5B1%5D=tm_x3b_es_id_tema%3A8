--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -80,156 +80,156 @@
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pruebas Cancelar de nuevo.</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
@@ -1858,103 +1858,103 @@
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
@@ -2002,103 +2002,103 @@
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13" t="s">
         <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14" t="s">
         <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>26</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
@@ -2158,51 +2158,51 @@
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>27</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>27</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
@@ -2210,77 +2210,77 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
         <v>27</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>27</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
@@ -2384,219 +2384,219 @@
       <c r="H26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="B27" t="s">
         <v>41</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>41</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>17</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>41</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>40</v>
       </c>
       <c r="B30" t="s">
         <v>41</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>40</v>
       </c>
       <c r="B31" t="s">
         <v>41</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>48</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>48</v>
       </c>
       <c r="B33" t="s">
         <v>49</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>49</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>52</v>
       </c>
       <c r="B36" t="s">
@@ -2652,223 +2652,223 @@
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>41</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
         <v>41</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>55</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>55</v>
       </c>
       <c r="B42" t="s">
         <v>41</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>41</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>55</v>
       </c>
       <c r="B44" t="s">
         <v>41</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>58</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>27</v>
       </c>
       <c r="E45" t="s">
         <v>60</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
         <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>27</v>
       </c>
       <c r="E46" t="s">
         <v>60</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>27</v>
       </c>
       <c r="E47" t="s">
         <v>60</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>62</v>
       </c>
       <c r="B48" t="s">
         <v>63</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>64</v>
@@ -2894,77 +2894,77 @@
       <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>68</v>
       </c>
       <c r="B50" t="s">
         <v>69</v>
       </c>
       <c r="C50" t="s">
         <v>21</v>
       </c>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
         <v>60</v>
       </c>
       <c r="F50">
         <v>2023</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>68</v>
       </c>
       <c r="B51" t="s">
         <v>69</v>
       </c>
       <c r="C51" t="s">
         <v>21</v>
       </c>
       <c r="D51" t="s">
         <v>70</v>
       </c>
       <c r="E51" t="s">
         <v>60</v>
       </c>
       <c r="F51">
         <v>2023</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>71</v>
       </c>
       <c r="B52" t="s">
         <v>72</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>31</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>73</v>
       </c>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
@@ -2992,51 +2992,51 @@
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>76</v>
       </c>
       <c r="B54" t="s">
         <v>49</v>
       </c>
       <c r="C54" t="s">
         <v>59</v>
       </c>
       <c r="D54" t="s">
         <v>27</v>
       </c>
       <c r="E54" t="s">
         <v>60</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>76</v>
       </c>
       <c r="B55" t="s">
         <v>49</v>
       </c>
       <c r="C55" t="s">
         <v>59</v>
       </c>
       <c r="D55" t="s">
         <v>27</v>
       </c>
       <c r="E55" t="s">
         <v>60</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
@@ -3044,77 +3044,77 @@
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>49</v>
       </c>
       <c r="C56" t="s">
         <v>59</v>
       </c>
       <c r="D56" t="s">
         <v>27</v>
       </c>
       <c r="E56" t="s">
         <v>60</v>
       </c>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>76</v>
       </c>
       <c r="B57" t="s">
         <v>49</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
         <v>27</v>
       </c>
       <c r="E57" t="s">
         <v>60</v>
       </c>
       <c r="F57">
         <v>2022</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>77</v>
       </c>
       <c r="B58" t="s">
         <v>78</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>17</v>
       </c>
       <c r="E58" t="s">
         <v>18</v>
       </c>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
@@ -3474,75 +3474,75 @@
       </c>
       <c r="G74" t="s">
         <v>73</v>
       </c>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>114</v>
       </c>
       <c r="B75" t="s">
         <v>115</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>17</v>
       </c>
       <c r="E75" t="s">
         <v>18</v>
       </c>
       <c r="F75">
         <v>2016</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>116</v>
       </c>
       <c r="B76" t="s">
         <v>117</v>
       </c>
       <c r="C76" t="s">
         <v>21</v>
       </c>
       <c r="D76" t="s">
         <v>70</v>
       </c>
       <c r="E76" t="s">
         <v>60</v>
       </c>
       <c r="F76">
         <v>2016</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>118</v>
       </c>
       <c r="B77" t="s">
         <v>119</v>
       </c>
       <c r="C77" t="s">
         <v>96</v>
       </c>
       <c r="D77" t="s">
         <v>67</v>
       </c>
       <c r="E77" t="s">
         <v>60</v>
       </c>
       <c r="F77">
         <v>2016</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77"/>
@@ -3568,123 +3568,123 @@
       </c>
       <c r="G78"/>
       <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>122</v>
       </c>
       <c r="B79" t="s">
         <v>123</v>
       </c>
       <c r="C79" t="s">
         <v>39</v>
       </c>
       <c r="D79" t="s">
         <v>70</v>
       </c>
       <c r="E79" t="s">
         <v>60</v>
       </c>
       <c r="F79">
         <v>2016</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>124</v>
       </c>
       <c r="B80" t="s">
         <v>125</v>
       </c>
       <c r="C80" t="s">
         <v>96</v>
       </c>
       <c r="D80" t="s">
         <v>67</v>
       </c>
       <c r="E80" t="s">
         <v>60</v>
       </c>
       <c r="F80">
         <v>2015</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>126</v>
       </c>
       <c r="B81" t="s">
         <v>127</v>
       </c>
       <c r="C81" t="s">
         <v>21</v>
       </c>
       <c r="D81" t="s">
         <v>70</v>
       </c>
       <c r="E81" t="s">
         <v>60</v>
       </c>
       <c r="F81">
         <v>2015</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>126</v>
       </c>
       <c r="B82" t="s">
         <v>127</v>
       </c>
       <c r="C82" t="s">
         <v>21</v>
       </c>
       <c r="D82" t="s">
         <v>70</v>
       </c>
       <c r="E82" t="s">
         <v>60</v>
       </c>
       <c r="F82">
         <v>2015</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>128</v>
       </c>
       <c r="B83" t="s">
         <v>129</v>
       </c>
       <c r="C83" t="s">
         <v>30</v>
       </c>
       <c r="D83" t="s">
         <v>70</v>
       </c>
       <c r="E83" t="s">
         <v>60</v>
       </c>
       <c r="F83">
         <v>2015</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>12</v>
       </c>
@@ -3734,239 +3734,239 @@
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>135</v>
       </c>
       <c r="B86" t="s">
         <v>136</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>17</v>
       </c>
       <c r="E86" t="s">
         <v>18</v>
       </c>
       <c r="F86">
         <v>2013</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>137</v>
       </c>
       <c r="B87" t="s">
         <v>138</v>
       </c>
       <c r="C87" t="s">
         <v>39</v>
       </c>
       <c r="D87" t="s">
         <v>70</v>
       </c>
       <c r="E87" t="s">
         <v>60</v>
       </c>
       <c r="F87">
         <v>2013</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>139</v>
       </c>
       <c r="B88" t="s">
         <v>140</v>
       </c>
       <c r="C88" t="s">
         <v>39</v>
       </c>
       <c r="D88" t="s">
         <v>70</v>
       </c>
       <c r="E88" t="s">
         <v>60</v>
       </c>
       <c r="F88">
         <v>2013</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>142</v>
       </c>
       <c r="B89" t="s">
         <v>143</v>
       </c>
       <c r="C89" t="s">
         <v>21</v>
       </c>
       <c r="D89" t="s">
         <v>70</v>
       </c>
       <c r="E89" t="s">
         <v>60</v>
       </c>
       <c r="F89">
         <v>2013</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>144</v>
       </c>
       <c r="B90" t="s">
         <v>145</v>
       </c>
       <c r="C90" t="s">
         <v>39</v>
       </c>
       <c r="D90" t="s">
         <v>70</v>
       </c>
       <c r="E90" t="s">
         <v>60</v>
       </c>
       <c r="F90">
         <v>2013</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>146</v>
       </c>
       <c r="B91" t="s">
         <v>147</v>
       </c>
       <c r="C91" t="s">
         <v>39</v>
       </c>
       <c r="D91" t="s">
         <v>70</v>
       </c>
       <c r="E91" t="s">
         <v>60</v>
       </c>
       <c r="F91">
         <v>2013</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>148</v>
       </c>
       <c r="B92" t="s">
         <v>149</v>
       </c>
       <c r="C92" t="s">
         <v>96</v>
       </c>
       <c r="D92" t="s">
         <v>67</v>
       </c>
       <c r="E92" t="s">
         <v>60</v>
       </c>
       <c r="F92">
         <v>2013</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>150</v>
       </c>
       <c r="B93" t="s">
         <v>151</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>17</v>
       </c>
       <c r="E93" t="s">
         <v>18</v>
       </c>
       <c r="F93">
         <v>2012</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>152</v>
       </c>
       <c r="B94" t="s">
         <v>153</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>154</v>
       </c>
       <c r="E94" t="s">
         <v>18</v>
       </c>
       <c r="F94">
         <v>2012</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>155</v>
       </c>
       <c r="B95" t="s">
         <v>156</v>
       </c>
       <c r="C95" t="s">
         <v>21</v>
       </c>
       <c r="D95" t="s">
         <v>70</v>
       </c>
       <c r="E95" t="s">
         <v>60</v>
       </c>
       <c r="F95">
         <v>2012</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>157</v>
       </c>
@@ -4018,195 +4018,195 @@
       <c r="H97" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>162</v>
       </c>
       <c r="B98" t="s">
         <v>163</v>
       </c>
       <c r="C98" t="s">
         <v>39</v>
       </c>
       <c r="D98" t="s">
         <v>70</v>
       </c>
       <c r="E98" t="s">
         <v>60</v>
       </c>
       <c r="F98">
         <v>2012</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>164</v>
       </c>
       <c r="B99" t="s">
         <v>165</v>
       </c>
       <c r="C99" t="s">
         <v>39</v>
       </c>
       <c r="D99" t="s">
         <v>70</v>
       </c>
       <c r="E99" t="s">
         <v>60</v>
       </c>
       <c r="F99">
         <v>2012</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>166</v>
       </c>
       <c r="B100" t="s">
         <v>167</v>
       </c>
       <c r="C100" t="s">
         <v>21</v>
       </c>
       <c r="D100" t="s">
         <v>70</v>
       </c>
       <c r="E100" t="s">
         <v>60</v>
       </c>
       <c r="F100">
         <v>2012</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>168</v>
       </c>
       <c r="B101" t="s">
         <v>169</v>
       </c>
       <c r="C101" t="s">
         <v>39</v>
       </c>
       <c r="D101" t="s">
         <v>70</v>
       </c>
       <c r="E101" t="s">
         <v>60</v>
       </c>
       <c r="F101">
         <v>2012</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>170</v>
       </c>
       <c r="B102" t="s">
         <v>171</v>
       </c>
       <c r="C102" t="s">
         <v>39</v>
       </c>
       <c r="D102" t="s">
         <v>70</v>
       </c>
       <c r="E102" t="s">
         <v>60</v>
       </c>
       <c r="F102">
         <v>2012</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>172</v>
       </c>
       <c r="B103" t="s">
         <v>173</v>
       </c>
       <c r="C103" t="s">
         <v>21</v>
       </c>
       <c r="D103" t="s">
         <v>70</v>
       </c>
       <c r="E103" t="s">
         <v>60</v>
       </c>
       <c r="F103">
         <v>2012</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>174</v>
       </c>
       <c r="B104" t="s">
         <v>175</v>
       </c>
       <c r="C104" t="s">
         <v>39</v>
       </c>
       <c r="D104" t="s">
         <v>70</v>
       </c>
       <c r="E104" t="s">
         <v>60</v>
       </c>
       <c r="F104">
         <v>2012</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>176</v>
       </c>
       <c r="B105" t="s">
         <v>177</v>
       </c>
       <c r="C105" t="s">
         <v>21</v>
       </c>
       <c r="D105" t="s">
         <v>70</v>
       </c>
       <c r="E105" t="s">
         <v>60</v>
       </c>
       <c r="F105">
         <v>2012</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>12</v>
       </c>
@@ -4252,51 +4252,51 @@
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>182</v>
       </c>
       <c r="B108" t="s">
         <v>183</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>17</v>
       </c>
       <c r="E108" t="s">
         <v>18</v>
       </c>
       <c r="F108">
         <v>2011</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>184</v>
       </c>
       <c r="B109" t="s">
         <v>185</v>
       </c>
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109" t="s">
         <v>60</v>
       </c>
       <c r="F109">
         <v>2011</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>186</v>
@@ -4464,99 +4464,99 @@
         <v>14</v>
       </c>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>200</v>
       </c>
       <c r="B117" t="s">
         <v>201</v>
       </c>
       <c r="C117" t="s">
         <v>39</v>
       </c>
       <c r="D117" t="s">
         <v>70</v>
       </c>
       <c r="E117" t="s">
         <v>60</v>
       </c>
       <c r="F117">
         <v>2011</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>202</v>
       </c>
       <c r="B118" t="s">
         <v>203</v>
       </c>
       <c r="C118" t="s">
         <v>21</v>
       </c>
       <c r="D118" t="s">
         <v>70</v>
       </c>
       <c r="E118" t="s">
         <v>60</v>
       </c>
       <c r="F118">
         <v>2011</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>204</v>
       </c>
       <c r="B119" t="s">
         <v>205</v>
       </c>
       <c r="C119" t="s">
         <v>39</v>
       </c>
       <c r="D119" t="s">
         <v>70</v>
       </c>
       <c r="E119" t="s">
         <v>60</v>
       </c>
       <c r="F119">
         <v>2011</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>206</v>
       </c>
       <c r="B120" t="s">
         <v>207</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>154</v>
       </c>
       <c r="E120" t="s">
         <v>18</v>
       </c>
       <c r="F120">
         <v>2010</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
@@ -4600,313 +4600,313 @@
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>212</v>
       </c>
       <c r="B123" t="s">
         <v>213</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="E123" t="s">
         <v>18</v>
       </c>
       <c r="F123">
         <v>2010</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>214</v>
       </c>
       <c r="B124" t="s">
         <v>215</v>
       </c>
       <c r="C124" t="s">
         <v>39</v>
       </c>
       <c r="D124" t="s">
         <v>70</v>
       </c>
       <c r="E124" t="s">
         <v>60</v>
       </c>
       <c r="F124">
         <v>2010</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>216</v>
       </c>
       <c r="B125" t="s">
         <v>217</v>
       </c>
       <c r="C125" t="s">
         <v>39</v>
       </c>
       <c r="D125" t="s">
         <v>70</v>
       </c>
       <c r="E125" t="s">
         <v>60</v>
       </c>
       <c r="F125">
         <v>2010</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>218</v>
       </c>
       <c r="B126" t="s">
         <v>219</v>
       </c>
       <c r="C126" t="s">
         <v>30</v>
       </c>
       <c r="D126" t="s">
         <v>70</v>
       </c>
       <c r="E126" t="s">
         <v>60</v>
       </c>
       <c r="F126">
         <v>2010</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>220</v>
       </c>
       <c r="B127" t="s">
         <v>221</v>
       </c>
       <c r="C127" t="s">
         <v>30</v>
       </c>
       <c r="D127" t="s">
         <v>70</v>
       </c>
       <c r="E127" t="s">
         <v>60</v>
       </c>
       <c r="F127">
         <v>2010</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>222</v>
       </c>
       <c r="B128" t="s">
         <v>223</v>
       </c>
       <c r="C128" t="s">
         <v>30</v>
       </c>
       <c r="D128" t="s">
         <v>70</v>
       </c>
       <c r="E128" t="s">
         <v>60</v>
       </c>
       <c r="F128">
         <v>2010</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>224</v>
       </c>
       <c r="B129" t="s">
         <v>225</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>226</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129">
         <v>2009</v>
       </c>
       <c r="G129" t="s">
         <v>73</v>
       </c>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>227</v>
       </c>
       <c r="B130" t="s">
         <v>228</v>
       </c>
       <c r="C130" t="s">
         <v>39</v>
       </c>
       <c r="D130" t="s">
         <v>70</v>
       </c>
       <c r="E130" t="s">
         <v>60</v>
       </c>
       <c r="F130">
         <v>2009</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>229</v>
       </c>
       <c r="B131" t="s">
         <v>230</v>
       </c>
       <c r="C131" t="s">
         <v>39</v>
       </c>
       <c r="D131" t="s">
         <v>70</v>
       </c>
       <c r="E131" t="s">
         <v>60</v>
       </c>
       <c r="F131">
         <v>2009</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>231</v>
       </c>
       <c r="B132" t="s">
         <v>232</v>
       </c>
       <c r="C132" t="s">
         <v>30</v>
       </c>
       <c r="D132" t="s">
         <v>70</v>
       </c>
       <c r="E132" t="s">
         <v>60</v>
       </c>
       <c r="F132">
         <v>2009</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>233</v>
       </c>
       <c r="B133" t="s">
         <v>234</v>
       </c>
       <c r="C133" t="s">
         <v>21</v>
       </c>
       <c r="D133" t="s">
         <v>70</v>
       </c>
       <c r="E133" t="s">
         <v>60</v>
       </c>
       <c r="F133">
         <v>2009</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>235</v>
       </c>
       <c r="B134" t="s">
         <v>236</v>
       </c>
       <c r="C134" t="s">
         <v>21</v>
       </c>
       <c r="D134" t="s">
         <v>70</v>
       </c>
       <c r="E134" t="s">
         <v>60</v>
       </c>
       <c r="F134">
         <v>2009</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>237</v>
       </c>
       <c r="B135" t="s">
         <v>238</v>
       </c>
       <c r="C135" t="s">
         <v>21</v>
       </c>
       <c r="D135" t="s">
         <v>70</v>
       </c>
       <c r="E135" t="s">
         <v>60</v>
       </c>
       <c r="F135">
         <v>2009</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>50</v>
       </c>
@@ -4978,51 +4978,51 @@
       </c>
       <c r="G138" t="s">
         <v>73</v>
       </c>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>245</v>
       </c>
       <c r="B139" t="s">
         <v>246</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>17</v>
       </c>
       <c r="E139" t="s">
         <v>18</v>
       </c>
       <c r="F139">
         <v>2008</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>247</v>
       </c>
       <c r="B140" t="s">
         <v>248</v>
       </c>
       <c r="C140" t="s">
         <v>21</v>
       </c>
       <c r="D140" t="s">
         <v>70</v>
       </c>
       <c r="E140" t="s">
         <v>60</v>
       </c>
       <c r="F140">
         <v>2008</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>12</v>
       </c>
@@ -5050,51 +5050,51 @@
       <c r="H141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>251</v>
       </c>
       <c r="B142" t="s">
         <v>252</v>
       </c>
       <c r="C142" t="s">
         <v>39</v>
       </c>
       <c r="D142" t="s">
         <v>70</v>
       </c>
       <c r="E142" t="s">
         <v>60</v>
       </c>
       <c r="F142">
         <v>2008</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>253</v>
       </c>
       <c r="B143" t="s">
         <v>254</v>
       </c>
       <c r="C143" t="s">
         <v>66</v>
       </c>
       <c r="D143" t="s">
         <v>67</v>
       </c>
       <c r="E143" t="s">
         <v>60</v>
       </c>
       <c r="F143">
         <v>2008</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143"/>
@@ -5206,219 +5206,219 @@
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>265</v>
       </c>
       <c r="B149" t="s">
         <v>266</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>17</v>
       </c>
       <c r="E149" t="s">
         <v>18</v>
       </c>
       <c r="F149">
         <v>2007</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>267</v>
       </c>
       <c r="B150" t="s">
         <v>268</v>
       </c>
       <c r="C150" t="s">
         <v>21</v>
       </c>
       <c r="D150" t="s">
         <v>70</v>
       </c>
       <c r="E150" t="s">
         <v>60</v>
       </c>
       <c r="F150">
         <v>2007</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>269</v>
       </c>
       <c r="B151" t="s">
         <v>270</v>
       </c>
       <c r="C151" t="s">
         <v>21</v>
       </c>
       <c r="D151" t="s">
         <v>70</v>
       </c>
       <c r="E151" t="s">
         <v>60</v>
       </c>
       <c r="F151">
         <v>2007</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>271</v>
       </c>
       <c r="B152" t="s">
         <v>272</v>
       </c>
       <c r="C152" t="s">
         <v>21</v>
       </c>
       <c r="D152" t="s">
         <v>70</v>
       </c>
       <c r="E152" t="s">
         <v>60</v>
       </c>
       <c r="F152">
         <v>2007</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>273</v>
       </c>
       <c r="B153" t="s">
         <v>274</v>
       </c>
       <c r="C153" t="s">
         <v>21</v>
       </c>
       <c r="D153" t="s">
         <v>70</v>
       </c>
       <c r="E153" t="s">
         <v>60</v>
       </c>
       <c r="F153">
         <v>2007</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>275</v>
       </c>
       <c r="B154" t="s">
         <v>276</v>
       </c>
       <c r="C154" t="s">
         <v>39</v>
       </c>
       <c r="D154" t="s">
         <v>70</v>
       </c>
       <c r="E154" t="s">
         <v>60</v>
       </c>
       <c r="F154">
         <v>2007</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>277</v>
       </c>
       <c r="B155" t="s">
         <v>278</v>
       </c>
       <c r="C155" t="s">
         <v>21</v>
       </c>
       <c r="D155" t="s">
         <v>70</v>
       </c>
       <c r="E155" t="s">
         <v>60</v>
       </c>
       <c r="F155">
         <v>2007</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>279</v>
       </c>
       <c r="B156" t="s">
         <v>280</v>
       </c>
       <c r="C156" t="s">
         <v>21</v>
       </c>
       <c r="D156" t="s">
         <v>70</v>
       </c>
       <c r="E156" t="s">
         <v>60</v>
       </c>
       <c r="F156">
         <v>2007</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>281</v>
       </c>
       <c r="B157" t="s">
         <v>282</v>
       </c>
       <c r="C157" t="s">
         <v>30</v>
       </c>
       <c r="D157" t="s">
         <v>70</v>
       </c>
       <c r="E157" t="s">
         <v>60</v>
       </c>
       <c r="F157">
         <v>2007</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>50</v>
       </c>
@@ -5464,355 +5464,355 @@
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>287</v>
       </c>
       <c r="B160" t="s">
         <v>288</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>17</v>
       </c>
       <c r="E160" t="s">
         <v>18</v>
       </c>
       <c r="F160">
         <v>2006</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>289</v>
       </c>
       <c r="B161" t="s">
         <v>290</v>
       </c>
       <c r="C161" t="s">
         <v>21</v>
       </c>
       <c r="D161" t="s">
         <v>70</v>
       </c>
       <c r="E161" t="s">
         <v>60</v>
       </c>
       <c r="F161">
         <v>2006</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>291</v>
       </c>
       <c r="B162" t="s">
         <v>292</v>
       </c>
       <c r="C162" t="s">
         <v>21</v>
       </c>
       <c r="D162" t="s">
         <v>70</v>
       </c>
       <c r="E162" t="s">
         <v>60</v>
       </c>
       <c r="F162">
         <v>2006</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>293</v>
       </c>
       <c r="B163" t="s">
         <v>294</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>17</v>
       </c>
       <c r="E163" t="s">
         <v>18</v>
       </c>
       <c r="F163">
         <v>2005</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>295</v>
       </c>
       <c r="B164" t="s">
         <v>296</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>154</v>
       </c>
       <c r="E164" t="s">
         <v>18</v>
       </c>
       <c r="F164">
         <v>2005</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>297</v>
       </c>
       <c r="B165" t="s">
         <v>298</v>
       </c>
       <c r="C165" t="s">
         <v>30</v>
       </c>
       <c r="D165" t="s">
         <v>70</v>
       </c>
       <c r="E165" t="s">
         <v>60</v>
       </c>
       <c r="F165">
         <v>2005</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>299</v>
       </c>
       <c r="B166" t="s">
         <v>300</v>
       </c>
       <c r="C166" t="s">
         <v>21</v>
       </c>
       <c r="D166" t="s">
         <v>70</v>
       </c>
       <c r="E166" t="s">
         <v>60</v>
       </c>
       <c r="F166">
         <v>2005</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>301</v>
       </c>
       <c r="B167" t="s">
         <v>302</v>
       </c>
       <c r="C167" t="s">
         <v>21</v>
       </c>
       <c r="D167" t="s">
         <v>70</v>
       </c>
       <c r="E167" t="s">
         <v>60</v>
       </c>
       <c r="F167">
         <v>2005</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>303</v>
       </c>
       <c r="B168" t="s">
         <v>304</v>
       </c>
       <c r="C168" t="s">
         <v>39</v>
       </c>
       <c r="D168" t="s">
         <v>70</v>
       </c>
       <c r="E168" t="s">
         <v>60</v>
       </c>
       <c r="F168">
         <v>2005</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>305</v>
       </c>
       <c r="B169" t="s">
         <v>306</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>17</v>
       </c>
       <c r="E169" t="s">
         <v>18</v>
       </c>
       <c r="F169">
         <v>2004</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>307</v>
       </c>
       <c r="B170" t="s">
         <v>308</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>17</v>
       </c>
       <c r="E170" t="s">
         <v>18</v>
       </c>
       <c r="F170">
         <v>2004</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>309</v>
       </c>
       <c r="B171" t="s">
         <v>310</v>
       </c>
       <c r="C171" t="s">
         <v>39</v>
       </c>
       <c r="D171" t="s">
         <v>70</v>
       </c>
       <c r="E171" t="s">
         <v>60</v>
       </c>
       <c r="F171">
         <v>2004</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>311</v>
       </c>
       <c r="B172" t="s">
         <v>312</v>
       </c>
       <c r="C172" t="s">
         <v>21</v>
       </c>
       <c r="D172" t="s">
         <v>70</v>
       </c>
       <c r="E172" t="s">
         <v>60</v>
       </c>
       <c r="F172">
         <v>2004</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>313</v>
       </c>
       <c r="B173" t="s">
         <v>314</v>
       </c>
       <c r="C173" t="s">
         <v>21</v>
       </c>
       <c r="D173" t="s">
         <v>70</v>
       </c>
       <c r="E173" t="s">
         <v>60</v>
       </c>
       <c r="F173">
         <v>2004</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>315</v>
       </c>
       <c r="B174"/>
       <c r="C174" t="s">
         <v>30</v>
       </c>
       <c r="D174" t="s">
         <v>70</v>
       </c>
       <c r="E174" t="s">
         <v>60</v>
       </c>
       <c r="F174">
         <v>2004</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:8">
@@ -5856,217 +5856,217 @@
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>320</v>
       </c>
       <c r="B177" t="s">
         <v>321</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>17</v>
       </c>
       <c r="E177" t="s">
         <v>18</v>
       </c>
       <c r="F177">
         <v>2003</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>320</v>
       </c>
       <c r="B178" t="s">
         <v>321</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178" t="s">
         <v>18</v>
       </c>
       <c r="F178">
         <v>2003</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>322</v>
       </c>
       <c r="B179" t="s">
         <v>323</v>
       </c>
       <c r="C179" t="s">
         <v>21</v>
       </c>
       <c r="D179" t="s">
         <v>70</v>
       </c>
       <c r="E179" t="s">
         <v>60</v>
       </c>
       <c r="F179">
         <v>2003</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>324</v>
       </c>
       <c r="B180" t="s">
         <v>325</v>
       </c>
       <c r="C180" t="s">
         <v>132</v>
       </c>
       <c r="D180" t="s">
         <v>70</v>
       </c>
       <c r="E180" t="s">
         <v>60</v>
       </c>
       <c r="F180">
         <v>2003</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>326</v>
       </c>
       <c r="B181" t="s">
         <v>327</v>
       </c>
       <c r="C181" t="s">
         <v>21</v>
       </c>
       <c r="D181" t="s">
         <v>70</v>
       </c>
       <c r="E181" t="s">
         <v>60</v>
       </c>
       <c r="F181">
         <v>2003</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>328</v>
       </c>
       <c r="B182" t="s">
         <v>329</v>
       </c>
       <c r="C182" t="s">
         <v>39</v>
       </c>
       <c r="D182" t="s">
         <v>70</v>
       </c>
       <c r="E182" t="s">
         <v>60</v>
       </c>
       <c r="F182">
         <v>2003</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>330</v>
       </c>
       <c r="B183" t="s">
         <v>331</v>
       </c>
       <c r="C183" t="s">
         <v>30</v>
       </c>
       <c r="D183" t="s">
         <v>70</v>
       </c>
       <c r="E183" t="s">
         <v>60</v>
       </c>
       <c r="F183">
         <v>2003</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>330</v>
       </c>
       <c r="B184" t="s">
         <v>331</v>
       </c>
       <c r="C184" t="s">
         <v>30</v>
       </c>
       <c r="D184" t="s">
         <v>70</v>
       </c>
       <c r="E184" t="s">
         <v>60</v>
       </c>
       <c r="F184">
         <v>2003</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>332</v>
       </c>
       <c r="B185" t="s">
         <v>333</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
         <v>17</v>
       </c>
       <c r="E185" t="s">
         <v>18</v>
       </c>
       <c r="F185">
         <v>2002</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="186" spans="1:8">
@@ -6092,211 +6092,211 @@
       <c r="H186" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>336</v>
       </c>
       <c r="B187" t="s">
         <v>337</v>
       </c>
       <c r="C187" t="s">
         <v>39</v>
       </c>
       <c r="D187" t="s">
         <v>70</v>
       </c>
       <c r="E187" t="s">
         <v>60</v>
       </c>
       <c r="F187">
         <v>2002</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>338</v>
       </c>
       <c r="B188" t="s">
         <v>339</v>
       </c>
       <c r="C188" t="s">
         <v>21</v>
       </c>
       <c r="D188" t="s">
         <v>70</v>
       </c>
       <c r="E188" t="s">
         <v>60</v>
       </c>
       <c r="F188">
         <v>2002</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>340</v>
       </c>
       <c r="B189" t="s">
         <v>341</v>
       </c>
       <c r="C189" t="s">
         <v>96</v>
       </c>
       <c r="D189" t="s">
         <v>67</v>
       </c>
       <c r="E189" t="s">
         <v>60</v>
       </c>
       <c r="F189">
         <v>2002</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>342</v>
       </c>
       <c r="B190" t="s">
         <v>343</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
         <v>17</v>
       </c>
       <c r="E190" t="s">
         <v>18</v>
       </c>
       <c r="F190">
         <v>2001</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>344</v>
       </c>
       <c r="B191" t="s">
         <v>343</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
         <v>17</v>
       </c>
       <c r="E191" t="s">
         <v>18</v>
       </c>
       <c r="F191">
         <v>2001</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>345</v>
       </c>
       <c r="B192" t="s">
         <v>346</v>
       </c>
       <c r="C192" t="s">
         <v>21</v>
       </c>
       <c r="D192" t="s">
         <v>70</v>
       </c>
       <c r="E192" t="s">
         <v>60</v>
       </c>
       <c r="F192">
         <v>2001</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>347</v>
       </c>
       <c r="B193" t="s">
         <v>331</v>
       </c>
       <c r="C193" t="s">
         <v>30</v>
       </c>
       <c r="D193" t="s">
         <v>70</v>
       </c>
       <c r="E193" t="s">
         <v>60</v>
       </c>
       <c r="F193">
         <v>2001</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>348</v>
       </c>
       <c r="B194" t="s">
         <v>349</v>
       </c>
       <c r="C194"/>
       <c r="D194"/>
       <c r="E194" t="s">
         <v>60</v>
       </c>
       <c r="F194">
         <v>2001</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>350</v>
       </c>
       <c r="B195" t="s">
         <v>331</v>
       </c>
       <c r="C195" t="s">
         <v>30</v>
       </c>
       <c r="D195" t="s">
         <v>70</v>
       </c>
       <c r="E195" t="s">
         <v>60</v>
       </c>
       <c r="F195">
         <v>2001</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>24</v>
       </c>
@@ -6344,191 +6344,191 @@
       <c r="H197" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>355</v>
       </c>
       <c r="B198" t="s">
         <v>356</v>
       </c>
       <c r="C198" t="s">
         <v>21</v>
       </c>
       <c r="D198" t="s">
         <v>70</v>
       </c>
       <c r="E198" t="s">
         <v>60</v>
       </c>
       <c r="F198">
         <v>2000</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>357</v>
       </c>
       <c r="B199" t="s">
         <v>358</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199" t="s">
         <v>60</v>
       </c>
       <c r="F199">
         <v>2000</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>357</v>
       </c>
       <c r="B200" t="s">
         <v>358</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200" t="s">
         <v>60</v>
       </c>
       <c r="F200">
         <v>2000</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>359</v>
       </c>
       <c r="B201" t="s">
         <v>360</v>
       </c>
       <c r="C201"/>
       <c r="D201"/>
       <c r="E201" t="s">
         <v>60</v>
       </c>
       <c r="F201">
         <v>2000</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>359</v>
       </c>
       <c r="B202" t="s">
         <v>360</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202" t="s">
         <v>60</v>
       </c>
       <c r="F202">
         <v>2000</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>361</v>
       </c>
       <c r="B203" t="s">
         <v>362</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203" t="s">
         <v>60</v>
       </c>
       <c r="F203">
         <v>2000</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>361</v>
       </c>
       <c r="B204" t="s">
         <v>362</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204" t="s">
         <v>60</v>
       </c>
       <c r="F204">
         <v>2000</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>361</v>
       </c>
       <c r="B205" t="s">
         <v>362</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205" t="s">
         <v>60</v>
       </c>
       <c r="F205">
         <v>2000</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>363</v>
       </c>
       <c r="B206" t="s">
         <v>364</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
         <v>17</v>
       </c>
       <c r="E206" t="s">
         <v>18</v>
       </c>
       <c r="F206">
         <v>1999</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="207" spans="1:8">
@@ -6576,417 +6576,417 @@
       <c r="H208" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>368</v>
       </c>
       <c r="B209" t="s">
         <v>369</v>
       </c>
       <c r="C209" t="s">
         <v>21</v>
       </c>
       <c r="D209" t="s">
         <v>70</v>
       </c>
       <c r="E209" t="s">
         <v>60</v>
       </c>
       <c r="F209">
         <v>1999</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>370</v>
       </c>
       <c r="B210" t="s">
         <v>371</v>
       </c>
       <c r="C210" t="s">
         <v>21</v>
       </c>
       <c r="D210" t="s">
         <v>70</v>
       </c>
       <c r="E210" t="s">
         <v>60</v>
       </c>
       <c r="F210">
         <v>1999</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>372</v>
       </c>
       <c r="B211" t="s">
         <v>373</v>
       </c>
       <c r="C211" t="s">
         <v>21</v>
       </c>
       <c r="D211" t="s">
         <v>70</v>
       </c>
       <c r="E211" t="s">
         <v>60</v>
       </c>
       <c r="F211">
         <v>1999</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>374</v>
       </c>
       <c r="B212" t="s">
         <v>375</v>
       </c>
       <c r="C212" t="s">
         <v>21</v>
       </c>
       <c r="D212" t="s">
         <v>70</v>
       </c>
       <c r="E212" t="s">
         <v>60</v>
       </c>
       <c r="F212">
         <v>1999</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>376</v>
       </c>
       <c r="B213" t="s">
         <v>377</v>
       </c>
       <c r="C213"/>
       <c r="D213" t="s">
         <v>17</v>
       </c>
       <c r="E213" t="s">
         <v>18</v>
       </c>
       <c r="F213">
         <v>1998</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>378</v>
       </c>
       <c r="B214" t="s">
         <v>379</v>
       </c>
       <c r="C214"/>
       <c r="D214" t="s">
         <v>17</v>
       </c>
       <c r="E214" t="s">
         <v>18</v>
       </c>
       <c r="F214">
         <v>1998</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>380</v>
       </c>
       <c r="B215" t="s">
         <v>381</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
         <v>17</v>
       </c>
       <c r="E215" t="s">
         <v>18</v>
       </c>
       <c r="F215">
         <v>1998</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>382</v>
       </c>
       <c r="B216" t="s">
         <v>383</v>
       </c>
       <c r="C216" t="s">
         <v>21</v>
       </c>
       <c r="D216" t="s">
         <v>70</v>
       </c>
       <c r="E216" t="s">
         <v>60</v>
       </c>
       <c r="F216">
         <v>1998</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>384</v>
       </c>
       <c r="B217" t="s">
         <v>385</v>
       </c>
       <c r="C217" t="s">
         <v>39</v>
       </c>
       <c r="D217" t="s">
         <v>70</v>
       </c>
       <c r="E217" t="s">
         <v>60</v>
       </c>
       <c r="F217">
         <v>1998</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>386</v>
       </c>
       <c r="B218" t="s">
         <v>387</v>
       </c>
       <c r="C218" t="s">
         <v>21</v>
       </c>
       <c r="D218" t="s">
         <v>70</v>
       </c>
       <c r="E218" t="s">
         <v>60</v>
       </c>
       <c r="F218">
         <v>1998</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>388</v>
       </c>
       <c r="B219" t="s">
         <v>389</v>
       </c>
       <c r="C219" t="s">
         <v>30</v>
       </c>
       <c r="D219" t="s">
         <v>70</v>
       </c>
       <c r="E219" t="s">
         <v>60</v>
       </c>
       <c r="F219">
         <v>1998</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>388</v>
       </c>
       <c r="B220" t="s">
         <v>389</v>
       </c>
       <c r="C220" t="s">
         <v>30</v>
       </c>
       <c r="D220" t="s">
         <v>70</v>
       </c>
       <c r="E220" t="s">
         <v>60</v>
       </c>
       <c r="F220">
         <v>1998</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>390</v>
       </c>
       <c r="B221" t="s">
         <v>391</v>
       </c>
       <c r="C221"/>
       <c r="D221"/>
       <c r="E221" t="s">
         <v>60</v>
       </c>
       <c r="F221">
         <v>1998</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>390</v>
       </c>
       <c r="B222" t="s">
         <v>391</v>
       </c>
       <c r="C222"/>
       <c r="D222"/>
       <c r="E222" t="s">
         <v>60</v>
       </c>
       <c r="F222">
         <v>1998</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>392</v>
       </c>
       <c r="B223" t="s">
         <v>393</v>
       </c>
       <c r="C223"/>
       <c r="D223"/>
       <c r="E223" t="s">
         <v>28</v>
       </c>
       <c r="F223">
         <v>1997</v>
       </c>
       <c r="G223" t="s">
         <v>73</v>
       </c>
       <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>394</v>
       </c>
       <c r="B224" t="s">
         <v>395</v>
       </c>
       <c r="C224" t="s">
         <v>21</v>
       </c>
       <c r="D224" t="s">
         <v>70</v>
       </c>
       <c r="E224" t="s">
         <v>60</v>
       </c>
       <c r="F224">
         <v>1997</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>396</v>
       </c>
       <c r="B225" t="s">
         <v>397</v>
       </c>
       <c r="C225" t="s">
         <v>30</v>
       </c>
       <c r="D225" t="s">
         <v>70</v>
       </c>
       <c r="E225" t="s">
         <v>60</v>
       </c>
       <c r="F225">
         <v>1995</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>398</v>
       </c>
       <c r="B226" t="s">
         <v>399</v>
       </c>
       <c r="C226" t="s">
         <v>96</v>
       </c>
       <c r="D226" t="s">
         <v>67</v>
       </c>
       <c r="E226" t="s">
         <v>60</v>
       </c>
       <c r="F226">
         <v>1995</v>
       </c>
       <c r="G226"/>
       <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
@@ -7006,99 +7006,99 @@
       </c>
       <c r="G227" t="s">
         <v>73</v>
       </c>
       <c r="H227"/>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>402</v>
       </c>
       <c r="B228" t="s">
         <v>403</v>
       </c>
       <c r="C228"/>
       <c r="D228" t="s">
         <v>17</v>
       </c>
       <c r="E228" t="s">
         <v>18</v>
       </c>
       <c r="F228">
         <v>1994</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>404</v>
       </c>
       <c r="B229" t="s">
         <v>405</v>
       </c>
       <c r="C229" t="s">
         <v>30</v>
       </c>
       <c r="D229" t="s">
         <v>70</v>
       </c>
       <c r="E229" t="s">
         <v>60</v>
       </c>
       <c r="F229">
         <v>1994</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>406</v>
       </c>
       <c r="B230" t="s">
         <v>407</v>
       </c>
       <c r="C230" t="s">
         <v>21</v>
       </c>
       <c r="D230" t="s">
         <v>70</v>
       </c>
       <c r="E230" t="s">
         <v>60</v>
       </c>
       <c r="F230">
         <v>1994</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>408</v>
       </c>
       <c r="B231" t="s">
         <v>409</v>
       </c>
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231" t="s">
         <v>28</v>
       </c>
       <c r="F231">
         <v>1992</v>
       </c>
       <c r="G231" t="s">
         <v>73</v>
       </c>
       <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>410</v>
@@ -7116,213 +7116,213 @@
       </c>
       <c r="G232" t="s">
         <v>73</v>
       </c>
       <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>412</v>
       </c>
       <c r="B233" t="s">
         <v>413</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
         <v>17</v>
       </c>
       <c r="E233" t="s">
         <v>18</v>
       </c>
       <c r="F233">
         <v>1992</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>414</v>
       </c>
       <c r="B234" t="s">
         <v>415</v>
       </c>
       <c r="C234"/>
       <c r="D234" t="s">
         <v>17</v>
       </c>
       <c r="E234" t="s">
         <v>18</v>
       </c>
       <c r="F234">
         <v>1992</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>416</v>
       </c>
       <c r="B235" t="s">
         <v>417</v>
       </c>
       <c r="C235" t="s">
         <v>21</v>
       </c>
       <c r="D235" t="s">
         <v>70</v>
       </c>
       <c r="E235" t="s">
         <v>60</v>
       </c>
       <c r="F235">
         <v>1992</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>418</v>
       </c>
       <c r="B236" t="s">
         <v>419</v>
       </c>
       <c r="C236"/>
       <c r="D236" t="s">
         <v>17</v>
       </c>
       <c r="E236" t="s">
         <v>18</v>
       </c>
       <c r="F236">
         <v>1990</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>420</v>
       </c>
       <c r="B237" t="s">
         <v>421</v>
       </c>
       <c r="C237" t="s">
         <v>21</v>
       </c>
       <c r="D237" t="s">
         <v>70</v>
       </c>
       <c r="E237" t="s">
         <v>60</v>
       </c>
       <c r="F237">
         <v>1990</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>422</v>
       </c>
       <c r="B238" t="s">
         <v>423</v>
       </c>
       <c r="C238"/>
       <c r="D238" t="s">
         <v>154</v>
       </c>
       <c r="E238" t="s">
         <v>18</v>
       </c>
       <c r="F238">
         <v>1989</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="H238"/>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>424</v>
       </c>
       <c r="B239" t="s">
         <v>425</v>
       </c>
       <c r="C239" t="s">
         <v>21</v>
       </c>
       <c r="D239" t="s">
         <v>70</v>
       </c>
       <c r="E239" t="s">
         <v>60</v>
       </c>
       <c r="F239">
         <v>1989</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>426</v>
       </c>
       <c r="B240" t="s">
         <v>331</v>
       </c>
       <c r="C240" t="s">
         <v>30</v>
       </c>
       <c r="D240" t="s">
         <v>70</v>
       </c>
       <c r="E240" t="s">
         <v>60</v>
       </c>
       <c r="F240">
         <v>1989</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>426</v>
       </c>
       <c r="B241" t="s">
         <v>331</v>
       </c>
       <c r="C241" t="s">
         <v>30</v>
       </c>
       <c r="D241" t="s">
         <v>70</v>
       </c>
       <c r="E241" t="s">
         <v>60</v>
       </c>
       <c r="F241">
         <v>1989</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
         <v>15</v>
       </c>
@@ -7392,51 +7392,51 @@
       <c r="H244" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>434</v>
       </c>
       <c r="B245" t="s">
         <v>435</v>
       </c>
       <c r="C245" t="s">
         <v>21</v>
       </c>
       <c r="D245" t="s">
         <v>70</v>
       </c>
       <c r="E245" t="s">
         <v>60</v>
       </c>
       <c r="F245">
         <v>1985</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>436</v>
       </c>
       <c r="B246" t="s">
         <v>437</v>
       </c>
       <c r="C246" t="s">
         <v>96</v>
       </c>
       <c r="D246" t="s">
         <v>67</v>
       </c>
       <c r="E246" t="s">
         <v>60</v>
       </c>
       <c r="F246">
         <v>1984</v>
       </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="H246"/>