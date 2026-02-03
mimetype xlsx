--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -83,90 +83,90 @@
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
+    <t>AGE</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Melilla</t>
-[...4 lines deleted...]
-  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>AGE</t>
-[...1 lines deleted...]
-  <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cataluña</t>
   </si>
   <si>
-    <t>Extra-Regio</t>
-[...1 lines deleted...]
-  <si>
     <t>Cantabria</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
   </si>
@@ -1082,171 +1082,171 @@
       <c r="H5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>29</v>
       </c>
@@ -1268,171 +1268,171 @@
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>21</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>21</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>38</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>39</v>
@@ -1846,51 +1846,51 @@
       <c r="H39" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40" t="s">
         <v>19</v>
       </c>
       <c r="D40" t="s">
         <v>50</v>
       </c>
       <c r="E40" t="s">
         <v>43</v>
       </c>
       <c r="F40">
         <v>2013</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41" t="s">
         <v>19</v>
       </c>
       <c r="D41" t="s">
         <v>50</v>
       </c>
       <c r="E41" t="s">
         <v>43</v>
       </c>
       <c r="F41">
         <v>2013</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>89</v>
       </c>
@@ -1990,99 +1990,99 @@
       <c r="H45" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>100</v>
       </c>
       <c r="B46" t="s">
         <v>101</v>
       </c>
       <c r="C46" t="s">
         <v>19</v>
       </c>
       <c r="D46" t="s">
         <v>50</v>
       </c>
       <c r="E46" t="s">
         <v>43</v>
       </c>
       <c r="F46">
         <v>2012</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>102</v>
       </c>
       <c r="B47" t="s">
         <v>103</v>
       </c>
       <c r="C47" t="s">
         <v>19</v>
       </c>
       <c r="D47" t="s">
         <v>50</v>
       </c>
       <c r="E47" t="s">
         <v>43</v>
       </c>
       <c r="F47">
         <v>2012</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>104</v>
       </c>
       <c r="B48" t="s">
         <v>105</v>
       </c>
       <c r="C48" t="s">
         <v>96</v>
       </c>
       <c r="D48" t="s">
         <v>50</v>
       </c>
       <c r="E48" t="s">
         <v>43</v>
       </c>
       <c r="F48">
         <v>2012</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>106</v>
       </c>
       <c r="B49" t="s">
         <v>107</v>
       </c>
       <c r="C49" t="s">
         <v>19</v>
       </c>
       <c r="D49" t="s">
         <v>50</v>
       </c>
       <c r="E49" t="s">
         <v>43</v>
       </c>
       <c r="F49">
         <v>2012</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>89</v>
       </c>
@@ -2134,219 +2134,219 @@
         <v>13</v>
       </c>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>112</v>
       </c>
       <c r="B52" t="s">
         <v>113</v>
       </c>
       <c r="C52" t="s">
         <v>19</v>
       </c>
       <c r="D52" t="s">
         <v>50</v>
       </c>
       <c r="E52" t="s">
         <v>43</v>
       </c>
       <c r="F52">
         <v>2011</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>114</v>
       </c>
       <c r="B53" t="s">
         <v>115</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>50</v>
       </c>
       <c r="E53" t="s">
         <v>43</v>
       </c>
       <c r="F53">
         <v>2011</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>116</v>
       </c>
       <c r="B54" t="s">
         <v>117</v>
       </c>
       <c r="C54" t="s">
         <v>19</v>
       </c>
       <c r="D54" t="s">
         <v>50</v>
       </c>
       <c r="E54" t="s">
         <v>43</v>
       </c>
       <c r="F54">
         <v>2011</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>118</v>
       </c>
       <c r="B55" t="s">
         <v>119</v>
       </c>
       <c r="C55" t="s">
         <v>19</v>
       </c>
       <c r="D55" t="s">
         <v>50</v>
       </c>
       <c r="E55" t="s">
         <v>43</v>
       </c>
       <c r="F55">
         <v>2010</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>121</v>
       </c>
       <c r="B56" t="s">
         <v>122</v>
       </c>
       <c r="C56" t="s">
         <v>19</v>
       </c>
       <c r="D56" t="s">
         <v>50</v>
       </c>
       <c r="E56" t="s">
         <v>43</v>
       </c>
       <c r="F56">
         <v>2010</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>123</v>
       </c>
       <c r="B57" t="s">
         <v>124</v>
       </c>
       <c r="C57" t="s">
         <v>19</v>
       </c>
       <c r="D57" t="s">
         <v>50</v>
       </c>
       <c r="E57" t="s">
         <v>43</v>
       </c>
       <c r="F57">
         <v>2009</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>125</v>
       </c>
       <c r="B58" t="s">
         <v>126</v>
       </c>
       <c r="C58" t="s">
         <v>19</v>
       </c>
       <c r="D58" t="s">
         <v>50</v>
       </c>
       <c r="E58" t="s">
         <v>43</v>
       </c>
       <c r="F58">
         <v>2009</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>127</v>
       </c>
       <c r="B59" t="s">
         <v>128</v>
       </c>
       <c r="C59" t="s">
         <v>96</v>
       </c>
       <c r="D59" t="s">
         <v>50</v>
       </c>
       <c r="E59" t="s">
         <v>43</v>
       </c>
       <c r="F59">
         <v>2009</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>129</v>
       </c>
       <c r="B60" t="s">
         <v>130</v>
       </c>
       <c r="C60" t="s">
         <v>96</v>
       </c>
       <c r="D60" t="s">
         <v>50</v>
       </c>
       <c r="E60" t="s">
         <v>43</v>
       </c>
       <c r="F60">
         <v>2009</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>84</v>
       </c>
@@ -2420,51 +2420,51 @@
       <c r="H63" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>137</v>
       </c>
       <c r="B64" t="s">
         <v>138</v>
       </c>
       <c r="C64" t="s">
         <v>19</v>
       </c>
       <c r="D64" t="s">
         <v>50</v>
       </c>
       <c r="E64" t="s">
         <v>43</v>
       </c>
       <c r="F64">
         <v>2008</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>139</v>
       </c>
       <c r="B65" t="s">
         <v>140</v>
       </c>
       <c r="C65" t="s">
         <v>41</v>
       </c>
       <c r="D65" t="s">
         <v>42</v>
       </c>
       <c r="E65" t="s">
         <v>43</v>
       </c>
       <c r="F65">
         <v>2008</v>
       </c>
       <c r="G65" t="s">
         <v>13</v>
       </c>
       <c r="H65"/>
@@ -2490,51 +2490,51 @@
         <v>13</v>
       </c>
       <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>144</v>
       </c>
       <c r="B67" t="s">
         <v>145</v>
       </c>
       <c r="C67" t="s">
         <v>96</v>
       </c>
       <c r="D67" t="s">
         <v>50</v>
       </c>
       <c r="E67" t="s">
         <v>43</v>
       </c>
       <c r="F67">
         <v>2007</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>146</v>
       </c>
       <c r="B68" t="s">
         <v>147</v>
       </c>
       <c r="C68" t="s">
         <v>96</v>
       </c>
       <c r="D68" t="s">
         <v>50</v>
       </c>
       <c r="E68" t="s">
         <v>43</v>
       </c>
       <c r="F68">
         <v>2007</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>89</v>
       </c>
@@ -2562,73 +2562,73 @@
       <c r="H69" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>150</v>
       </c>
       <c r="B70" t="s">
         <v>151</v>
       </c>
       <c r="C70" t="s">
         <v>96</v>
       </c>
       <c r="D70" t="s">
         <v>50</v>
       </c>
       <c r="E70" t="s">
         <v>43</v>
       </c>
       <c r="F70">
         <v>2007</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>152</v>
       </c>
       <c r="B71" t="s">
         <v>153</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>22</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71">
         <v>2006</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>154</v>
       </c>
       <c r="B72" t="s">
         <v>155</v>
       </c>
       <c r="C72" t="s">
         <v>96</v>
       </c>
       <c r="D72" t="s">
         <v>50</v>
       </c>
       <c r="E72" t="s">
         <v>43</v>
       </c>
       <c r="F72">
         <v>2006</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>89</v>
       </c>
@@ -2656,123 +2656,123 @@
       <c r="H73" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>159</v>
       </c>
       <c r="B74" t="s">
         <v>160</v>
       </c>
       <c r="C74" t="s">
         <v>19</v>
       </c>
       <c r="D74" t="s">
         <v>50</v>
       </c>
       <c r="E74" t="s">
         <v>43</v>
       </c>
       <c r="F74">
         <v>2005</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>161</v>
       </c>
       <c r="B75" t="s">
         <v>162</v>
       </c>
       <c r="C75" t="s">
         <v>96</v>
       </c>
       <c r="D75" t="s">
         <v>50</v>
       </c>
       <c r="E75" t="s">
         <v>43</v>
       </c>
       <c r="F75">
         <v>2004</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>163</v>
       </c>
       <c r="B76" t="s">
         <v>164</v>
       </c>
       <c r="C76" t="s">
         <v>96</v>
       </c>
       <c r="D76" t="s">
         <v>50</v>
       </c>
       <c r="E76" t="s">
         <v>43</v>
       </c>
       <c r="F76">
         <v>2003</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>165</v>
       </c>
       <c r="B77" t="s">
         <v>166</v>
       </c>
       <c r="C77" t="s">
         <v>19</v>
       </c>
       <c r="D77" t="s">
         <v>50</v>
       </c>
       <c r="E77" t="s">
         <v>43</v>
       </c>
       <c r="F77">
         <v>2003</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>167</v>
       </c>
       <c r="B78" t="s">
         <v>168</v>
       </c>
       <c r="C78" t="s">
         <v>19</v>
       </c>
       <c r="D78" t="s">
         <v>50</v>
       </c>
       <c r="E78" t="s">
         <v>43</v>
       </c>
       <c r="F78">
         <v>2002</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>120</v>
       </c>
@@ -2800,73 +2800,73 @@
       <c r="H79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>171</v>
       </c>
       <c r="B80" t="s">
         <v>172</v>
       </c>
       <c r="C80" t="s">
         <v>96</v>
       </c>
       <c r="D80" t="s">
         <v>50</v>
       </c>
       <c r="E80" t="s">
         <v>43</v>
       </c>
       <c r="F80">
         <v>1999</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>173</v>
       </c>
       <c r="B81" t="s">
         <v>174</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>22</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81">
         <v>1998</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>175</v>
       </c>
       <c r="B82" t="s">
         <v>176</v>
       </c>
       <c r="C82" t="s">
         <v>96</v>
       </c>
       <c r="D82" t="s">
         <v>50</v>
       </c>
       <c r="E82" t="s">
         <v>43</v>
       </c>
       <c r="F82">
         <v>1998</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>89</v>
       </c>