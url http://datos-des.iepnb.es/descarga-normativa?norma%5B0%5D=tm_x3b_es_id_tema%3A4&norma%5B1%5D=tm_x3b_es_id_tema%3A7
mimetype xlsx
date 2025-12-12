--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -117,111 +117,111 @@
   <si>
     <t>Ciudad Autónoma de Melilla</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
   </si>
@@ -4113,103 +4113,103 @@
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>19</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
@@ -4265,171 +4265,171 @@
       <c r="H14" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>41</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
         <v>19</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>19</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>19</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>19</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>19</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>48</v>
       </c>
@@ -4469,171 +4469,171 @@
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>42</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>19</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>42</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>19</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>42</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26" t="s">
         <v>19</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>42</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>19</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>42</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>19</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
         <v>42</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>19</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>42</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>19</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>55</v>
       </c>
       <c r="B31" t="s">
         <v>28</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>31</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
@@ -4641,77 +4641,77 @@
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>55</v>
       </c>
       <c r="B32" t="s">
         <v>28</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>31</v>
       </c>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>55</v>
       </c>
       <c r="B33" t="s">
         <v>28</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>31</v>
       </c>
       <c r="E33" t="s">
         <v>25</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>57</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>25</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>58</v>
       </c>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>59</v>
@@ -4739,77 +4739,77 @@
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>28</v>
       </c>
       <c r="C36" t="s">
         <v>23</v>
       </c>
       <c r="D36" t="s">
         <v>24</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>62</v>
       </c>
       <c r="H36" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>61</v>
       </c>
       <c r="B37" t="s">
         <v>28</v>
       </c>
       <c r="C37" t="s">
         <v>23</v>
       </c>
       <c r="D37" t="s">
         <v>24</v>
       </c>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>62</v>
       </c>
       <c r="H37" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>63</v>
       </c>
       <c r="B38" t="s">
         <v>28</v>
       </c>
       <c r="C38" t="s">
         <v>38</v>
       </c>
       <c r="D38" t="s">
         <v>31</v>
       </c>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
@@ -4817,103 +4817,103 @@
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>63</v>
       </c>
       <c r="B39" t="s">
         <v>28</v>
       </c>
       <c r="C39" t="s">
         <v>38</v>
       </c>
       <c r="D39" t="s">
         <v>31</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>28</v>
       </c>
       <c r="C40" t="s">
         <v>38</v>
       </c>
       <c r="D40" t="s">
         <v>31</v>
       </c>
       <c r="E40" t="s">
         <v>25</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>28</v>
       </c>
       <c r="C41" t="s">
         <v>38</v>
       </c>
       <c r="D41" t="s">
         <v>31</v>
       </c>
       <c r="E41" t="s">
         <v>25</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>64</v>
       </c>
       <c r="B42" t="s">
         <v>65</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>19</v>
       </c>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>66</v>
@@ -4963,51 +4963,51 @@
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>72</v>
       </c>
       <c r="C45" t="s">
         <v>23</v>
       </c>
       <c r="D45" t="s">
         <v>24</v>
       </c>
       <c r="E45" t="s">
         <v>25</v>
       </c>
       <c r="F45">
         <v>2022</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>71</v>
       </c>
       <c r="B46" t="s">
         <v>72</v>
       </c>
       <c r="C46" t="s">
         <v>23</v>
       </c>
       <c r="D46" t="s">
         <v>24</v>
       </c>
       <c r="E46" t="s">
         <v>25</v>
       </c>
       <c r="F46">
         <v>2022</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
@@ -5015,125 +5015,125 @@
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>72</v>
       </c>
       <c r="C47" t="s">
         <v>23</v>
       </c>
       <c r="D47" t="s">
         <v>24</v>
       </c>
       <c r="E47" t="s">
         <v>25</v>
       </c>
       <c r="F47">
         <v>2022</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>71</v>
       </c>
       <c r="B48" t="s">
         <v>72</v>
       </c>
       <c r="C48" t="s">
         <v>23</v>
       </c>
       <c r="D48" t="s">
         <v>24</v>
       </c>
       <c r="E48" t="s">
         <v>25</v>
       </c>
       <c r="F48">
         <v>2022</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>73</v>
       </c>
       <c r="B49" t="s">
         <v>74</v>
       </c>
       <c r="C49" t="s">
         <v>33</v>
       </c>
       <c r="D49" t="s">
         <v>31</v>
       </c>
       <c r="E49" t="s">
         <v>25</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>77</v>
       </c>
       <c r="C50" t="s">
         <v>33</v>
       </c>
       <c r="D50" t="s">
         <v>31</v>
       </c>
       <c r="E50" t="s">
         <v>25</v>
       </c>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>78</v>
       </c>
       <c r="B51" t="s">
         <v>79</v>
       </c>
       <c r="C51" t="s">
         <v>38</v>
       </c>
       <c r="D51" t="s">
         <v>31</v>
       </c>
       <c r="E51" t="s">
         <v>25</v>
       </c>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>47</v>
       </c>
@@ -5207,171 +5207,171 @@
       <c r="H54" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>87</v>
       </c>
       <c r="B55" t="s">
         <v>88</v>
       </c>
       <c r="C55" t="s">
         <v>33</v>
       </c>
       <c r="D55" t="s">
         <v>31</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55">
         <v>2019</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>89</v>
       </c>
       <c r="B56" t="s">
         <v>90</v>
       </c>
       <c r="C56" t="s">
         <v>38</v>
       </c>
       <c r="D56" t="s">
         <v>31</v>
       </c>
       <c r="E56" t="s">
         <v>25</v>
       </c>
       <c r="F56">
         <v>2019</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>91</v>
       </c>
       <c r="B57" t="s">
         <v>92</v>
       </c>
       <c r="C57" t="s">
         <v>33</v>
       </c>
       <c r="D57" t="s">
         <v>31</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57">
         <v>2019</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>93</v>
       </c>
       <c r="B58" t="s">
         <v>94</v>
       </c>
       <c r="C58" t="s">
         <v>33</v>
       </c>
       <c r="D58" t="s">
         <v>31</v>
       </c>
       <c r="E58" t="s">
         <v>25</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>95</v>
       </c>
       <c r="B59" t="s">
         <v>96</v>
       </c>
       <c r="C59" t="s">
         <v>33</v>
       </c>
       <c r="D59" t="s">
         <v>31</v>
       </c>
       <c r="E59" t="s">
         <v>25</v>
       </c>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>97</v>
       </c>
       <c r="B60" t="s">
         <v>98</v>
       </c>
       <c r="C60" t="s">
         <v>33</v>
       </c>
       <c r="D60" t="s">
         <v>31</v>
       </c>
       <c r="E60" t="s">
         <v>25</v>
       </c>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>99</v>
       </c>
       <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61">
         <v>2017</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>100</v>
       </c>
       <c r="B62" t="s">
         <v>101</v>
       </c>
@@ -5751,51 +5751,51 @@
       <c r="H77" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>133</v>
       </c>
       <c r="B78" t="s">
         <v>134</v>
       </c>
       <c r="C78" t="s">
         <v>33</v>
       </c>
       <c r="D78" t="s">
         <v>31</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78">
         <v>2017</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>135</v>
       </c>
       <c r="B79" t="s">
         <v>136</v>
       </c>
       <c r="C79" t="s">
         <v>30</v>
       </c>
       <c r="D79" t="s">
         <v>31</v>
       </c>
       <c r="E79" t="s">
         <v>25</v>
       </c>
       <c r="F79">
         <v>2017</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>12</v>
       </c>
@@ -5853,51 +5853,51 @@
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>141</v>
       </c>
       <c r="B83" t="s">
         <v>142</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>43</v>
       </c>
       <c r="E83" t="s">
         <v>19</v>
       </c>
       <c r="F83">
         <v>2016</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>143</v>
       </c>
       <c r="B84" t="s">
         <v>144</v>
       </c>
       <c r="C84" t="s">
         <v>33</v>
       </c>
       <c r="D84" t="s">
         <v>31</v>
       </c>
       <c r="E84" t="s">
         <v>25</v>
       </c>
       <c r="F84">
         <v>2016</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>145</v>
       </c>
@@ -6187,51 +6187,51 @@
         <v>15</v>
       </c>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>170</v>
       </c>
       <c r="B97" t="s">
         <v>171</v>
       </c>
       <c r="C97" t="s">
         <v>33</v>
       </c>
       <c r="D97" t="s">
         <v>31</v>
       </c>
       <c r="E97" t="s">
         <v>25</v>
       </c>
       <c r="F97">
         <v>2015</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>172</v>
       </c>
       <c r="B98" t="s">
         <v>173</v>
       </c>
       <c r="C98" t="s">
         <v>33</v>
       </c>
       <c r="D98" t="s">
         <v>31</v>
       </c>
       <c r="E98" t="s">
         <v>25</v>
       </c>
       <c r="F98">
         <v>2015</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>12</v>
       </c>
@@ -7779,135 +7779,135 @@
       <c r="H166" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>297</v>
       </c>
       <c r="B167" t="s">
         <v>298</v>
       </c>
       <c r="C167" t="s">
         <v>33</v>
       </c>
       <c r="D167" t="s">
         <v>31</v>
       </c>
       <c r="E167" t="s">
         <v>25</v>
       </c>
       <c r="F167">
         <v>2014</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>299</v>
       </c>
       <c r="B168" t="s">
         <v>300</v>
       </c>
       <c r="C168" t="s">
         <v>40</v>
       </c>
       <c r="D168" t="s">
         <v>31</v>
       </c>
       <c r="E168" t="s">
         <v>25</v>
       </c>
       <c r="F168">
         <v>2014</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>301</v>
       </c>
       <c r="B169"/>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169">
         <v>2013</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>302</v>
       </c>
       <c r="B170" t="s">
         <v>303</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>43</v>
       </c>
       <c r="E170" t="s">
         <v>19</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>304</v>
       </c>
       <c r="B171" t="s">
         <v>305</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
         <v>43</v>
       </c>
       <c r="E171" t="s">
         <v>19</v>
       </c>
       <c r="F171">
         <v>2013</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>306</v>
       </c>
       <c r="B172" t="s">
         <v>307</v>
       </c>
       <c r="C172" t="s">
         <v>40</v>
       </c>
       <c r="D172" t="s">
         <v>31</v>
       </c>
       <c r="E172" t="s">
         <v>25</v>
       </c>
       <c r="F172">
         <v>2013</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>60</v>
       </c>
@@ -7959,51 +7959,51 @@
       <c r="H174" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>312</v>
       </c>
       <c r="B175" t="s">
         <v>313</v>
       </c>
       <c r="C175" t="s">
         <v>40</v>
       </c>
       <c r="D175" t="s">
         <v>31</v>
       </c>
       <c r="E175" t="s">
         <v>25</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>314</v>
       </c>
       <c r="B176" t="s">
         <v>315</v>
       </c>
       <c r="C176" t="s">
         <v>40</v>
       </c>
       <c r="D176" t="s">
         <v>31</v>
       </c>
       <c r="E176" t="s">
         <v>25</v>
       </c>
       <c r="F176">
         <v>2013</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>68</v>
       </c>
@@ -8031,99 +8031,99 @@
       <c r="H177" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>318</v>
       </c>
       <c r="B178" t="s">
         <v>319</v>
       </c>
       <c r="C178" t="s">
         <v>33</v>
       </c>
       <c r="D178" t="s">
         <v>31</v>
       </c>
       <c r="E178" t="s">
         <v>25</v>
       </c>
       <c r="F178">
         <v>2013</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>320</v>
       </c>
       <c r="B179" t="s">
         <v>321</v>
       </c>
       <c r="C179" t="s">
         <v>40</v>
       </c>
       <c r="D179" t="s">
         <v>31</v>
       </c>
       <c r="E179" t="s">
         <v>25</v>
       </c>
       <c r="F179">
         <v>2013</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>322</v>
       </c>
       <c r="B180" t="s">
         <v>323</v>
       </c>
       <c r="C180" t="s">
         <v>40</v>
       </c>
       <c r="D180" t="s">
         <v>31</v>
       </c>
       <c r="E180" t="s">
         <v>25</v>
       </c>
       <c r="F180">
         <v>2013</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>324</v>
       </c>
       <c r="B181" t="s">
         <v>325</v>
       </c>
       <c r="C181" t="s">
         <v>33</v>
       </c>
       <c r="D181" t="s">
         <v>31</v>
       </c>
       <c r="E181" t="s">
         <v>25</v>
       </c>
       <c r="F181">
         <v>2013</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>12</v>
       </c>
@@ -8199,51 +8199,51 @@
       <c r="H184" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>332</v>
       </c>
       <c r="B185" t="s">
         <v>333</v>
       </c>
       <c r="C185" t="s">
         <v>33</v>
       </c>
       <c r="D185" t="s">
         <v>31</v>
       </c>
       <c r="E185" t="s">
         <v>25</v>
       </c>
       <c r="F185">
         <v>2013</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>334</v>
       </c>
       <c r="B186" t="s">
         <v>335</v>
       </c>
       <c r="C186" t="s">
         <v>30</v>
       </c>
       <c r="D186" t="s">
         <v>31</v>
       </c>
       <c r="E186" t="s">
         <v>25</v>
       </c>
       <c r="F186">
         <v>2013</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>12</v>
       </c>
@@ -8269,51 +8269,51 @@
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>338</v>
       </c>
       <c r="B188" t="s">
         <v>339</v>
       </c>
       <c r="C188"/>
       <c r="D188" t="s">
         <v>169</v>
       </c>
       <c r="E188" t="s">
         <v>19</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>340</v>
       </c>
       <c r="B189" t="s">
         <v>341</v>
       </c>
       <c r="C189" t="s">
         <v>40</v>
       </c>
       <c r="D189" t="s">
         <v>31</v>
       </c>
       <c r="E189" t="s">
         <v>25</v>
       </c>
       <c r="F189">
         <v>2012</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>60</v>
       </c>
@@ -8413,195 +8413,195 @@
       <c r="H193" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>350</v>
       </c>
       <c r="B194" t="s">
         <v>351</v>
       </c>
       <c r="C194" t="s">
         <v>33</v>
       </c>
       <c r="D194" t="s">
         <v>31</v>
       </c>
       <c r="E194" t="s">
         <v>25</v>
       </c>
       <c r="F194">
         <v>2012</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>352</v>
       </c>
       <c r="B195" t="s">
         <v>353</v>
       </c>
       <c r="C195" t="s">
         <v>40</v>
       </c>
       <c r="D195" t="s">
         <v>31</v>
       </c>
       <c r="E195" t="s">
         <v>25</v>
       </c>
       <c r="F195">
         <v>2012</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>354</v>
       </c>
       <c r="B196" t="s">
         <v>355</v>
       </c>
       <c r="C196" t="s">
         <v>33</v>
       </c>
       <c r="D196" t="s">
         <v>31</v>
       </c>
       <c r="E196" t="s">
         <v>25</v>
       </c>
       <c r="F196">
         <v>2012</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>356</v>
       </c>
       <c r="B197" t="s">
         <v>357</v>
       </c>
       <c r="C197" t="s">
         <v>40</v>
       </c>
       <c r="D197" t="s">
         <v>31</v>
       </c>
       <c r="E197" t="s">
         <v>25</v>
       </c>
       <c r="F197">
         <v>2012</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>358</v>
       </c>
       <c r="B198" t="s">
         <v>359</v>
       </c>
       <c r="C198" t="s">
         <v>33</v>
       </c>
       <c r="D198" t="s">
         <v>31</v>
       </c>
       <c r="E198" t="s">
         <v>25</v>
       </c>
       <c r="F198">
         <v>2012</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>360</v>
       </c>
       <c r="B199" t="s">
         <v>361</v>
       </c>
       <c r="C199" t="s">
         <v>40</v>
       </c>
       <c r="D199" t="s">
         <v>31</v>
       </c>
       <c r="E199" t="s">
         <v>25</v>
       </c>
       <c r="F199">
         <v>2012</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>362</v>
       </c>
       <c r="B200" t="s">
         <v>363</v>
       </c>
       <c r="C200" t="s">
         <v>40</v>
       </c>
       <c r="D200" t="s">
         <v>31</v>
       </c>
       <c r="E200" t="s">
         <v>25</v>
       </c>
       <c r="F200">
         <v>2012</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>364</v>
       </c>
       <c r="B201" t="s">
         <v>365</v>
       </c>
       <c r="C201" t="s">
         <v>38</v>
       </c>
       <c r="D201" t="s">
         <v>31</v>
       </c>
       <c r="E201" t="s">
         <v>25</v>
       </c>
       <c r="F201">
         <v>2012</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>12</v>
       </c>
@@ -8625,73 +8625,73 @@
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>368</v>
       </c>
       <c r="B203" t="s">
         <v>369</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>43</v>
       </c>
       <c r="E203" t="s">
         <v>19</v>
       </c>
       <c r="F203">
         <v>2011</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>370</v>
       </c>
       <c r="B204" t="s">
         <v>371</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
         <v>43</v>
       </c>
       <c r="E204" t="s">
         <v>19</v>
       </c>
       <c r="F204">
         <v>2011</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>372</v>
       </c>
       <c r="B205" t="s">
         <v>373</v>
       </c>
       <c r="C205" t="s">
         <v>108</v>
       </c>
       <c r="D205" t="s">
         <v>109</v>
       </c>
       <c r="E205" t="s">
         <v>25</v>
       </c>
       <c r="F205">
         <v>2011</v>
       </c>
       <c r="G205" t="s">
         <v>15</v>
       </c>
       <c r="H205"/>
@@ -8887,99 +8887,99 @@
       <c r="H213" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>390</v>
       </c>
       <c r="B214" t="s">
         <v>391</v>
       </c>
       <c r="C214" t="s">
         <v>33</v>
       </c>
       <c r="D214" t="s">
         <v>31</v>
       </c>
       <c r="E214" t="s">
         <v>25</v>
       </c>
       <c r="F214">
         <v>2011</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>392</v>
       </c>
       <c r="B215" t="s">
         <v>393</v>
       </c>
       <c r="C215" t="s">
         <v>40</v>
       </c>
       <c r="D215" t="s">
         <v>31</v>
       </c>
       <c r="E215" t="s">
         <v>25</v>
       </c>
       <c r="F215">
         <v>2011</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>394</v>
       </c>
       <c r="B216" t="s">
         <v>395</v>
       </c>
       <c r="C216" t="s">
         <v>40</v>
       </c>
       <c r="D216" t="s">
         <v>31</v>
       </c>
       <c r="E216" t="s">
         <v>25</v>
       </c>
       <c r="F216">
         <v>2011</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>396</v>
       </c>
       <c r="B217" t="s">
         <v>397</v>
       </c>
       <c r="C217" t="s">
         <v>40</v>
       </c>
       <c r="D217" t="s">
         <v>31</v>
       </c>
       <c r="E217" t="s">
         <v>25</v>
       </c>
       <c r="F217">
         <v>2011</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>20</v>
       </c>
@@ -9151,75 +9151,75 @@
       <c r="H224" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>412</v>
       </c>
       <c r="B225" t="s">
         <v>413</v>
       </c>
       <c r="C225" t="s">
         <v>33</v>
       </c>
       <c r="D225" t="s">
         <v>31</v>
       </c>
       <c r="E225" t="s">
         <v>25</v>
       </c>
       <c r="F225">
         <v>2011</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>414</v>
       </c>
       <c r="B226" t="s">
         <v>415</v>
       </c>
       <c r="C226" t="s">
         <v>33</v>
       </c>
       <c r="D226" t="s">
         <v>31</v>
       </c>
       <c r="E226" t="s">
         <v>25</v>
       </c>
       <c r="F226">
         <v>2011</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>416</v>
       </c>
       <c r="B227" t="s">
         <v>417</v>
       </c>
       <c r="C227" t="s">
         <v>40</v>
       </c>
       <c r="D227" t="s">
         <v>31</v>
       </c>
       <c r="E227" t="s">
         <v>25</v>
       </c>
       <c r="F227">
         <v>2011</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>12</v>
       </c>
@@ -9407,51 +9407,51 @@
       <c r="H235" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>434</v>
       </c>
       <c r="B236" t="s">
         <v>435</v>
       </c>
       <c r="C236" t="s">
         <v>38</v>
       </c>
       <c r="D236" t="s">
         <v>31</v>
       </c>
       <c r="E236" t="s">
         <v>25</v>
       </c>
       <c r="F236">
         <v>2010</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>436</v>
       </c>
       <c r="B237" t="s">
         <v>437</v>
       </c>
       <c r="C237" t="s">
         <v>40</v>
       </c>
       <c r="D237" t="s">
         <v>31</v>
       </c>
       <c r="E237" t="s">
         <v>25</v>
       </c>
       <c r="F237">
         <v>2010</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>82</v>
       </c>
@@ -9479,99 +9479,99 @@
       <c r="H238" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>440</v>
       </c>
       <c r="B239" t="s">
         <v>441</v>
       </c>
       <c r="C239" t="s">
         <v>40</v>
       </c>
       <c r="D239" t="s">
         <v>31</v>
       </c>
       <c r="E239" t="s">
         <v>25</v>
       </c>
       <c r="F239">
         <v>2010</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>442</v>
       </c>
       <c r="B240" t="s">
         <v>443</v>
       </c>
       <c r="C240" t="s">
         <v>40</v>
       </c>
       <c r="D240" t="s">
         <v>31</v>
       </c>
       <c r="E240" t="s">
         <v>25</v>
       </c>
       <c r="F240">
         <v>2010</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>444</v>
       </c>
       <c r="B241" t="s">
         <v>445</v>
       </c>
       <c r="C241" t="s">
         <v>38</v>
       </c>
       <c r="D241" t="s">
         <v>31</v>
       </c>
       <c r="E241" t="s">
         <v>25</v>
       </c>
       <c r="F241">
         <v>2010</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>446</v>
       </c>
       <c r="B242" t="s">
         <v>447</v>
       </c>
       <c r="C242" t="s">
         <v>33</v>
       </c>
       <c r="D242" t="s">
         <v>31</v>
       </c>
       <c r="E242" t="s">
         <v>25</v>
       </c>
       <c r="F242">
         <v>2010</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>82</v>
       </c>
@@ -9647,51 +9647,51 @@
       <c r="H245" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>454</v>
       </c>
       <c r="B246" t="s">
         <v>455</v>
       </c>
       <c r="C246" t="s">
         <v>33</v>
       </c>
       <c r="D246" t="s">
         <v>31</v>
       </c>
       <c r="E246" t="s">
         <v>25</v>
       </c>
       <c r="F246">
         <v>2010</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>456</v>
       </c>
       <c r="B247" t="s">
         <v>457</v>
       </c>
       <c r="C247" t="s">
         <v>23</v>
       </c>
       <c r="D247" t="s">
         <v>24</v>
       </c>
       <c r="E247" t="s">
         <v>25</v>
       </c>
       <c r="F247">
         <v>2010</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
         <v>60</v>
       </c>
@@ -9859,51 +9859,51 @@
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>472</v>
       </c>
       <c r="B255" t="s">
         <v>473</v>
       </c>
       <c r="C255"/>
       <c r="D255" t="s">
         <v>43</v>
       </c>
       <c r="E255" t="s">
         <v>19</v>
       </c>
       <c r="F255">
         <v>2009</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>474</v>
       </c>
       <c r="B256" t="s">
         <v>475</v>
       </c>
       <c r="C256"/>
       <c r="D256" t="s">
         <v>43</v>
       </c>
       <c r="E256" t="s">
         <v>19</v>
       </c>
       <c r="F256">
         <v>2009</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="257" spans="1:8">
@@ -10001,51 +10001,51 @@
       <c r="H260" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>484</v>
       </c>
       <c r="B261" t="s">
         <v>485</v>
       </c>
       <c r="C261" t="s">
         <v>40</v>
       </c>
       <c r="D261" t="s">
         <v>31</v>
       </c>
       <c r="E261" t="s">
         <v>25</v>
       </c>
       <c r="F261">
         <v>2009</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>486</v>
       </c>
       <c r="B262" t="s">
         <v>487</v>
       </c>
       <c r="C262" t="s">
         <v>33</v>
       </c>
       <c r="D262" t="s">
         <v>31</v>
       </c>
       <c r="E262" t="s">
         <v>25</v>
       </c>
       <c r="F262">
         <v>2009</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>16</v>
       </c>
@@ -10573,51 +10573,51 @@
       <c r="H284" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>533</v>
       </c>
       <c r="B285" t="s">
         <v>534</v>
       </c>
       <c r="C285" t="s">
         <v>33</v>
       </c>
       <c r="D285" t="s">
         <v>31</v>
       </c>
       <c r="E285" t="s">
         <v>25</v>
       </c>
       <c r="F285">
         <v>2008</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>535</v>
       </c>
       <c r="B286" t="s">
         <v>536</v>
       </c>
       <c r="C286" t="s">
         <v>40</v>
       </c>
       <c r="D286" t="s">
         <v>31</v>
       </c>
       <c r="E286" t="s">
         <v>25</v>
       </c>
       <c r="F286">
         <v>2008</v>
       </c>
       <c r="G286"/>
       <c r="H286"/>
     </row>
     <row r="287" spans="1:8">
@@ -10705,51 +10705,51 @@
       </c>
       <c r="G290" t="s">
         <v>15</v>
       </c>
       <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>545</v>
       </c>
       <c r="B291" t="s">
         <v>546</v>
       </c>
       <c r="C291"/>
       <c r="D291" t="s">
         <v>43</v>
       </c>
       <c r="E291" t="s">
         <v>19</v>
       </c>
       <c r="F291">
         <v>2007</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>547</v>
       </c>
       <c r="B292" t="s">
         <v>548</v>
       </c>
       <c r="C292"/>
       <c r="D292" t="s">
         <v>43</v>
       </c>
       <c r="E292" t="s">
         <v>19</v>
       </c>
       <c r="F292">
         <v>2007</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="293" spans="1:8">
@@ -10797,149 +10797,149 @@
       <c r="H294" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>553</v>
       </c>
       <c r="B295" t="s">
         <v>554</v>
       </c>
       <c r="C295" t="s">
         <v>33</v>
       </c>
       <c r="D295" t="s">
         <v>31</v>
       </c>
       <c r="E295" t="s">
         <v>25</v>
       </c>
       <c r="F295">
         <v>2007</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>555</v>
       </c>
       <c r="B296" t="s">
         <v>556</v>
       </c>
       <c r="C296" t="s">
         <v>40</v>
       </c>
       <c r="D296" t="s">
         <v>31</v>
       </c>
       <c r="E296" t="s">
         <v>25</v>
       </c>
       <c r="F296">
         <v>2007</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>557</v>
       </c>
       <c r="B297" t="s">
         <v>558</v>
       </c>
       <c r="C297" t="s">
         <v>33</v>
       </c>
       <c r="D297" t="s">
         <v>31</v>
       </c>
       <c r="E297" t="s">
         <v>25</v>
       </c>
       <c r="F297">
         <v>2007</v>
       </c>
       <c r="G297" t="s">
         <v>62</v>
       </c>
       <c r="H297" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>559</v>
       </c>
       <c r="B298" t="s">
         <v>560</v>
       </c>
       <c r="C298" t="s">
         <v>33</v>
       </c>
       <c r="D298" t="s">
         <v>31</v>
       </c>
       <c r="E298" t="s">
         <v>25</v>
       </c>
       <c r="F298">
         <v>2007</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>561</v>
       </c>
       <c r="B299" t="s">
         <v>562</v>
       </c>
       <c r="C299" t="s">
         <v>33</v>
       </c>
       <c r="D299" t="s">
         <v>31</v>
       </c>
       <c r="E299" t="s">
         <v>25</v>
       </c>
       <c r="F299">
         <v>2007</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>563</v>
       </c>
       <c r="B300" t="s">
         <v>564</v>
       </c>
       <c r="C300" t="s">
         <v>23</v>
       </c>
       <c r="D300" t="s">
         <v>24</v>
       </c>
       <c r="E300" t="s">
         <v>25</v>
       </c>
       <c r="F300">
         <v>2007</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>20</v>
       </c>
@@ -11015,171 +11015,171 @@
       <c r="H303" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>571</v>
       </c>
       <c r="B304" t="s">
         <v>572</v>
       </c>
       <c r="C304" t="s">
         <v>33</v>
       </c>
       <c r="D304" t="s">
         <v>31</v>
       </c>
       <c r="E304" t="s">
         <v>25</v>
       </c>
       <c r="F304">
         <v>2007</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>573</v>
       </c>
       <c r="B305" t="s">
         <v>574</v>
       </c>
       <c r="C305" t="s">
         <v>33</v>
       </c>
       <c r="D305" t="s">
         <v>31</v>
       </c>
       <c r="E305" t="s">
         <v>25</v>
       </c>
       <c r="F305">
         <v>2007</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>575</v>
       </c>
       <c r="B306" t="s">
         <v>576</v>
       </c>
       <c r="C306" t="s">
         <v>33</v>
       </c>
       <c r="D306" t="s">
         <v>31</v>
       </c>
       <c r="E306" t="s">
         <v>25</v>
       </c>
       <c r="F306">
         <v>2007</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>577</v>
       </c>
       <c r="B307" t="s">
         <v>578</v>
       </c>
       <c r="C307" t="s">
         <v>33</v>
       </c>
       <c r="D307" t="s">
         <v>31</v>
       </c>
       <c r="E307" t="s">
         <v>25</v>
       </c>
       <c r="F307">
         <v>2007</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>579</v>
       </c>
       <c r="B308" t="s">
         <v>580</v>
       </c>
       <c r="C308" t="s">
         <v>33</v>
       </c>
       <c r="D308" t="s">
         <v>31</v>
       </c>
       <c r="E308" t="s">
         <v>25</v>
       </c>
       <c r="F308">
         <v>2007</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>581</v>
       </c>
       <c r="B309" t="s">
         <v>582</v>
       </c>
       <c r="C309" t="s">
         <v>33</v>
       </c>
       <c r="D309" t="s">
         <v>31</v>
       </c>
       <c r="E309" t="s">
         <v>25</v>
       </c>
       <c r="F309">
         <v>2007</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>583</v>
       </c>
       <c r="B310" t="s">
         <v>584</v>
       </c>
       <c r="C310" t="s">
         <v>33</v>
       </c>
       <c r="D310" t="s">
         <v>31</v>
       </c>
       <c r="E310" t="s">
         <v>25</v>
       </c>
       <c r="F310">
         <v>2007</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>12</v>
       </c>
@@ -11345,185 +11345,185 @@
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>599</v>
       </c>
       <c r="B318" t="s">
         <v>600</v>
       </c>
       <c r="C318"/>
       <c r="D318" t="s">
         <v>43</v>
       </c>
       <c r="E318" t="s">
         <v>19</v>
       </c>
       <c r="F318">
         <v>2006</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>601</v>
       </c>
       <c r="B319" t="s">
         <v>602</v>
       </c>
       <c r="C319"/>
       <c r="D319" t="s">
         <v>43</v>
       </c>
       <c r="E319" t="s">
         <v>19</v>
       </c>
       <c r="F319">
         <v>2006</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>603</v>
       </c>
       <c r="B320" t="s">
         <v>604</v>
       </c>
       <c r="C320"/>
       <c r="D320" t="s">
         <v>43</v>
       </c>
       <c r="E320" t="s">
         <v>19</v>
       </c>
       <c r="F320">
         <v>2006</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>605</v>
       </c>
       <c r="B321" t="s">
         <v>606</v>
       </c>
       <c r="C321"/>
       <c r="D321" t="s">
         <v>43</v>
       </c>
       <c r="E321" t="s">
         <v>19</v>
       </c>
       <c r="F321">
         <v>2006</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>607</v>
       </c>
       <c r="B322" t="s">
         <v>608</v>
       </c>
       <c r="C322"/>
       <c r="D322" t="s">
         <v>43</v>
       </c>
       <c r="E322" t="s">
         <v>19</v>
       </c>
       <c r="F322">
         <v>2006</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>609</v>
       </c>
       <c r="B323" t="s">
         <v>142</v>
       </c>
       <c r="C323"/>
       <c r="D323" t="s">
         <v>43</v>
       </c>
       <c r="E323" t="s">
         <v>19</v>
       </c>
       <c r="F323">
         <v>2006</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>610</v>
       </c>
       <c r="B324" t="s">
         <v>611</v>
       </c>
       <c r="C324" t="s">
         <v>33</v>
       </c>
       <c r="D324" t="s">
         <v>31</v>
       </c>
       <c r="E324" t="s">
         <v>25</v>
       </c>
       <c r="F324">
         <v>2006</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>612</v>
       </c>
       <c r="B325" t="s">
         <v>613</v>
       </c>
       <c r="C325" t="s">
         <v>33</v>
       </c>
       <c r="D325" t="s">
         <v>31</v>
       </c>
       <c r="E325" t="s">
         <v>25</v>
       </c>
       <c r="F325">
         <v>2006</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
         <v>145</v>
       </c>
@@ -11647,75 +11647,75 @@
       <c r="H330" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>624</v>
       </c>
       <c r="B331" t="s">
         <v>625</v>
       </c>
       <c r="C331" t="s">
         <v>33</v>
       </c>
       <c r="D331" t="s">
         <v>31</v>
       </c>
       <c r="E331" t="s">
         <v>25</v>
       </c>
       <c r="F331">
         <v>2006</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>626</v>
       </c>
       <c r="B332" t="s">
         <v>627</v>
       </c>
       <c r="C332" t="s">
         <v>33</v>
       </c>
       <c r="D332" t="s">
         <v>31</v>
       </c>
       <c r="E332" t="s">
         <v>25</v>
       </c>
       <c r="F332">
         <v>2006</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>628</v>
       </c>
       <c r="B333" t="s">
         <v>629</v>
       </c>
       <c r="C333" t="s">
         <v>33</v>
       </c>
       <c r="D333" t="s">
         <v>31</v>
       </c>
       <c r="E333" t="s">
         <v>25</v>
       </c>
       <c r="F333">
         <v>2006</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>60</v>
       </c>
@@ -11911,171 +11911,171 @@
       <c r="H341" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>646</v>
       </c>
       <c r="B342" t="s">
         <v>647</v>
       </c>
       <c r="C342" t="s">
         <v>38</v>
       </c>
       <c r="D342" t="s">
         <v>31</v>
       </c>
       <c r="E342" t="s">
         <v>25</v>
       </c>
       <c r="F342">
         <v>2006</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>648</v>
       </c>
       <c r="B343" t="s">
         <v>649</v>
       </c>
       <c r="C343" t="s">
         <v>38</v>
       </c>
       <c r="D343" t="s">
         <v>31</v>
       </c>
       <c r="E343" t="s">
         <v>25</v>
       </c>
       <c r="F343">
         <v>2006</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>650</v>
       </c>
       <c r="B344" t="s">
         <v>651</v>
       </c>
       <c r="C344" t="s">
         <v>38</v>
       </c>
       <c r="D344" t="s">
         <v>31</v>
       </c>
       <c r="E344" t="s">
         <v>25</v>
       </c>
       <c r="F344">
         <v>2006</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>652</v>
       </c>
       <c r="B345" t="s">
         <v>653</v>
       </c>
       <c r="C345" t="s">
         <v>38</v>
       </c>
       <c r="D345" t="s">
         <v>31</v>
       </c>
       <c r="E345" t="s">
         <v>25</v>
       </c>
       <c r="F345">
         <v>2006</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>654</v>
       </c>
       <c r="B346" t="s">
         <v>655</v>
       </c>
       <c r="C346" t="s">
         <v>38</v>
       </c>
       <c r="D346" t="s">
         <v>31</v>
       </c>
       <c r="E346" t="s">
         <v>25</v>
       </c>
       <c r="F346">
         <v>2006</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>656</v>
       </c>
       <c r="B347" t="s">
         <v>657</v>
       </c>
       <c r="C347" t="s">
         <v>38</v>
       </c>
       <c r="D347" t="s">
         <v>31</v>
       </c>
       <c r="E347" t="s">
         <v>25</v>
       </c>
       <c r="F347">
         <v>2006</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>658</v>
       </c>
       <c r="B348" t="s">
         <v>659</v>
       </c>
       <c r="C348" t="s">
         <v>38</v>
       </c>
       <c r="D348" t="s">
         <v>31</v>
       </c>
       <c r="E348" t="s">
         <v>25</v>
       </c>
       <c r="F348">
         <v>2006</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>12</v>
       </c>
@@ -12147,75 +12147,75 @@
       <c r="H351" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>666</v>
       </c>
       <c r="B352" t="s">
         <v>667</v>
       </c>
       <c r="C352" t="s">
         <v>38</v>
       </c>
       <c r="D352" t="s">
         <v>31</v>
       </c>
       <c r="E352" t="s">
         <v>25</v>
       </c>
       <c r="F352">
         <v>2005</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>668</v>
       </c>
       <c r="B353" t="s">
         <v>669</v>
       </c>
       <c r="C353" t="s">
         <v>33</v>
       </c>
       <c r="D353" t="s">
         <v>31</v>
       </c>
       <c r="E353" t="s">
         <v>25</v>
       </c>
       <c r="F353">
         <v>2005</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>670</v>
       </c>
       <c r="B354" t="s">
         <v>671</v>
       </c>
       <c r="C354" t="s">
         <v>33</v>
       </c>
       <c r="D354" t="s">
         <v>31</v>
       </c>
       <c r="E354" t="s">
         <v>25</v>
       </c>
       <c r="F354">
         <v>2005</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
         <v>145</v>
       </c>
@@ -12291,99 +12291,99 @@
       <c r="H357" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>678</v>
       </c>
       <c r="B358" t="s">
         <v>679</v>
       </c>
       <c r="C358" t="s">
         <v>33</v>
       </c>
       <c r="D358" t="s">
         <v>31</v>
       </c>
       <c r="E358" t="s">
         <v>25</v>
       </c>
       <c r="F358">
         <v>2005</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>680</v>
       </c>
       <c r="B359" t="s">
         <v>681</v>
       </c>
       <c r="C359" t="s">
         <v>33</v>
       </c>
       <c r="D359" t="s">
         <v>31</v>
       </c>
       <c r="E359" t="s">
         <v>25</v>
       </c>
       <c r="F359">
         <v>2005</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>682</v>
       </c>
       <c r="B360" t="s">
         <v>683</v>
       </c>
       <c r="C360" t="s">
         <v>33</v>
       </c>
       <c r="D360" t="s">
         <v>31</v>
       </c>
       <c r="E360" t="s">
         <v>25</v>
       </c>
       <c r="F360">
         <v>2005</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>684</v>
       </c>
       <c r="B361" t="s">
         <v>685</v>
       </c>
       <c r="C361" t="s">
         <v>33</v>
       </c>
       <c r="D361" t="s">
         <v>31</v>
       </c>
       <c r="E361" t="s">
         <v>25</v>
       </c>
       <c r="F361">
         <v>2005</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>12</v>
       </c>
@@ -12483,171 +12483,171 @@
       <c r="H365" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>694</v>
       </c>
       <c r="B366" t="s">
         <v>695</v>
       </c>
       <c r="C366" t="s">
         <v>33</v>
       </c>
       <c r="D366" t="s">
         <v>31</v>
       </c>
       <c r="E366" t="s">
         <v>25</v>
       </c>
       <c r="F366">
         <v>2005</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>696</v>
       </c>
       <c r="B367" t="s">
         <v>697</v>
       </c>
       <c r="C367" t="s">
         <v>33</v>
       </c>
       <c r="D367" t="s">
         <v>31</v>
       </c>
       <c r="E367" t="s">
         <v>25</v>
       </c>
       <c r="F367">
         <v>2005</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>698</v>
       </c>
       <c r="B368" t="s">
         <v>699</v>
       </c>
       <c r="C368" t="s">
         <v>33</v>
       </c>
       <c r="D368" t="s">
         <v>31</v>
       </c>
       <c r="E368" t="s">
         <v>25</v>
       </c>
       <c r="F368">
         <v>2005</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>700</v>
       </c>
       <c r="B369" t="s">
         <v>701</v>
       </c>
       <c r="C369" t="s">
         <v>38</v>
       </c>
       <c r="D369" t="s">
         <v>31</v>
       </c>
       <c r="E369" t="s">
         <v>25</v>
       </c>
       <c r="F369">
         <v>2005</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>702</v>
       </c>
       <c r="B370" t="s">
         <v>703</v>
       </c>
       <c r="C370" t="s">
         <v>38</v>
       </c>
       <c r="D370" t="s">
         <v>31</v>
       </c>
       <c r="E370" t="s">
         <v>25</v>
       </c>
       <c r="F370">
         <v>2005</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>704</v>
       </c>
       <c r="B371" t="s">
         <v>705</v>
       </c>
       <c r="C371" t="s">
         <v>38</v>
       </c>
       <c r="D371" t="s">
         <v>31</v>
       </c>
       <c r="E371" t="s">
         <v>25</v>
       </c>
       <c r="F371">
         <v>2005</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>706</v>
       </c>
       <c r="B372" t="s">
         <v>707</v>
       </c>
       <c r="C372" t="s">
         <v>38</v>
       </c>
       <c r="D372" t="s">
         <v>31</v>
       </c>
       <c r="E372" t="s">
         <v>25</v>
       </c>
       <c r="F372">
         <v>2005</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>12</v>
       </c>
@@ -12985,51 +12985,51 @@
       <c r="H386" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>736</v>
       </c>
       <c r="B387" t="s">
         <v>737</v>
       </c>
       <c r="C387" t="s">
         <v>33</v>
       </c>
       <c r="D387" t="s">
         <v>31</v>
       </c>
       <c r="E387" t="s">
         <v>25</v>
       </c>
       <c r="F387">
         <v>2004</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>738</v>
       </c>
       <c r="B388" t="s">
         <v>739</v>
       </c>
       <c r="C388" t="s">
         <v>33</v>
       </c>
       <c r="D388" t="s">
         <v>31</v>
       </c>
       <c r="E388" t="s">
         <v>25</v>
       </c>
       <c r="F388">
         <v>2004</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>82</v>
       </c>
@@ -13129,51 +13129,51 @@
       <c r="H392" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>748</v>
       </c>
       <c r="B393" t="s">
         <v>749</v>
       </c>
       <c r="C393" t="s">
         <v>33</v>
       </c>
       <c r="D393" t="s">
         <v>31</v>
       </c>
       <c r="E393" t="s">
         <v>25</v>
       </c>
       <c r="F393">
         <v>2004</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>750</v>
       </c>
       <c r="B394" t="s">
         <v>751</v>
       </c>
       <c r="C394" t="s">
         <v>33</v>
       </c>
       <c r="D394" t="s">
         <v>31</v>
       </c>
       <c r="E394" t="s">
         <v>25</v>
       </c>
       <c r="F394">
         <v>2004</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>75</v>
       </c>
@@ -13677,51 +13677,51 @@
       <c r="H415" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>794</v>
       </c>
       <c r="B416" t="s">
         <v>795</v>
       </c>
       <c r="C416" t="s">
         <v>33</v>
       </c>
       <c r="D416" t="s">
         <v>31</v>
       </c>
       <c r="E416" t="s">
         <v>25</v>
       </c>
       <c r="F416">
         <v>2003</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>796</v>
       </c>
       <c r="B417" t="s">
         <v>797</v>
       </c>
       <c r="C417" t="s">
         <v>33</v>
       </c>
       <c r="D417" t="s">
         <v>31</v>
       </c>
       <c r="E417" t="s">
         <v>25</v>
       </c>
       <c r="F417">
         <v>2003</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
         <v>12</v>
       </c>
@@ -13773,51 +13773,51 @@
       <c r="H419" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>802</v>
       </c>
       <c r="B420" t="s">
         <v>803</v>
       </c>
       <c r="C420" t="s">
         <v>33</v>
       </c>
       <c r="D420" t="s">
         <v>31</v>
       </c>
       <c r="E420" t="s">
         <v>25</v>
       </c>
       <c r="F420">
         <v>2003</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>804</v>
       </c>
       <c r="B421" t="s">
         <v>805</v>
       </c>
       <c r="C421" t="s">
         <v>38</v>
       </c>
       <c r="D421" t="s">
         <v>31</v>
       </c>
       <c r="E421" t="s">
         <v>25</v>
       </c>
       <c r="F421">
         <v>2003</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
         <v>12</v>
       </c>
@@ -13865,75 +13865,75 @@
       <c r="H423" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>810</v>
       </c>
       <c r="B424" t="s">
         <v>811</v>
       </c>
       <c r="C424" t="s">
         <v>40</v>
       </c>
       <c r="D424" t="s">
         <v>31</v>
       </c>
       <c r="E424" t="s">
         <v>25</v>
       </c>
       <c r="F424">
         <v>2002</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>812</v>
       </c>
       <c r="B425" t="s">
         <v>813</v>
       </c>
       <c r="C425" t="s">
         <v>33</v>
       </c>
       <c r="D425" t="s">
         <v>31</v>
       </c>
       <c r="E425" t="s">
         <v>25</v>
       </c>
       <c r="F425">
         <v>2002</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>814</v>
       </c>
       <c r="B426" t="s">
         <v>815</v>
       </c>
       <c r="C426" t="s">
         <v>33</v>
       </c>
       <c r="D426" t="s">
         <v>31</v>
       </c>
       <c r="E426" t="s">
         <v>25</v>
       </c>
       <c r="F426">
         <v>2002</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>68</v>
       </c>
@@ -14057,99 +14057,99 @@
       <c r="H431" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>826</v>
       </c>
       <c r="B432" t="s">
         <v>827</v>
       </c>
       <c r="C432" t="s">
         <v>38</v>
       </c>
       <c r="D432" t="s">
         <v>31</v>
       </c>
       <c r="E432" t="s">
         <v>25</v>
       </c>
       <c r="F432">
         <v>2002</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>828</v>
       </c>
       <c r="B433" t="s">
         <v>829</v>
       </c>
       <c r="C433" t="s">
         <v>38</v>
       </c>
       <c r="D433" t="s">
         <v>31</v>
       </c>
       <c r="E433" t="s">
         <v>25</v>
       </c>
       <c r="F433">
         <v>2002</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>830</v>
       </c>
       <c r="B434" t="s">
         <v>831</v>
       </c>
       <c r="C434" t="s">
         <v>33</v>
       </c>
       <c r="D434" t="s">
         <v>31</v>
       </c>
       <c r="E434" t="s">
         <v>25</v>
       </c>
       <c r="F434">
         <v>2002</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>832</v>
       </c>
       <c r="B435" t="s">
         <v>833</v>
       </c>
       <c r="C435" t="s">
         <v>33</v>
       </c>
       <c r="D435" t="s">
         <v>31</v>
       </c>
       <c r="E435" t="s">
         <v>25</v>
       </c>
       <c r="F435">
         <v>2002</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
         <v>47</v>
       </c>
@@ -14177,51 +14177,51 @@
       <c r="H436" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>836</v>
       </c>
       <c r="B437" t="s">
         <v>837</v>
       </c>
       <c r="C437" t="s">
         <v>33</v>
       </c>
       <c r="D437" t="s">
         <v>31</v>
       </c>
       <c r="E437" t="s">
         <v>25</v>
       </c>
       <c r="F437">
         <v>2002</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>838</v>
       </c>
       <c r="B438" t="s">
         <v>839</v>
       </c>
       <c r="C438" t="s">
         <v>33</v>
       </c>
       <c r="D438" t="s">
         <v>31</v>
       </c>
       <c r="E438" t="s">
         <v>25</v>
       </c>
       <c r="F438">
         <v>2002</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>82</v>
       </c>
@@ -14321,75 +14321,75 @@
       <c r="H442" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>848</v>
       </c>
       <c r="B443" t="s">
         <v>849</v>
       </c>
       <c r="C443" t="s">
         <v>38</v>
       </c>
       <c r="D443" t="s">
         <v>31</v>
       </c>
       <c r="E443" t="s">
         <v>25</v>
       </c>
       <c r="F443">
         <v>2002</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>850</v>
       </c>
       <c r="B444" t="s">
         <v>851</v>
       </c>
       <c r="C444" t="s">
         <v>33</v>
       </c>
       <c r="D444" t="s">
         <v>31</v>
       </c>
       <c r="E444" t="s">
         <v>25</v>
       </c>
       <c r="F444">
         <v>2001</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>852</v>
       </c>
       <c r="B445" t="s">
         <v>853</v>
       </c>
       <c r="C445" t="s">
         <v>33</v>
       </c>
       <c r="D445" t="s">
         <v>31</v>
       </c>
       <c r="E445" t="s">
         <v>25</v>
       </c>
       <c r="F445">
         <v>2001</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
         <v>82</v>
       </c>
@@ -14417,147 +14417,147 @@
       <c r="H446" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>856</v>
       </c>
       <c r="B447" t="s">
         <v>857</v>
       </c>
       <c r="C447" t="s">
         <v>38</v>
       </c>
       <c r="D447" t="s">
         <v>31</v>
       </c>
       <c r="E447" t="s">
         <v>25</v>
       </c>
       <c r="F447">
         <v>2001</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>858</v>
       </c>
       <c r="B448" t="s">
         <v>859</v>
       </c>
       <c r="C448" t="s">
         <v>33</v>
       </c>
       <c r="D448" t="s">
         <v>31</v>
       </c>
       <c r="E448" t="s">
         <v>25</v>
       </c>
       <c r="F448">
         <v>2001</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>860</v>
       </c>
       <c r="B449" t="s">
         <v>861</v>
       </c>
       <c r="C449" t="s">
         <v>33</v>
       </c>
       <c r="D449" t="s">
         <v>31</v>
       </c>
       <c r="E449" t="s">
         <v>25</v>
       </c>
       <c r="F449">
         <v>2001</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>862</v>
       </c>
       <c r="B450" t="s">
         <v>863</v>
       </c>
       <c r="C450" t="s">
         <v>33</v>
       </c>
       <c r="D450" t="s">
         <v>31</v>
       </c>
       <c r="E450" t="s">
         <v>25</v>
       </c>
       <c r="F450">
         <v>2001</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>864</v>
       </c>
       <c r="B451" t="s">
         <v>865</v>
       </c>
       <c r="C451" t="s">
         <v>33</v>
       </c>
       <c r="D451" t="s">
         <v>31</v>
       </c>
       <c r="E451" t="s">
         <v>25</v>
       </c>
       <c r="F451">
         <v>2001</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>866</v>
       </c>
       <c r="B452" t="s">
         <v>867</v>
       </c>
       <c r="C452" t="s">
         <v>33</v>
       </c>
       <c r="D452" t="s">
         <v>31</v>
       </c>
       <c r="E452" t="s">
         <v>25</v>
       </c>
       <c r="F452">
         <v>2001</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
         <v>60</v>
       </c>
@@ -14585,51 +14585,51 @@
       <c r="H453" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>870</v>
       </c>
       <c r="B454" t="s">
         <v>871</v>
       </c>
       <c r="C454" t="s">
         <v>33</v>
       </c>
       <c r="D454" t="s">
         <v>31</v>
       </c>
       <c r="E454" t="s">
         <v>25</v>
       </c>
       <c r="F454">
         <v>2001</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>872</v>
       </c>
       <c r="B455" t="s">
         <v>873</v>
       </c>
       <c r="C455" t="s">
         <v>33</v>
       </c>
       <c r="D455" t="s">
         <v>31</v>
       </c>
       <c r="E455" t="s">
         <v>25</v>
       </c>
       <c r="F455">
         <v>2001</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
         <v>75</v>
       </c>
@@ -14657,51 +14657,51 @@
       <c r="H456" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>876</v>
       </c>
       <c r="B457" t="s">
         <v>877</v>
       </c>
       <c r="C457" t="s">
         <v>40</v>
       </c>
       <c r="D457" t="s">
         <v>31</v>
       </c>
       <c r="E457" t="s">
         <v>25</v>
       </c>
       <c r="F457">
         <v>2001</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>878</v>
       </c>
       <c r="B458" t="s">
         <v>879</v>
       </c>
       <c r="C458"/>
       <c r="D458" t="s">
         <v>498</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458">
         <v>2000</v>
       </c>
       <c r="G458" t="s">
         <v>58</v>
       </c>
       <c r="H458"/>
     </row>
     <row r="459" spans="1:8">
@@ -14797,51 +14797,51 @@
       <c r="H462" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>889</v>
       </c>
       <c r="B463" t="s">
         <v>890</v>
       </c>
       <c r="C463" t="s">
         <v>33</v>
       </c>
       <c r="D463" t="s">
         <v>31</v>
       </c>
       <c r="E463" t="s">
         <v>25</v>
       </c>
       <c r="F463">
         <v>2000</v>
       </c>
       <c r="G463"/>
       <c r="H463" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>891</v>
       </c>
       <c r="B464" t="s">
         <v>892</v>
       </c>
       <c r="C464" t="s">
         <v>33</v>
       </c>
       <c r="D464" t="s">
         <v>31</v>
       </c>
       <c r="E464" t="s">
         <v>25</v>
       </c>
       <c r="F464">
         <v>2000</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
         <v>12</v>
       </c>
@@ -14869,51 +14869,51 @@
       <c r="H465" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>895</v>
       </c>
       <c r="B466" t="s">
         <v>896</v>
       </c>
       <c r="C466" t="s">
         <v>33</v>
       </c>
       <c r="D466" t="s">
         <v>31</v>
       </c>
       <c r="E466" t="s">
         <v>25</v>
       </c>
       <c r="F466">
         <v>2000</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>897</v>
       </c>
       <c r="B467" t="s">
         <v>898</v>
       </c>
       <c r="C467" t="s">
         <v>33</v>
       </c>
       <c r="D467" t="s">
         <v>31</v>
       </c>
       <c r="E467" t="s">
         <v>25</v>
       </c>
       <c r="F467">
         <v>2000</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>12</v>
       </c>
@@ -14965,51 +14965,51 @@
       <c r="H469" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>903</v>
       </c>
       <c r="B470" t="s">
         <v>904</v>
       </c>
       <c r="C470" t="s">
         <v>40</v>
       </c>
       <c r="D470" t="s">
         <v>31</v>
       </c>
       <c r="E470" t="s">
         <v>25</v>
       </c>
       <c r="F470">
         <v>2000</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>905</v>
       </c>
       <c r="B471" t="s">
         <v>906</v>
       </c>
       <c r="C471"/>
       <c r="D471" t="s">
         <v>43</v>
       </c>
       <c r="E471" t="s">
         <v>19</v>
       </c>
       <c r="F471">
         <v>1999</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="472" spans="1:8">
@@ -15077,123 +15077,123 @@
       <c r="H474" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>913</v>
       </c>
       <c r="B475" t="s">
         <v>914</v>
       </c>
       <c r="C475" t="s">
         <v>40</v>
       </c>
       <c r="D475" t="s">
         <v>31</v>
       </c>
       <c r="E475" t="s">
         <v>25</v>
       </c>
       <c r="F475">
         <v>1999</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>915</v>
       </c>
       <c r="B476" t="s">
         <v>916</v>
       </c>
       <c r="C476" t="s">
         <v>33</v>
       </c>
       <c r="D476" t="s">
         <v>31</v>
       </c>
       <c r="E476" t="s">
         <v>25</v>
       </c>
       <c r="F476">
         <v>1999</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>917</v>
       </c>
       <c r="B477" t="s">
         <v>918</v>
       </c>
       <c r="C477" t="s">
         <v>33</v>
       </c>
       <c r="D477" t="s">
         <v>31</v>
       </c>
       <c r="E477" t="s">
         <v>25</v>
       </c>
       <c r="F477">
         <v>1999</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>919</v>
       </c>
       <c r="B478" t="s">
         <v>920</v>
       </c>
       <c r="C478" t="s">
         <v>33</v>
       </c>
       <c r="D478" t="s">
         <v>31</v>
       </c>
       <c r="E478" t="s">
         <v>25</v>
       </c>
       <c r="F478">
         <v>1999</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>921</v>
       </c>
       <c r="B479" t="s">
         <v>922</v>
       </c>
       <c r="C479" t="s">
         <v>33</v>
       </c>
       <c r="D479" t="s">
         <v>31</v>
       </c>
       <c r="E479" t="s">
         <v>25</v>
       </c>
       <c r="F479">
         <v>1999</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
         <v>47</v>
       </c>
@@ -15509,309 +15509,309 @@
       <c r="H492" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>949</v>
       </c>
       <c r="B493" t="s">
         <v>950</v>
       </c>
       <c r="C493" t="s">
         <v>40</v>
       </c>
       <c r="D493" t="s">
         <v>31</v>
       </c>
       <c r="E493" t="s">
         <v>25</v>
       </c>
       <c r="F493">
         <v>1999</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>951</v>
       </c>
       <c r="B494" t="s">
         <v>952</v>
       </c>
       <c r="C494" t="s">
         <v>38</v>
       </c>
       <c r="D494" t="s">
         <v>31</v>
       </c>
       <c r="E494" t="s">
         <v>25</v>
       </c>
       <c r="F494">
         <v>1999</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>953</v>
       </c>
       <c r="B495" t="s">
         <v>954</v>
       </c>
       <c r="C495"/>
       <c r="D495" t="s">
         <v>43</v>
       </c>
       <c r="E495" t="s">
         <v>19</v>
       </c>
       <c r="F495">
         <v>1998</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>955</v>
       </c>
       <c r="B496" t="s">
         <v>956</v>
       </c>
       <c r="C496"/>
       <c r="D496" t="s">
         <v>43</v>
       </c>
       <c r="E496" t="s">
         <v>19</v>
       </c>
       <c r="F496">
         <v>1998</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>957</v>
       </c>
       <c r="B497" t="s">
         <v>958</v>
       </c>
       <c r="C497"/>
       <c r="D497" t="s">
         <v>43</v>
       </c>
       <c r="E497" t="s">
         <v>19</v>
       </c>
       <c r="F497">
         <v>1998</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>959</v>
       </c>
       <c r="B498" t="s">
         <v>960</v>
       </c>
       <c r="C498" t="s">
         <v>33</v>
       </c>
       <c r="D498" t="s">
         <v>31</v>
       </c>
       <c r="E498" t="s">
         <v>25</v>
       </c>
       <c r="F498">
         <v>1998</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>961</v>
       </c>
       <c r="B499" t="s">
         <v>962</v>
       </c>
       <c r="C499" t="s">
         <v>40</v>
       </c>
       <c r="D499" t="s">
         <v>31</v>
       </c>
       <c r="E499" t="s">
         <v>25</v>
       </c>
       <c r="F499">
         <v>1998</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>963</v>
       </c>
       <c r="B500" t="s">
         <v>964</v>
       </c>
       <c r="C500" t="s">
         <v>33</v>
       </c>
       <c r="D500" t="s">
         <v>31</v>
       </c>
       <c r="E500" t="s">
         <v>25</v>
       </c>
       <c r="F500">
         <v>1998</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>965</v>
       </c>
       <c r="B501" t="s">
         <v>966</v>
       </c>
       <c r="C501" t="s">
         <v>33</v>
       </c>
       <c r="D501" t="s">
         <v>31</v>
       </c>
       <c r="E501" t="s">
         <v>25</v>
       </c>
       <c r="F501">
         <v>1998</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>967</v>
       </c>
       <c r="B502" t="s">
         <v>968</v>
       </c>
       <c r="C502" t="s">
         <v>33</v>
       </c>
       <c r="D502" t="s">
         <v>31</v>
       </c>
       <c r="E502" t="s">
         <v>25</v>
       </c>
       <c r="F502">
         <v>1998</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>969</v>
       </c>
       <c r="B503" t="s">
         <v>970</v>
       </c>
       <c r="C503" t="s">
         <v>33</v>
       </c>
       <c r="D503" t="s">
         <v>31</v>
       </c>
       <c r="E503" t="s">
         <v>25</v>
       </c>
       <c r="F503">
         <v>1998</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>971</v>
       </c>
       <c r="B504" t="s">
         <v>972</v>
       </c>
       <c r="C504" t="s">
         <v>33</v>
       </c>
       <c r="D504" t="s">
         <v>31</v>
       </c>
       <c r="E504" t="s">
         <v>25</v>
       </c>
       <c r="F504">
         <v>1998</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>973</v>
       </c>
       <c r="B505" t="s">
         <v>974</v>
       </c>
       <c r="C505" t="s">
         <v>33</v>
       </c>
       <c r="D505" t="s">
         <v>31</v>
       </c>
       <c r="E505" t="s">
         <v>25</v>
       </c>
       <c r="F505">
         <v>1998</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
         <v>112</v>
       </c>
@@ -15983,241 +15983,241 @@
       <c r="H512" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>989</v>
       </c>
       <c r="B513" t="s">
         <v>990</v>
       </c>
       <c r="C513" t="s">
         <v>33</v>
       </c>
       <c r="D513" t="s">
         <v>31</v>
       </c>
       <c r="E513" t="s">
         <v>25</v>
       </c>
       <c r="F513">
         <v>1997</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>991</v>
       </c>
       <c r="B514" t="s">
         <v>992</v>
       </c>
       <c r="C514" t="s">
         <v>33</v>
       </c>
       <c r="D514" t="s">
         <v>31</v>
       </c>
       <c r="E514" t="s">
         <v>25</v>
       </c>
       <c r="F514">
         <v>1997</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>993</v>
       </c>
       <c r="B515" t="s">
         <v>994</v>
       </c>
       <c r="C515"/>
       <c r="D515" t="s">
         <v>43</v>
       </c>
       <c r="E515" t="s">
         <v>19</v>
       </c>
       <c r="F515">
         <v>1996</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>995</v>
       </c>
       <c r="B516" t="s">
         <v>996</v>
       </c>
       <c r="C516" t="s">
         <v>33</v>
       </c>
       <c r="D516" t="s">
         <v>31</v>
       </c>
       <c r="E516" t="s">
         <v>25</v>
       </c>
       <c r="F516">
         <v>1996</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>997</v>
       </c>
       <c r="B517" t="s">
         <v>998</v>
       </c>
       <c r="C517" t="s">
         <v>33</v>
       </c>
       <c r="D517" t="s">
         <v>31</v>
       </c>
       <c r="E517" t="s">
         <v>25</v>
       </c>
       <c r="F517">
         <v>1996</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>999</v>
       </c>
       <c r="B518" t="s">
         <v>1000</v>
       </c>
       <c r="C518" t="s">
         <v>33</v>
       </c>
       <c r="D518" t="s">
         <v>31</v>
       </c>
       <c r="E518" t="s">
         <v>25</v>
       </c>
       <c r="F518">
         <v>1996</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>1001</v>
       </c>
       <c r="B519" t="s">
         <v>1002</v>
       </c>
       <c r="C519" t="s">
         <v>33</v>
       </c>
       <c r="D519" t="s">
         <v>31</v>
       </c>
       <c r="E519" t="s">
         <v>25</v>
       </c>
       <c r="F519">
         <v>1996</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>1003</v>
       </c>
       <c r="B520" t="s">
         <v>1004</v>
       </c>
       <c r="C520" t="s">
         <v>33</v>
       </c>
       <c r="D520" t="s">
         <v>31</v>
       </c>
       <c r="E520" t="s">
         <v>25</v>
       </c>
       <c r="F520">
         <v>1996</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>1005</v>
       </c>
       <c r="B521" t="s">
         <v>1006</v>
       </c>
       <c r="C521" t="s">
         <v>33</v>
       </c>
       <c r="D521" t="s">
         <v>31</v>
       </c>
       <c r="E521" t="s">
         <v>25</v>
       </c>
       <c r="F521">
         <v>1996</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>1007</v>
       </c>
       <c r="B522" t="s">
         <v>1008</v>
       </c>
       <c r="C522" t="s">
         <v>33</v>
       </c>
       <c r="D522" t="s">
         <v>31</v>
       </c>
       <c r="E522" t="s">
         <v>25</v>
       </c>
       <c r="F522">
         <v>1996</v>
       </c>
       <c r="G522"/>
       <c r="H522" t="s">
         <v>145</v>
       </c>
@@ -16359,75 +16359,75 @@
       <c r="H528" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1021</v>
       </c>
       <c r="B529" t="s">
         <v>1022</v>
       </c>
       <c r="C529" t="s">
         <v>33</v>
       </c>
       <c r="D529" t="s">
         <v>31</v>
       </c>
       <c r="E529" t="s">
         <v>25</v>
       </c>
       <c r="F529">
         <v>1995</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1023</v>
       </c>
       <c r="B530" t="s">
         <v>1024</v>
       </c>
       <c r="C530" t="s">
         <v>33</v>
       </c>
       <c r="D530" t="s">
         <v>31</v>
       </c>
       <c r="E530" t="s">
         <v>25</v>
       </c>
       <c r="F530">
         <v>1995</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1025</v>
       </c>
       <c r="B531" t="s">
         <v>1026</v>
       </c>
       <c r="C531" t="s">
         <v>33</v>
       </c>
       <c r="D531" t="s">
         <v>31</v>
       </c>
       <c r="E531" t="s">
         <v>25</v>
       </c>
       <c r="F531">
         <v>1995</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>75</v>
       </c>
@@ -16449,123 +16449,123 @@
       </c>
       <c r="G532" t="s">
         <v>58</v>
       </c>
       <c r="H532"/>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>1029</v>
       </c>
       <c r="B533" t="s">
         <v>1030</v>
       </c>
       <c r="C533"/>
       <c r="D533" t="s">
         <v>43</v>
       </c>
       <c r="E533" t="s">
         <v>19</v>
       </c>
       <c r="F533">
         <v>1994</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>1031</v>
       </c>
       <c r="B534" t="s">
         <v>1032</v>
       </c>
       <c r="C534" t="s">
         <v>33</v>
       </c>
       <c r="D534" t="s">
         <v>31</v>
       </c>
       <c r="E534" t="s">
         <v>25</v>
       </c>
       <c r="F534">
         <v>1994</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>1033</v>
       </c>
       <c r="B535" t="s">
         <v>1034</v>
       </c>
       <c r="C535" t="s">
         <v>33</v>
       </c>
       <c r="D535" t="s">
         <v>31</v>
       </c>
       <c r="E535" t="s">
         <v>25</v>
       </c>
       <c r="F535">
         <v>1994</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>1035</v>
       </c>
       <c r="B536" t="s">
         <v>1036</v>
       </c>
       <c r="C536" t="s">
         <v>33</v>
       </c>
       <c r="D536" t="s">
         <v>31</v>
       </c>
       <c r="E536" t="s">
         <v>25</v>
       </c>
       <c r="F536">
         <v>1994</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>1037</v>
       </c>
       <c r="B537" t="s">
         <v>1038</v>
       </c>
       <c r="C537" t="s">
         <v>33</v>
       </c>
       <c r="D537" t="s">
         <v>31</v>
       </c>
       <c r="E537" t="s">
         <v>25</v>
       </c>
       <c r="F537">
         <v>1994</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>12</v>
       </c>
@@ -16761,51 +16761,51 @@
       <c r="H545" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1055</v>
       </c>
       <c r="B546" t="s">
         <v>1056</v>
       </c>
       <c r="C546" t="s">
         <v>33</v>
       </c>
       <c r="D546" t="s">
         <v>31</v>
       </c>
       <c r="E546" t="s">
         <v>25</v>
       </c>
       <c r="F546">
         <v>1994</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1057</v>
       </c>
       <c r="B547" t="s">
         <v>1058</v>
       </c>
       <c r="C547" t="s">
         <v>33</v>
       </c>
       <c r="D547" t="s">
         <v>31</v>
       </c>
       <c r="E547" t="s">
         <v>25</v>
       </c>
       <c r="F547">
         <v>1994</v>
       </c>
       <c r="G547"/>
       <c r="H547" t="s">
         <v>112</v>
       </c>
@@ -17001,51 +17001,51 @@
       <c r="H555" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>1075</v>
       </c>
       <c r="B556" t="s">
         <v>1076</v>
       </c>
       <c r="C556" t="s">
         <v>33</v>
       </c>
       <c r="D556" t="s">
         <v>31</v>
       </c>
       <c r="E556" t="s">
         <v>25</v>
       </c>
       <c r="F556">
         <v>1994</v>
       </c>
       <c r="G556"/>
       <c r="H556" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>1077</v>
       </c>
       <c r="B557" t="s">
         <v>1078</v>
       </c>
       <c r="C557" t="s">
         <v>33</v>
       </c>
       <c r="D557" t="s">
         <v>31</v>
       </c>
       <c r="E557" t="s">
         <v>25</v>
       </c>
       <c r="F557">
         <v>1994</v>
       </c>
       <c r="G557"/>
       <c r="H557" t="s">
         <v>12</v>
       </c>
@@ -17187,123 +17187,123 @@
       <c r="H563" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>1091</v>
       </c>
       <c r="B564" t="s">
         <v>1092</v>
       </c>
       <c r="C564" t="s">
         <v>33</v>
       </c>
       <c r="D564" t="s">
         <v>31</v>
       </c>
       <c r="E564" t="s">
         <v>25</v>
       </c>
       <c r="F564">
         <v>1992</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>1093</v>
       </c>
       <c r="B565" t="s">
         <v>1094</v>
       </c>
       <c r="C565" t="s">
         <v>38</v>
       </c>
       <c r="D565" t="s">
         <v>31</v>
       </c>
       <c r="E565" t="s">
         <v>25</v>
       </c>
       <c r="F565">
         <v>1992</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>1095</v>
       </c>
       <c r="B566" t="s">
         <v>1096</v>
       </c>
       <c r="C566" t="s">
         <v>33</v>
       </c>
       <c r="D566" t="s">
         <v>31</v>
       </c>
       <c r="E566" t="s">
         <v>25</v>
       </c>
       <c r="F566">
         <v>1992</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>1097</v>
       </c>
       <c r="B567" t="s">
         <v>1098</v>
       </c>
       <c r="C567" t="s">
         <v>33</v>
       </c>
       <c r="D567" t="s">
         <v>31</v>
       </c>
       <c r="E567" t="s">
         <v>25</v>
       </c>
       <c r="F567">
         <v>1992</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>1099</v>
       </c>
       <c r="B568" t="s">
         <v>1100</v>
       </c>
       <c r="C568" t="s">
         <v>108</v>
       </c>
       <c r="D568" t="s">
         <v>109</v>
       </c>
       <c r="E568" t="s">
         <v>25</v>
       </c>
       <c r="F568">
         <v>1992</v>
       </c>
       <c r="G568" t="s">
         <v>15</v>
       </c>
       <c r="H568"/>
@@ -17329,99 +17329,99 @@
       <c r="H569" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>1103</v>
       </c>
       <c r="B570" t="s">
         <v>1104</v>
       </c>
       <c r="C570" t="s">
         <v>33</v>
       </c>
       <c r="D570" t="s">
         <v>31</v>
       </c>
       <c r="E570" t="s">
         <v>25</v>
       </c>
       <c r="F570">
         <v>1991</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>1105</v>
       </c>
       <c r="B571" t="s">
         <v>1106</v>
       </c>
       <c r="C571" t="s">
         <v>33</v>
       </c>
       <c r="D571" t="s">
         <v>31</v>
       </c>
       <c r="E571" t="s">
         <v>25</v>
       </c>
       <c r="F571">
         <v>1990</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>1107</v>
       </c>
       <c r="B572" t="s">
         <v>1108</v>
       </c>
       <c r="C572" t="s">
         <v>33</v>
       </c>
       <c r="D572" t="s">
         <v>31</v>
       </c>
       <c r="E572" t="s">
         <v>25</v>
       </c>
       <c r="F572">
         <v>1989</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1109</v>
       </c>
       <c r="B573" t="s">
         <v>1110</v>
       </c>
       <c r="C573" t="s">
         <v>33</v>
       </c>
       <c r="D573" t="s">
         <v>31</v>
       </c>
       <c r="E573" t="s">
         <v>25</v>
       </c>
       <c r="F573">
         <v>1989</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
         <v>20</v>
       </c>
@@ -17449,97 +17449,97 @@
       <c r="H574" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>1113</v>
       </c>
       <c r="B575" t="s">
         <v>1114</v>
       </c>
       <c r="C575" t="s">
         <v>33</v>
       </c>
       <c r="D575" t="s">
         <v>31</v>
       </c>
       <c r="E575" t="s">
         <v>25</v>
       </c>
       <c r="F575">
         <v>1986</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>1115</v>
       </c>
       <c r="B576" t="s">
         <v>1116</v>
       </c>
       <c r="C576" t="s">
         <v>33</v>
       </c>
       <c r="D576" t="s">
         <v>31</v>
       </c>
       <c r="E576" t="s">
         <v>25</v>
       </c>
       <c r="F576">
         <v>1986</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>1117</v>
       </c>
       <c r="B577" t="s">
         <v>1118</v>
       </c>
       <c r="C577"/>
       <c r="D577" t="s">
         <v>43</v>
       </c>
       <c r="E577" t="s">
         <v>19</v>
       </c>
       <c r="F577">
         <v>1984</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>1119</v>
       </c>
       <c r="B578" t="s">
         <v>1120</v>
       </c>
       <c r="C578" t="s">
         <v>33</v>
       </c>
       <c r="D578" t="s">
         <v>31</v>
       </c>
       <c r="E578" t="s">
         <v>25</v>
       </c>
       <c r="F578">
         <v>1974</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
         <v>82</v>
       </c>
@@ -17547,65 +17547,65 @@
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>1121</v>
       </c>
       <c r="B579"/>
       <c r="C579"/>
       <c r="D579"/>
       <c r="E579"/>
       <c r="F579"/>
       <c r="G579"/>
       <c r="H579" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>1122</v>
       </c>
       <c r="B580"/>
       <c r="C580"/>
       <c r="D580"/>
       <c r="E580"/>
       <c r="F580"/>
       <c r="G580"/>
       <c r="H580" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>1122</v>
       </c>
       <c r="B581"/>
       <c r="C581"/>
       <c r="D581"/>
       <c r="E581"/>
       <c r="F581"/>
       <c r="G581"/>
       <c r="H581" t="s">
-        <v>68</v>
+        <v>46</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>1123</v>
       </c>
       <c r="B582"/>
       <c r="C582"/>
       <c r="D582"/>
       <c r="E582"/>
       <c r="F582"/>
       <c r="G582"/>
       <c r="H582" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>1124</v>
       </c>
       <c r="B583"/>
       <c r="C583"/>
       <c r="D583"/>
       <c r="E583"/>
       <c r="F583"/>
@@ -17825,115 +17825,115 @@
       <c r="B597" t="s">
         <v>1142</v>
       </c>
       <c r="C597"/>
       <c r="D597"/>
       <c r="E597"/>
       <c r="F597"/>
       <c r="G597"/>
       <c r="H597" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>1148</v>
       </c>
       <c r="B598" t="s">
         <v>1149</v>
       </c>
       <c r="C598"/>
       <c r="D598"/>
       <c r="E598"/>
       <c r="F598"/>
       <c r="G598"/>
       <c r="H598" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>1150</v>
       </c>
       <c r="B599" t="s">
         <v>1151</v>
       </c>
       <c r="C599"/>
       <c r="D599"/>
       <c r="E599"/>
       <c r="F599"/>
       <c r="G599"/>
       <c r="H599" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>1152</v>
       </c>
       <c r="B600" t="s">
         <v>1153</v>
       </c>
       <c r="C600"/>
       <c r="D600"/>
       <c r="E600"/>
       <c r="F600"/>
       <c r="G600"/>
       <c r="H600" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>1154</v>
       </c>
       <c r="B601" t="s">
         <v>1155</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601"/>
       <c r="F601"/>
       <c r="G601"/>
       <c r="H601" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>1156</v>
       </c>
       <c r="B602" t="s">
         <v>1157</v>
       </c>
       <c r="C602"/>
       <c r="D602"/>
       <c r="E602"/>
       <c r="F602"/>
       <c r="G602"/>
       <c r="H602" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>1158</v>
       </c>
       <c r="B603" t="s">
         <v>1159</v>
       </c>
       <c r="C603"/>
       <c r="D603"/>
       <c r="E603"/>
       <c r="F603"/>
       <c r="G603"/>
       <c r="H603" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>1160</v>
       </c>
       <c r="B604" t="s">
         <v>1161</v>
       </c>
@@ -17953,51 +17953,51 @@
       <c r="B605" t="s">
         <v>1163</v>
       </c>
       <c r="C605"/>
       <c r="D605"/>
       <c r="E605"/>
       <c r="F605"/>
       <c r="G605"/>
       <c r="H605" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>1164</v>
       </c>
       <c r="B606" t="s">
         <v>1165</v>
       </c>
       <c r="C606"/>
       <c r="D606"/>
       <c r="E606"/>
       <c r="F606"/>
       <c r="G606"/>
       <c r="H606" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>1166</v>
       </c>
       <c r="B607" t="s">
         <v>1142</v>
       </c>
       <c r="C607"/>
       <c r="D607"/>
       <c r="E607"/>
       <c r="F607"/>
       <c r="G607"/>
       <c r="H607" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>1167</v>
       </c>
       <c r="B608" t="s">
         <v>500</v>
       </c>