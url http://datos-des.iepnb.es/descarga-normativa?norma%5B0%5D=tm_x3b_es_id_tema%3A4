--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -102,114 +102,114 @@
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Ciudad Autónoma de Melilla</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
@@ -3770,103 +3770,103 @@
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
       <c r="H7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
       <c r="H9" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>21</v>
       </c>
       <c r="E10" t="s">
         <v>16</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
       <c r="H10" t="s">
@@ -3922,171 +3922,171 @@
       <c r="H12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>36</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>16</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>16</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>16</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16" t="s">
         <v>16</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
       <c r="H16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>38</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>38</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>37</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>38</v>
       </c>
       <c r="E19" t="s">
         <v>16</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
         <v>43</v>
       </c>
@@ -4126,171 +4126,171 @@
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>37</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>16</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>37</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>16</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>37</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>37</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>37</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>37</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>16</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
         <v>25</v>
       </c>
       <c r="C29" t="s">
         <v>35</v>
       </c>
       <c r="D29" t="s">
         <v>52</v>
       </c>
       <c r="E29" t="s">
         <v>22</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" t="s">
@@ -4298,77 +4298,77 @@
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30" t="s">
         <v>35</v>
       </c>
       <c r="D30" t="s">
         <v>52</v>
       </c>
       <c r="E30" t="s">
         <v>22</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
       <c r="H30" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31" t="s">
         <v>35</v>
       </c>
       <c r="D31" t="s">
         <v>52</v>
       </c>
       <c r="E31" t="s">
         <v>22</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
       <c r="H31" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>54</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>22</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>55</v>
       </c>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>56</v>
@@ -4396,77 +4396,77 @@
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>25</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>21</v>
       </c>
       <c r="E34" t="s">
         <v>22</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>60</v>
       </c>
       <c r="H34" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>59</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>21</v>
       </c>
       <c r="E35" t="s">
         <v>22</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>60</v>
       </c>
       <c r="H35" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>62</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>16</v>
       </c>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>63</v>
@@ -4516,51 +4516,51 @@
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>68</v>
       </c>
       <c r="B39" t="s">
         <v>69</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>21</v>
       </c>
       <c r="E39" t="s">
         <v>22</v>
       </c>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>69</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>21</v>
       </c>
       <c r="E40" t="s">
         <v>22</v>
       </c>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
@@ -4568,125 +4568,125 @@
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>69</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>22</v>
       </c>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>69</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>21</v>
       </c>
       <c r="E42" t="s">
         <v>22</v>
       </c>
       <c r="F42">
         <v>2022</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>71</v>
       </c>
       <c r="C43" t="s">
         <v>28</v>
       </c>
       <c r="D43" t="s">
         <v>52</v>
       </c>
       <c r="E43" t="s">
         <v>22</v>
       </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>74</v>
       </c>
       <c r="C44" t="s">
         <v>28</v>
       </c>
       <c r="D44" t="s">
         <v>52</v>
       </c>
       <c r="E44" t="s">
         <v>22</v>
       </c>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>75</v>
       </c>
       <c r="B45" t="s">
         <v>76</v>
       </c>
       <c r="C45" t="s">
         <v>28</v>
       </c>
       <c r="D45" t="s">
         <v>52</v>
       </c>
       <c r="E45" t="s">
         <v>22</v>
       </c>
       <c r="F45">
         <v>2020</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>77</v>
       </c>
@@ -4736,147 +4736,147 @@
       <c r="H47" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>82</v>
       </c>
       <c r="B48" t="s">
         <v>83</v>
       </c>
       <c r="C48" t="s">
         <v>28</v>
       </c>
       <c r="D48" t="s">
         <v>52</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48">
         <v>2019</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>84</v>
       </c>
       <c r="B49" t="s">
         <v>85</v>
       </c>
       <c r="C49" t="s">
         <v>28</v>
       </c>
       <c r="D49" t="s">
         <v>52</v>
       </c>
       <c r="E49" t="s">
         <v>22</v>
       </c>
       <c r="F49">
         <v>2019</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>87</v>
       </c>
       <c r="C50" t="s">
         <v>28</v>
       </c>
       <c r="D50" t="s">
         <v>52</v>
       </c>
       <c r="E50" t="s">
         <v>22</v>
       </c>
       <c r="F50">
         <v>2018</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>88</v>
       </c>
       <c r="B51" t="s">
         <v>89</v>
       </c>
       <c r="C51" t="s">
         <v>28</v>
       </c>
       <c r="D51" t="s">
         <v>52</v>
       </c>
       <c r="E51" t="s">
         <v>22</v>
       </c>
       <c r="F51">
         <v>2018</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>90</v>
       </c>
       <c r="B52" t="s">
         <v>91</v>
       </c>
       <c r="C52" t="s">
         <v>28</v>
       </c>
       <c r="D52" t="s">
         <v>52</v>
       </c>
       <c r="E52" t="s">
         <v>22</v>
       </c>
       <c r="F52">
         <v>2018</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>92</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53">
         <v>2017</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>93</v>
       </c>
       <c r="B54" t="s">
         <v>94</v>
       </c>
@@ -5208,51 +5208,51 @@
       <c r="H67" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>120</v>
       </c>
       <c r="B68" t="s">
         <v>121</v>
       </c>
       <c r="C68" t="s">
         <v>28</v>
       </c>
       <c r="D68" t="s">
         <v>52</v>
       </c>
       <c r="E68" t="s">
         <v>22</v>
       </c>
       <c r="F68">
         <v>2017</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>122</v>
       </c>
       <c r="B69" t="s">
         <v>123</v>
       </c>
       <c r="C69" t="s">
         <v>57</v>
       </c>
       <c r="D69" t="s">
         <v>52</v>
       </c>
       <c r="E69" t="s">
         <v>22</v>
       </c>
       <c r="F69">
         <v>2017</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>26</v>
       </c>
@@ -5310,51 +5310,51 @@
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>128</v>
       </c>
       <c r="B73" t="s">
         <v>129</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>38</v>
       </c>
       <c r="E73" t="s">
         <v>16</v>
       </c>
       <c r="F73">
         <v>2016</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>130</v>
       </c>
       <c r="B74" t="s">
         <v>131</v>
       </c>
       <c r="C74" t="s">
         <v>28</v>
       </c>
       <c r="D74" t="s">
         <v>52</v>
       </c>
       <c r="E74" t="s">
         <v>22</v>
       </c>
       <c r="F74">
         <v>2016</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>132</v>
       </c>
@@ -5644,51 +5644,51 @@
         <v>12</v>
       </c>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>157</v>
       </c>
       <c r="B87" t="s">
         <v>158</v>
       </c>
       <c r="C87" t="s">
         <v>28</v>
       </c>
       <c r="D87" t="s">
         <v>52</v>
       </c>
       <c r="E87" t="s">
         <v>22</v>
       </c>
       <c r="F87">
         <v>2015</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>159</v>
       </c>
       <c r="B88" t="s">
         <v>160</v>
       </c>
       <c r="C88" t="s">
         <v>28</v>
       </c>
       <c r="D88" t="s">
         <v>52</v>
       </c>
       <c r="E88" t="s">
         <v>22</v>
       </c>
       <c r="F88">
         <v>2015</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>26</v>
       </c>
@@ -7236,135 +7236,135 @@
       <c r="H156" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>284</v>
       </c>
       <c r="B157" t="s">
         <v>285</v>
       </c>
       <c r="C157" t="s">
         <v>28</v>
       </c>
       <c r="D157" t="s">
         <v>52</v>
       </c>
       <c r="E157" t="s">
         <v>22</v>
       </c>
       <c r="F157">
         <v>2014</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>286</v>
       </c>
       <c r="B158" t="s">
         <v>287</v>
       </c>
       <c r="C158" t="s">
         <v>35</v>
       </c>
       <c r="D158" t="s">
         <v>52</v>
       </c>
       <c r="E158" t="s">
         <v>22</v>
       </c>
       <c r="F158">
         <v>2014</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>288</v>
       </c>
       <c r="B159"/>
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159">
         <v>2013</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>289</v>
       </c>
       <c r="B160" t="s">
         <v>290</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>38</v>
       </c>
       <c r="E160" t="s">
         <v>16</v>
       </c>
       <c r="F160">
         <v>2013</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>291</v>
       </c>
       <c r="B161" t="s">
         <v>292</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>38</v>
       </c>
       <c r="E161" t="s">
         <v>16</v>
       </c>
       <c r="F161">
         <v>2013</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>293</v>
       </c>
       <c r="B162" t="s">
         <v>294</v>
       </c>
       <c r="C162" t="s">
         <v>35</v>
       </c>
       <c r="D162" t="s">
         <v>52</v>
       </c>
       <c r="E162" t="s">
         <v>22</v>
       </c>
       <c r="F162">
         <v>2013</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>58</v>
       </c>
@@ -7416,147 +7416,147 @@
       <c r="H164" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>299</v>
       </c>
       <c r="B165" t="s">
         <v>300</v>
       </c>
       <c r="C165" t="s">
         <v>35</v>
       </c>
       <c r="D165" t="s">
         <v>52</v>
       </c>
       <c r="E165" t="s">
         <v>22</v>
       </c>
       <c r="F165">
         <v>2013</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>301</v>
       </c>
       <c r="B166" t="s">
         <v>302</v>
       </c>
       <c r="C166" t="s">
         <v>28</v>
       </c>
       <c r="D166" t="s">
         <v>52</v>
       </c>
       <c r="E166" t="s">
         <v>22</v>
       </c>
       <c r="F166">
         <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>303</v>
       </c>
       <c r="B167" t="s">
         <v>304</v>
       </c>
       <c r="C167" t="s">
         <v>28</v>
       </c>
       <c r="D167" t="s">
         <v>52</v>
       </c>
       <c r="E167" t="s">
         <v>22</v>
       </c>
       <c r="F167">
         <v>2013</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>305</v>
       </c>
       <c r="B168" t="s">
         <v>306</v>
       </c>
       <c r="C168" t="s">
         <v>35</v>
       </c>
       <c r="D168" t="s">
         <v>52</v>
       </c>
       <c r="E168" t="s">
         <v>22</v>
       </c>
       <c r="F168">
         <v>2013</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>307</v>
       </c>
       <c r="B169" t="s">
         <v>308</v>
       </c>
       <c r="C169" t="s">
         <v>35</v>
       </c>
       <c r="D169" t="s">
         <v>52</v>
       </c>
       <c r="E169" t="s">
         <v>22</v>
       </c>
       <c r="F169">
         <v>2013</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>309</v>
       </c>
       <c r="B170" t="s">
         <v>310</v>
       </c>
       <c r="C170" t="s">
         <v>28</v>
       </c>
       <c r="D170" t="s">
         <v>52</v>
       </c>
       <c r="E170" t="s">
         <v>22</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>26</v>
       </c>
@@ -7632,51 +7632,51 @@
       <c r="H173" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>317</v>
       </c>
       <c r="B174" t="s">
         <v>318</v>
       </c>
       <c r="C174" t="s">
         <v>28</v>
       </c>
       <c r="D174" t="s">
         <v>52</v>
       </c>
       <c r="E174" t="s">
         <v>22</v>
       </c>
       <c r="F174">
         <v>2013</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>319</v>
       </c>
       <c r="B175" t="s">
         <v>320</v>
       </c>
       <c r="C175" t="s">
         <v>57</v>
       </c>
       <c r="D175" t="s">
         <v>52</v>
       </c>
       <c r="E175" t="s">
         <v>22</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>26</v>
       </c>
@@ -7702,51 +7702,51 @@
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>323</v>
       </c>
       <c r="B177" t="s">
         <v>324</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>156</v>
       </c>
       <c r="E177" t="s">
         <v>16</v>
       </c>
       <c r="F177">
         <v>2012</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>325</v>
       </c>
       <c r="B178" t="s">
         <v>326</v>
       </c>
       <c r="C178" t="s">
         <v>35</v>
       </c>
       <c r="D178" t="s">
         <v>52</v>
       </c>
       <c r="E178" t="s">
         <v>22</v>
       </c>
       <c r="F178">
         <v>2012</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>58</v>
       </c>
@@ -7846,215 +7846,215 @@
       <c r="H182" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>335</v>
       </c>
       <c r="B183" t="s">
         <v>336</v>
       </c>
       <c r="C183" t="s">
         <v>28</v>
       </c>
       <c r="D183" t="s">
         <v>52</v>
       </c>
       <c r="E183" t="s">
         <v>22</v>
       </c>
       <c r="F183">
         <v>2012</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>337</v>
       </c>
       <c r="B184" t="s">
         <v>338</v>
       </c>
       <c r="C184" t="s">
         <v>35</v>
       </c>
       <c r="D184" t="s">
         <v>52</v>
       </c>
       <c r="E184" t="s">
         <v>22</v>
       </c>
       <c r="F184">
         <v>2012</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>339</v>
       </c>
       <c r="B185" t="s">
         <v>340</v>
       </c>
       <c r="C185" t="s">
         <v>28</v>
       </c>
       <c r="D185" t="s">
         <v>52</v>
       </c>
       <c r="E185" t="s">
         <v>22</v>
       </c>
       <c r="F185">
         <v>2012</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>341</v>
       </c>
       <c r="B186" t="s">
         <v>342</v>
       </c>
       <c r="C186" t="s">
         <v>35</v>
       </c>
       <c r="D186" t="s">
         <v>52</v>
       </c>
       <c r="E186" t="s">
         <v>22</v>
       </c>
       <c r="F186">
         <v>2012</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>343</v>
       </c>
       <c r="B187" t="s">
         <v>344</v>
       </c>
       <c r="C187" t="s">
         <v>35</v>
       </c>
       <c r="D187" t="s">
         <v>52</v>
       </c>
       <c r="E187" t="s">
         <v>22</v>
       </c>
       <c r="F187">
         <v>2012</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>345</v>
       </c>
       <c r="B188" t="s">
         <v>346</v>
       </c>
       <c r="C188" t="s">
         <v>35</v>
       </c>
       <c r="D188" t="s">
         <v>52</v>
       </c>
       <c r="E188" t="s">
         <v>22</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>347</v>
       </c>
       <c r="B189" t="s">
         <v>348</v>
       </c>
       <c r="C189"/>
       <c r="D189" t="s">
         <v>38</v>
       </c>
       <c r="E189" t="s">
         <v>16</v>
       </c>
       <c r="F189">
         <v>2011</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>349</v>
       </c>
       <c r="B190" t="s">
         <v>350</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
         <v>38</v>
       </c>
       <c r="E190" t="s">
         <v>16</v>
       </c>
       <c r="F190">
         <v>2011</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>351</v>
       </c>
       <c r="B191" t="s">
         <v>352</v>
       </c>
       <c r="C191" t="s">
         <v>353</v>
       </c>
       <c r="D191" t="s">
         <v>354</v>
       </c>
       <c r="E191" t="s">
         <v>22</v>
       </c>
       <c r="F191">
         <v>2011</v>
       </c>
       <c r="G191" t="s">
         <v>12</v>
       </c>
       <c r="H191"/>
@@ -8250,75 +8250,75 @@
       <c r="H199" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>371</v>
       </c>
       <c r="B200" t="s">
         <v>372</v>
       </c>
       <c r="C200" t="s">
         <v>28</v>
       </c>
       <c r="D200" t="s">
         <v>52</v>
       </c>
       <c r="E200" t="s">
         <v>22</v>
       </c>
       <c r="F200">
         <v>2011</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>373</v>
       </c>
       <c r="B201" t="s">
         <v>374</v>
       </c>
       <c r="C201" t="s">
         <v>35</v>
       </c>
       <c r="D201" t="s">
         <v>52</v>
       </c>
       <c r="E201" t="s">
         <v>22</v>
       </c>
       <c r="F201">
         <v>2011</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>375</v>
       </c>
       <c r="B202" t="s">
         <v>376</v>
       </c>
       <c r="C202" t="s">
         <v>35</v>
       </c>
       <c r="D202" t="s">
         <v>52</v>
       </c>
       <c r="E202" t="s">
         <v>22</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>17</v>
       </c>
@@ -8490,51 +8490,51 @@
       <c r="H209" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>391</v>
       </c>
       <c r="B210" t="s">
         <v>392</v>
       </c>
       <c r="C210" t="s">
         <v>28</v>
       </c>
       <c r="D210" t="s">
         <v>52</v>
       </c>
       <c r="E210" t="s">
         <v>22</v>
       </c>
       <c r="F210">
         <v>2011</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>393</v>
       </c>
       <c r="B211" t="s">
         <v>394</v>
       </c>
       <c r="C211" t="s">
         <v>35</v>
       </c>
       <c r="D211" t="s">
         <v>52</v>
       </c>
       <c r="E211" t="s">
         <v>22</v>
       </c>
       <c r="F211">
         <v>2011</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>26</v>
       </c>
@@ -8700,51 +8700,51 @@
       <c r="H218" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>409</v>
       </c>
       <c r="B219" t="s">
         <v>410</v>
       </c>
       <c r="C219" t="s">
         <v>33</v>
       </c>
       <c r="D219" t="s">
         <v>52</v>
       </c>
       <c r="E219" t="s">
         <v>22</v>
       </c>
       <c r="F219">
         <v>2010</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>411</v>
       </c>
       <c r="B220" t="s">
         <v>412</v>
       </c>
       <c r="C220" t="s">
         <v>35</v>
       </c>
       <c r="D220" t="s">
         <v>52</v>
       </c>
       <c r="E220" t="s">
         <v>22</v>
       </c>
       <c r="F220">
         <v>2010</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>77</v>
       </c>
@@ -8772,99 +8772,99 @@
       <c r="H221" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>415</v>
       </c>
       <c r="B222" t="s">
         <v>416</v>
       </c>
       <c r="C222" t="s">
         <v>35</v>
       </c>
       <c r="D222" t="s">
         <v>52</v>
       </c>
       <c r="E222" t="s">
         <v>22</v>
       </c>
       <c r="F222">
         <v>2010</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>417</v>
       </c>
       <c r="B223" t="s">
         <v>418</v>
       </c>
       <c r="C223" t="s">
         <v>35</v>
       </c>
       <c r="D223" t="s">
         <v>52</v>
       </c>
       <c r="E223" t="s">
         <v>22</v>
       </c>
       <c r="F223">
         <v>2010</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>419</v>
       </c>
       <c r="B224" t="s">
         <v>420</v>
       </c>
       <c r="C224" t="s">
         <v>33</v>
       </c>
       <c r="D224" t="s">
         <v>52</v>
       </c>
       <c r="E224" t="s">
         <v>22</v>
       </c>
       <c r="F224">
         <v>2010</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>421</v>
       </c>
       <c r="B225" t="s">
         <v>422</v>
       </c>
       <c r="C225" t="s">
         <v>28</v>
       </c>
       <c r="D225" t="s">
         <v>52</v>
       </c>
       <c r="E225" t="s">
         <v>22</v>
       </c>
       <c r="F225">
         <v>2010</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
         <v>77</v>
       </c>
@@ -8940,51 +8940,51 @@
       <c r="H228" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>429</v>
       </c>
       <c r="B229" t="s">
         <v>430</v>
       </c>
       <c r="C229" t="s">
         <v>28</v>
       </c>
       <c r="D229" t="s">
         <v>52</v>
       </c>
       <c r="E229" t="s">
         <v>22</v>
       </c>
       <c r="F229">
         <v>2010</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>431</v>
       </c>
       <c r="B230" t="s">
         <v>432</v>
       </c>
       <c r="C230" t="s">
         <v>35</v>
       </c>
       <c r="D230" t="s">
         <v>52</v>
       </c>
       <c r="E230" t="s">
         <v>22</v>
       </c>
       <c r="F230">
         <v>2010</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>26</v>
       </c>
@@ -9128,51 +9128,51 @@
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>445</v>
       </c>
       <c r="B237" t="s">
         <v>446</v>
       </c>
       <c r="C237"/>
       <c r="D237" t="s">
         <v>38</v>
       </c>
       <c r="E237" t="s">
         <v>16</v>
       </c>
       <c r="F237">
         <v>2009</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>447</v>
       </c>
       <c r="B238" t="s">
         <v>448</v>
       </c>
       <c r="C238" t="s">
         <v>35</v>
       </c>
       <c r="D238" t="s">
         <v>52</v>
       </c>
       <c r="E238" t="s">
         <v>22</v>
       </c>
       <c r="F238">
         <v>2009</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>58</v>
       </c>
@@ -9224,51 +9224,51 @@
       <c r="H240" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>453</v>
       </c>
       <c r="B241" t="s">
         <v>454</v>
       </c>
       <c r="C241" t="s">
         <v>35</v>
       </c>
       <c r="D241" t="s">
         <v>52</v>
       </c>
       <c r="E241" t="s">
         <v>22</v>
       </c>
       <c r="F241">
         <v>2009</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>455</v>
       </c>
       <c r="B242" t="s">
         <v>456</v>
       </c>
       <c r="C242" t="s">
         <v>28</v>
       </c>
       <c r="D242" t="s">
         <v>52</v>
       </c>
       <c r="E242" t="s">
         <v>22</v>
       </c>
       <c r="F242">
         <v>2009</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>13</v>
       </c>
@@ -9748,51 +9748,51 @@
       <c r="H262" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>498</v>
       </c>
       <c r="B263" t="s">
         <v>499</v>
       </c>
       <c r="C263" t="s">
         <v>28</v>
       </c>
       <c r="D263" t="s">
         <v>52</v>
       </c>
       <c r="E263" t="s">
         <v>22</v>
       </c>
       <c r="F263">
         <v>2008</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>500</v>
       </c>
       <c r="B264" t="s">
         <v>501</v>
       </c>
       <c r="C264" t="s">
         <v>35</v>
       </c>
       <c r="D264" t="s">
         <v>52</v>
       </c>
       <c r="E264" t="s">
         <v>22</v>
       </c>
       <c r="F264">
         <v>2008</v>
       </c>
       <c r="G264"/>
       <c r="H264"/>
     </row>
     <row r="265" spans="1:8">
@@ -9836,51 +9836,51 @@
       </c>
       <c r="G266" t="s">
         <v>12</v>
       </c>
       <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>506</v>
       </c>
       <c r="B267" t="s">
         <v>507</v>
       </c>
       <c r="C267"/>
       <c r="D267" t="s">
         <v>38</v>
       </c>
       <c r="E267" t="s">
         <v>16</v>
       </c>
       <c r="F267">
         <v>2007</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>508</v>
       </c>
       <c r="B268" t="s">
         <v>509</v>
       </c>
       <c r="C268"/>
       <c r="D268" t="s">
         <v>38</v>
       </c>
       <c r="E268" t="s">
         <v>16</v>
       </c>
       <c r="F268">
         <v>2007</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="269" spans="1:8">
@@ -9904,125 +9904,125 @@
       <c r="H269" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>512</v>
       </c>
       <c r="B270" t="s">
         <v>513</v>
       </c>
       <c r="C270" t="s">
         <v>28</v>
       </c>
       <c r="D270" t="s">
         <v>52</v>
       </c>
       <c r="E270" t="s">
         <v>22</v>
       </c>
       <c r="F270">
         <v>2007</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>514</v>
       </c>
       <c r="B271" t="s">
         <v>515</v>
       </c>
       <c r="C271" t="s">
         <v>28</v>
       </c>
       <c r="D271" t="s">
         <v>52</v>
       </c>
       <c r="E271" t="s">
         <v>22</v>
       </c>
       <c r="F271">
         <v>2007</v>
       </c>
       <c r="G271" t="s">
         <v>60</v>
       </c>
       <c r="H271" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>516</v>
       </c>
       <c r="B272" t="s">
         <v>517</v>
       </c>
       <c r="C272" t="s">
         <v>28</v>
       </c>
       <c r="D272" t="s">
         <v>52</v>
       </c>
       <c r="E272" t="s">
         <v>22</v>
       </c>
       <c r="F272">
         <v>2007</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>518</v>
       </c>
       <c r="B273" t="s">
         <v>519</v>
       </c>
       <c r="C273" t="s">
         <v>28</v>
       </c>
       <c r="D273" t="s">
         <v>52</v>
       </c>
       <c r="E273" t="s">
         <v>22</v>
       </c>
       <c r="F273">
         <v>2007</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>520</v>
       </c>
       <c r="B274" t="s">
         <v>521</v>
       </c>
       <c r="C274" t="s">
         <v>20</v>
       </c>
       <c r="D274" t="s">
         <v>21</v>
       </c>
       <c r="E274" t="s">
         <v>22</v>
       </c>
       <c r="F274">
         <v>2007</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>17</v>
       </c>
@@ -10098,171 +10098,171 @@
       <c r="H277" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>528</v>
       </c>
       <c r="B278" t="s">
         <v>529</v>
       </c>
       <c r="C278" t="s">
         <v>28</v>
       </c>
       <c r="D278" t="s">
         <v>52</v>
       </c>
       <c r="E278" t="s">
         <v>22</v>
       </c>
       <c r="F278">
         <v>2007</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>530</v>
       </c>
       <c r="B279" t="s">
         <v>531</v>
       </c>
       <c r="C279" t="s">
         <v>28</v>
       </c>
       <c r="D279" t="s">
         <v>52</v>
       </c>
       <c r="E279" t="s">
         <v>22</v>
       </c>
       <c r="F279">
         <v>2007</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>532</v>
       </c>
       <c r="B280" t="s">
         <v>533</v>
       </c>
       <c r="C280" t="s">
         <v>28</v>
       </c>
       <c r="D280" t="s">
         <v>52</v>
       </c>
       <c r="E280" t="s">
         <v>22</v>
       </c>
       <c r="F280">
         <v>2007</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>534</v>
       </c>
       <c r="B281" t="s">
         <v>535</v>
       </c>
       <c r="C281" t="s">
         <v>28</v>
       </c>
       <c r="D281" t="s">
         <v>52</v>
       </c>
       <c r="E281" t="s">
         <v>22</v>
       </c>
       <c r="F281">
         <v>2007</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>536</v>
       </c>
       <c r="B282" t="s">
         <v>537</v>
       </c>
       <c r="C282" t="s">
         <v>28</v>
       </c>
       <c r="D282" t="s">
         <v>52</v>
       </c>
       <c r="E282" t="s">
         <v>22</v>
       </c>
       <c r="F282">
         <v>2007</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>538</v>
       </c>
       <c r="B283" t="s">
         <v>539</v>
       </c>
       <c r="C283" t="s">
         <v>28</v>
       </c>
       <c r="D283" t="s">
         <v>52</v>
       </c>
       <c r="E283" t="s">
         <v>22</v>
       </c>
       <c r="F283">
         <v>2007</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>540</v>
       </c>
       <c r="B284" t="s">
         <v>541</v>
       </c>
       <c r="C284" t="s">
         <v>28</v>
       </c>
       <c r="D284" t="s">
         <v>52</v>
       </c>
       <c r="E284" t="s">
         <v>22</v>
       </c>
       <c r="F284">
         <v>2007</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>26</v>
       </c>
@@ -10428,185 +10428,185 @@
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>556</v>
       </c>
       <c r="B292" t="s">
         <v>557</v>
       </c>
       <c r="C292"/>
       <c r="D292" t="s">
         <v>38</v>
       </c>
       <c r="E292" t="s">
         <v>16</v>
       </c>
       <c r="F292">
         <v>2006</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>558</v>
       </c>
       <c r="B293" t="s">
         <v>559</v>
       </c>
       <c r="C293"/>
       <c r="D293" t="s">
         <v>38</v>
       </c>
       <c r="E293" t="s">
         <v>16</v>
       </c>
       <c r="F293">
         <v>2006</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>560</v>
       </c>
       <c r="B294" t="s">
         <v>561</v>
       </c>
       <c r="C294"/>
       <c r="D294" t="s">
         <v>38</v>
       </c>
       <c r="E294" t="s">
         <v>16</v>
       </c>
       <c r="F294">
         <v>2006</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>562</v>
       </c>
       <c r="B295" t="s">
         <v>563</v>
       </c>
       <c r="C295"/>
       <c r="D295" t="s">
         <v>38</v>
       </c>
       <c r="E295" t="s">
         <v>16</v>
       </c>
       <c r="F295">
         <v>2006</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>564</v>
       </c>
       <c r="B296" t="s">
         <v>565</v>
       </c>
       <c r="C296"/>
       <c r="D296" t="s">
         <v>38</v>
       </c>
       <c r="E296" t="s">
         <v>16</v>
       </c>
       <c r="F296">
         <v>2006</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>566</v>
       </c>
       <c r="B297" t="s">
         <v>129</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>38</v>
       </c>
       <c r="E297" t="s">
         <v>16</v>
       </c>
       <c r="F297">
         <v>2006</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>567</v>
       </c>
       <c r="B298" t="s">
         <v>568</v>
       </c>
       <c r="C298" t="s">
         <v>28</v>
       </c>
       <c r="D298" t="s">
         <v>52</v>
       </c>
       <c r="E298" t="s">
         <v>22</v>
       </c>
       <c r="F298">
         <v>2006</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>569</v>
       </c>
       <c r="B299" t="s">
         <v>570</v>
       </c>
       <c r="C299" t="s">
         <v>28</v>
       </c>
       <c r="D299" t="s">
         <v>52</v>
       </c>
       <c r="E299" t="s">
         <v>22</v>
       </c>
       <c r="F299">
         <v>2006</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
         <v>132</v>
       </c>
@@ -10730,75 +10730,75 @@
       <c r="H304" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>581</v>
       </c>
       <c r="B305" t="s">
         <v>582</v>
       </c>
       <c r="C305" t="s">
         <v>28</v>
       </c>
       <c r="D305" t="s">
         <v>52</v>
       </c>
       <c r="E305" t="s">
         <v>22</v>
       </c>
       <c r="F305">
         <v>2006</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>583</v>
       </c>
       <c r="B306" t="s">
         <v>584</v>
       </c>
       <c r="C306" t="s">
         <v>28</v>
       </c>
       <c r="D306" t="s">
         <v>52</v>
       </c>
       <c r="E306" t="s">
         <v>22</v>
       </c>
       <c r="F306">
         <v>2006</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>585</v>
       </c>
       <c r="B307" t="s">
         <v>586</v>
       </c>
       <c r="C307" t="s">
         <v>28</v>
       </c>
       <c r="D307" t="s">
         <v>52</v>
       </c>
       <c r="E307" t="s">
         <v>22</v>
       </c>
       <c r="F307">
         <v>2006</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>58</v>
       </c>
@@ -11064,75 +11064,75 @@
       <c r="H318" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>609</v>
       </c>
       <c r="B319" t="s">
         <v>610</v>
       </c>
       <c r="C319" t="s">
         <v>33</v>
       </c>
       <c r="D319" t="s">
         <v>52</v>
       </c>
       <c r="E319" t="s">
         <v>22</v>
       </c>
       <c r="F319">
         <v>2005</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>611</v>
       </c>
       <c r="B320" t="s">
         <v>612</v>
       </c>
       <c r="C320" t="s">
         <v>28</v>
       </c>
       <c r="D320" t="s">
         <v>52</v>
       </c>
       <c r="E320" t="s">
         <v>22</v>
       </c>
       <c r="F320">
         <v>2005</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>613</v>
       </c>
       <c r="B321" t="s">
         <v>614</v>
       </c>
       <c r="C321" t="s">
         <v>28</v>
       </c>
       <c r="D321" t="s">
         <v>52</v>
       </c>
       <c r="E321" t="s">
         <v>22</v>
       </c>
       <c r="F321">
         <v>2005</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
         <v>132</v>
       </c>
@@ -11208,99 +11208,99 @@
       <c r="H324" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>621</v>
       </c>
       <c r="B325" t="s">
         <v>622</v>
       </c>
       <c r="C325" t="s">
         <v>28</v>
       </c>
       <c r="D325" t="s">
         <v>52</v>
       </c>
       <c r="E325" t="s">
         <v>22</v>
       </c>
       <c r="F325">
         <v>2005</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>623</v>
       </c>
       <c r="B326" t="s">
         <v>624</v>
       </c>
       <c r="C326" t="s">
         <v>28</v>
       </c>
       <c r="D326" t="s">
         <v>52</v>
       </c>
       <c r="E326" t="s">
         <v>22</v>
       </c>
       <c r="F326">
         <v>2005</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>625</v>
       </c>
       <c r="B327" t="s">
         <v>626</v>
       </c>
       <c r="C327" t="s">
         <v>28</v>
       </c>
       <c r="D327" t="s">
         <v>52</v>
       </c>
       <c r="E327" t="s">
         <v>22</v>
       </c>
       <c r="F327">
         <v>2005</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>627</v>
       </c>
       <c r="B328" t="s">
         <v>628</v>
       </c>
       <c r="C328" t="s">
         <v>28</v>
       </c>
       <c r="D328" t="s">
         <v>52</v>
       </c>
       <c r="E328" t="s">
         <v>22</v>
       </c>
       <c r="F328">
         <v>2005</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>26</v>
       </c>
@@ -11400,75 +11400,75 @@
       <c r="H332" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>637</v>
       </c>
       <c r="B333" t="s">
         <v>638</v>
       </c>
       <c r="C333" t="s">
         <v>28</v>
       </c>
       <c r="D333" t="s">
         <v>52</v>
       </c>
       <c r="E333" t="s">
         <v>22</v>
       </c>
       <c r="F333">
         <v>2005</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>639</v>
       </c>
       <c r="B334" t="s">
         <v>640</v>
       </c>
       <c r="C334" t="s">
         <v>28</v>
       </c>
       <c r="D334" t="s">
         <v>52</v>
       </c>
       <c r="E334" t="s">
         <v>22</v>
       </c>
       <c r="F334">
         <v>2005</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>641</v>
       </c>
       <c r="B335" t="s">
         <v>642</v>
       </c>
       <c r="C335" t="s">
         <v>28</v>
       </c>
       <c r="D335" t="s">
         <v>52</v>
       </c>
       <c r="E335" t="s">
         <v>22</v>
       </c>
       <c r="F335">
         <v>2005</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
         <v>26</v>
       </c>
@@ -11784,51 +11784,51 @@
       <c r="H348" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>669</v>
       </c>
       <c r="B349" t="s">
         <v>670</v>
       </c>
       <c r="C349" t="s">
         <v>28</v>
       </c>
       <c r="D349" t="s">
         <v>52</v>
       </c>
       <c r="E349" t="s">
         <v>22</v>
       </c>
       <c r="F349">
         <v>2004</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>671</v>
       </c>
       <c r="B350" t="s">
         <v>672</v>
       </c>
       <c r="C350" t="s">
         <v>28</v>
       </c>
       <c r="D350" t="s">
         <v>52</v>
       </c>
       <c r="E350" t="s">
         <v>22</v>
       </c>
       <c r="F350">
         <v>2004</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>77</v>
       </c>
@@ -11928,51 +11928,51 @@
       <c r="H354" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>681</v>
       </c>
       <c r="B355" t="s">
         <v>682</v>
       </c>
       <c r="C355" t="s">
         <v>28</v>
       </c>
       <c r="D355" t="s">
         <v>52</v>
       </c>
       <c r="E355" t="s">
         <v>22</v>
       </c>
       <c r="F355">
         <v>2004</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>683</v>
       </c>
       <c r="B356" t="s">
         <v>684</v>
       </c>
       <c r="C356" t="s">
         <v>28</v>
       </c>
       <c r="D356" t="s">
         <v>52</v>
       </c>
       <c r="E356" t="s">
         <v>22</v>
       </c>
       <c r="F356">
         <v>2004</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>72</v>
       </c>
@@ -12500,51 +12500,51 @@
       <c r="H378" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>729</v>
       </c>
       <c r="B379" t="s">
         <v>730</v>
       </c>
       <c r="C379" t="s">
         <v>28</v>
       </c>
       <c r="D379" t="s">
         <v>52</v>
       </c>
       <c r="E379" t="s">
         <v>22</v>
       </c>
       <c r="F379">
         <v>2003</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>731</v>
       </c>
       <c r="B380" t="s">
         <v>732</v>
       </c>
       <c r="C380" t="s">
         <v>33</v>
       </c>
       <c r="D380" t="s">
         <v>52</v>
       </c>
       <c r="E380" t="s">
         <v>22</v>
       </c>
       <c r="F380">
         <v>2003</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>26</v>
       </c>
@@ -12736,99 +12736,99 @@
       <c r="H388" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>749</v>
       </c>
       <c r="B389" t="s">
         <v>750</v>
       </c>
       <c r="C389" t="s">
         <v>33</v>
       </c>
       <c r="D389" t="s">
         <v>52</v>
       </c>
       <c r="E389" t="s">
         <v>22</v>
       </c>
       <c r="F389">
         <v>2002</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>751</v>
       </c>
       <c r="B390" t="s">
         <v>752</v>
       </c>
       <c r="C390" t="s">
         <v>33</v>
       </c>
       <c r="D390" t="s">
         <v>52</v>
       </c>
       <c r="E390" t="s">
         <v>22</v>
       </c>
       <c r="F390">
         <v>2002</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>753</v>
       </c>
       <c r="B391" t="s">
         <v>754</v>
       </c>
       <c r="C391" t="s">
         <v>28</v>
       </c>
       <c r="D391" t="s">
         <v>52</v>
       </c>
       <c r="E391" t="s">
         <v>22</v>
       </c>
       <c r="F391">
         <v>2002</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>755</v>
       </c>
       <c r="B392" t="s">
         <v>756</v>
       </c>
       <c r="C392" t="s">
         <v>28</v>
       </c>
       <c r="D392" t="s">
         <v>52</v>
       </c>
       <c r="E392" t="s">
         <v>22</v>
       </c>
       <c r="F392">
         <v>2002</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
         <v>42</v>
       </c>
@@ -12976,51 +12976,51 @@
       <c r="H398" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>769</v>
       </c>
       <c r="B399" t="s">
         <v>770</v>
       </c>
       <c r="C399" t="s">
         <v>28</v>
       </c>
       <c r="D399" t="s">
         <v>52</v>
       </c>
       <c r="E399" t="s">
         <v>22</v>
       </c>
       <c r="F399">
         <v>2001</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>771</v>
       </c>
       <c r="B400" t="s">
         <v>772</v>
       </c>
       <c r="C400" t="s">
         <v>28</v>
       </c>
       <c r="D400" t="s">
         <v>52</v>
       </c>
       <c r="E400" t="s">
         <v>22</v>
       </c>
       <c r="F400">
         <v>2001</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>77</v>
       </c>
@@ -13048,123 +13048,123 @@
       <c r="H401" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>775</v>
       </c>
       <c r="B402" t="s">
         <v>776</v>
       </c>
       <c r="C402" t="s">
         <v>33</v>
       </c>
       <c r="D402" t="s">
         <v>52</v>
       </c>
       <c r="E402" t="s">
         <v>22</v>
       </c>
       <c r="F402">
         <v>2001</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>777</v>
       </c>
       <c r="B403" t="s">
         <v>778</v>
       </c>
       <c r="C403" t="s">
         <v>28</v>
       </c>
       <c r="D403" t="s">
         <v>52</v>
       </c>
       <c r="E403" t="s">
         <v>22</v>
       </c>
       <c r="F403">
         <v>2001</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>779</v>
       </c>
       <c r="B404" t="s">
         <v>780</v>
       </c>
       <c r="C404" t="s">
         <v>28</v>
       </c>
       <c r="D404" t="s">
         <v>52</v>
       </c>
       <c r="E404" t="s">
         <v>22</v>
       </c>
       <c r="F404">
         <v>2001</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>781</v>
       </c>
       <c r="B405" t="s">
         <v>782</v>
       </c>
       <c r="C405" t="s">
         <v>28</v>
       </c>
       <c r="D405" t="s">
         <v>52</v>
       </c>
       <c r="E405" t="s">
         <v>22</v>
       </c>
       <c r="F405">
         <v>2001</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>783</v>
       </c>
       <c r="B406" t="s">
         <v>784</v>
       </c>
       <c r="C406" t="s">
         <v>28</v>
       </c>
       <c r="D406" t="s">
         <v>52</v>
       </c>
       <c r="E406" t="s">
         <v>22</v>
       </c>
       <c r="F406">
         <v>2001</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>58</v>
       </c>
@@ -13192,51 +13192,51 @@
       <c r="H407" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>787</v>
       </c>
       <c r="B408" t="s">
         <v>788</v>
       </c>
       <c r="C408" t="s">
         <v>28</v>
       </c>
       <c r="D408" t="s">
         <v>52</v>
       </c>
       <c r="E408" t="s">
         <v>22</v>
       </c>
       <c r="F408">
         <v>2001</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>789</v>
       </c>
       <c r="B409" t="s">
         <v>790</v>
       </c>
       <c r="C409" t="s">
         <v>28</v>
       </c>
       <c r="D409" t="s">
         <v>52</v>
       </c>
       <c r="E409" t="s">
         <v>22</v>
       </c>
       <c r="F409">
         <v>2001</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>72</v>
       </c>
@@ -13264,51 +13264,51 @@
       <c r="H410" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>793</v>
       </c>
       <c r="B411" t="s">
         <v>794</v>
       </c>
       <c r="C411" t="s">
         <v>35</v>
       </c>
       <c r="D411" t="s">
         <v>52</v>
       </c>
       <c r="E411" t="s">
         <v>22</v>
       </c>
       <c r="F411">
         <v>2001</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>795</v>
       </c>
       <c r="B412" t="s">
         <v>796</v>
       </c>
       <c r="C412"/>
       <c r="D412" t="s">
         <v>467</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412">
         <v>2000</v>
       </c>
       <c r="G412" t="s">
         <v>55</v>
       </c>
       <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
@@ -13452,51 +13452,51 @@
       <c r="H418" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>810</v>
       </c>
       <c r="B419" t="s">
         <v>811</v>
       </c>
       <c r="C419" t="s">
         <v>28</v>
       </c>
       <c r="D419" t="s">
         <v>52</v>
       </c>
       <c r="E419" t="s">
         <v>22</v>
       </c>
       <c r="F419">
         <v>2000</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>812</v>
       </c>
       <c r="B420" t="s">
         <v>813</v>
       </c>
       <c r="C420" t="s">
         <v>28</v>
       </c>
       <c r="D420" t="s">
         <v>52</v>
       </c>
       <c r="E420" t="s">
         <v>22</v>
       </c>
       <c r="F420">
         <v>2000</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
         <v>26</v>
       </c>
@@ -13548,51 +13548,51 @@
       <c r="H422" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>818</v>
       </c>
       <c r="B423" t="s">
         <v>819</v>
       </c>
       <c r="C423" t="s">
         <v>35</v>
       </c>
       <c r="D423" t="s">
         <v>52</v>
       </c>
       <c r="E423" t="s">
         <v>22</v>
       </c>
       <c r="F423">
         <v>2000</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>820</v>
       </c>
       <c r="B424" t="s">
         <v>821</v>
       </c>
       <c r="C424"/>
       <c r="D424" t="s">
         <v>38</v>
       </c>
       <c r="E424" t="s">
         <v>16</v>
       </c>
       <c r="F424">
         <v>1999</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="425" spans="1:8">
@@ -13638,123 +13638,123 @@
       <c r="H426" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>826</v>
       </c>
       <c r="B427" t="s">
         <v>827</v>
       </c>
       <c r="C427" t="s">
         <v>35</v>
       </c>
       <c r="D427" t="s">
         <v>52</v>
       </c>
       <c r="E427" t="s">
         <v>22</v>
       </c>
       <c r="F427">
         <v>1999</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>828</v>
       </c>
       <c r="B428" t="s">
         <v>829</v>
       </c>
       <c r="C428" t="s">
         <v>28</v>
       </c>
       <c r="D428" t="s">
         <v>52</v>
       </c>
       <c r="E428" t="s">
         <v>22</v>
       </c>
       <c r="F428">
         <v>1999</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>830</v>
       </c>
       <c r="B429" t="s">
         <v>831</v>
       </c>
       <c r="C429" t="s">
         <v>28</v>
       </c>
       <c r="D429" t="s">
         <v>52</v>
       </c>
       <c r="E429" t="s">
         <v>22</v>
       </c>
       <c r="F429">
         <v>1999</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>832</v>
       </c>
       <c r="B430" t="s">
         <v>833</v>
       </c>
       <c r="C430" t="s">
         <v>28</v>
       </c>
       <c r="D430" t="s">
         <v>52</v>
       </c>
       <c r="E430" t="s">
         <v>22</v>
       </c>
       <c r="F430">
         <v>1999</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>834</v>
       </c>
       <c r="B431" t="s">
         <v>835</v>
       </c>
       <c r="C431" t="s">
         <v>28</v>
       </c>
       <c r="D431" t="s">
         <v>52</v>
       </c>
       <c r="E431" t="s">
         <v>22</v>
       </c>
       <c r="F431">
         <v>1999</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
         <v>42</v>
       </c>
@@ -14092,263 +14092,263 @@
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>864</v>
       </c>
       <c r="B446" t="s">
         <v>865</v>
       </c>
       <c r="C446"/>
       <c r="D446" t="s">
         <v>38</v>
       </c>
       <c r="E446" t="s">
         <v>16</v>
       </c>
       <c r="F446">
         <v>1998</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>866</v>
       </c>
       <c r="B447" t="s">
         <v>867</v>
       </c>
       <c r="C447"/>
       <c r="D447" t="s">
         <v>38</v>
       </c>
       <c r="E447" t="s">
         <v>16</v>
       </c>
       <c r="F447">
         <v>1998</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>868</v>
       </c>
       <c r="B448" t="s">
         <v>869</v>
       </c>
       <c r="C448"/>
       <c r="D448" t="s">
         <v>38</v>
       </c>
       <c r="E448" t="s">
         <v>16</v>
       </c>
       <c r="F448">
         <v>1998</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>870</v>
       </c>
       <c r="B449" t="s">
         <v>871</v>
       </c>
       <c r="C449" t="s">
         <v>28</v>
       </c>
       <c r="D449" t="s">
         <v>52</v>
       </c>
       <c r="E449" t="s">
         <v>22</v>
       </c>
       <c r="F449">
         <v>1998</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>872</v>
       </c>
       <c r="B450" t="s">
         <v>873</v>
       </c>
       <c r="C450" t="s">
         <v>35</v>
       </c>
       <c r="D450" t="s">
         <v>52</v>
       </c>
       <c r="E450" t="s">
         <v>22</v>
       </c>
       <c r="F450">
         <v>1998</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>874</v>
       </c>
       <c r="B451" t="s">
         <v>875</v>
       </c>
       <c r="C451" t="s">
         <v>28</v>
       </c>
       <c r="D451" t="s">
         <v>52</v>
       </c>
       <c r="E451" t="s">
         <v>22</v>
       </c>
       <c r="F451">
         <v>1998</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>876</v>
       </c>
       <c r="B452" t="s">
         <v>877</v>
       </c>
       <c r="C452" t="s">
         <v>28</v>
       </c>
       <c r="D452" t="s">
         <v>52</v>
       </c>
       <c r="E452" t="s">
         <v>22</v>
       </c>
       <c r="F452">
         <v>1998</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>878</v>
       </c>
       <c r="B453" t="s">
         <v>879</v>
       </c>
       <c r="C453" t="s">
         <v>28</v>
       </c>
       <c r="D453" t="s">
         <v>52</v>
       </c>
       <c r="E453" t="s">
         <v>22</v>
       </c>
       <c r="F453">
         <v>1998</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>880</v>
       </c>
       <c r="B454" t="s">
         <v>881</v>
       </c>
       <c r="C454" t="s">
         <v>28</v>
       </c>
       <c r="D454" t="s">
         <v>52</v>
       </c>
       <c r="E454" t="s">
         <v>22</v>
       </c>
       <c r="F454">
         <v>1998</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>882</v>
       </c>
       <c r="B455" t="s">
         <v>883</v>
       </c>
       <c r="C455" t="s">
         <v>28</v>
       </c>
       <c r="D455" t="s">
         <v>52</v>
       </c>
       <c r="E455" t="s">
         <v>22</v>
       </c>
       <c r="F455">
         <v>1998</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>884</v>
       </c>
       <c r="B456" t="s">
         <v>885</v>
       </c>
       <c r="C456" t="s">
         <v>28</v>
       </c>
       <c r="D456" t="s">
         <v>52</v>
       </c>
       <c r="E456" t="s">
         <v>22</v>
       </c>
       <c r="F456">
         <v>1998</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
         <v>101</v>
       </c>
@@ -14520,241 +14520,241 @@
       <c r="H463" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>900</v>
       </c>
       <c r="B464" t="s">
         <v>901</v>
       </c>
       <c r="C464" t="s">
         <v>28</v>
       </c>
       <c r="D464" t="s">
         <v>52</v>
       </c>
       <c r="E464" t="s">
         <v>22</v>
       </c>
       <c r="F464">
         <v>1997</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>902</v>
       </c>
       <c r="B465" t="s">
         <v>903</v>
       </c>
       <c r="C465" t="s">
         <v>28</v>
       </c>
       <c r="D465" t="s">
         <v>52</v>
       </c>
       <c r="E465" t="s">
         <v>22</v>
       </c>
       <c r="F465">
         <v>1997</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>904</v>
       </c>
       <c r="B466" t="s">
         <v>905</v>
       </c>
       <c r="C466"/>
       <c r="D466" t="s">
         <v>38</v>
       </c>
       <c r="E466" t="s">
         <v>16</v>
       </c>
       <c r="F466">
         <v>1996</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>906</v>
       </c>
       <c r="B467" t="s">
         <v>907</v>
       </c>
       <c r="C467" t="s">
         <v>28</v>
       </c>
       <c r="D467" t="s">
         <v>52</v>
       </c>
       <c r="E467" t="s">
         <v>22</v>
       </c>
       <c r="F467">
         <v>1996</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>908</v>
       </c>
       <c r="B468" t="s">
         <v>909</v>
       </c>
       <c r="C468" t="s">
         <v>28</v>
       </c>
       <c r="D468" t="s">
         <v>52</v>
       </c>
       <c r="E468" t="s">
         <v>22</v>
       </c>
       <c r="F468">
         <v>1996</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>910</v>
       </c>
       <c r="B469" t="s">
         <v>911</v>
       </c>
       <c r="C469" t="s">
         <v>28</v>
       </c>
       <c r="D469" t="s">
         <v>52</v>
       </c>
       <c r="E469" t="s">
         <v>22</v>
       </c>
       <c r="F469">
         <v>1996</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>912</v>
       </c>
       <c r="B470" t="s">
         <v>913</v>
       </c>
       <c r="C470" t="s">
         <v>28</v>
       </c>
       <c r="D470" t="s">
         <v>52</v>
       </c>
       <c r="E470" t="s">
         <v>22</v>
       </c>
       <c r="F470">
         <v>1996</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>914</v>
       </c>
       <c r="B471" t="s">
         <v>915</v>
       </c>
       <c r="C471" t="s">
         <v>28</v>
       </c>
       <c r="D471" t="s">
         <v>52</v>
       </c>
       <c r="E471" t="s">
         <v>22</v>
       </c>
       <c r="F471">
         <v>1996</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>916</v>
       </c>
       <c r="B472" t="s">
         <v>917</v>
       </c>
       <c r="C472" t="s">
         <v>28</v>
       </c>
       <c r="D472" t="s">
         <v>52</v>
       </c>
       <c r="E472" t="s">
         <v>22</v>
       </c>
       <c r="F472">
         <v>1996</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>918</v>
       </c>
       <c r="B473" t="s">
         <v>919</v>
       </c>
       <c r="C473" t="s">
         <v>28</v>
       </c>
       <c r="D473" t="s">
         <v>52</v>
       </c>
       <c r="E473" t="s">
         <v>22</v>
       </c>
       <c r="F473">
         <v>1996</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
         <v>132</v>
       </c>
@@ -14896,51 +14896,51 @@
       <c r="H479" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>932</v>
       </c>
       <c r="B480" t="s">
         <v>933</v>
       </c>
       <c r="C480" t="s">
         <v>28</v>
       </c>
       <c r="D480" t="s">
         <v>52</v>
       </c>
       <c r="E480" t="s">
         <v>22</v>
       </c>
       <c r="F480">
         <v>1995</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>934</v>
       </c>
       <c r="B481" t="s">
         <v>935</v>
       </c>
       <c r="C481" t="s">
         <v>28</v>
       </c>
       <c r="D481" t="s">
         <v>52</v>
       </c>
       <c r="E481" t="s">
         <v>22</v>
       </c>
       <c r="F481">
         <v>1995</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
         <v>72</v>
       </c>
@@ -14962,123 +14962,123 @@
       </c>
       <c r="G482" t="s">
         <v>55</v>
       </c>
       <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>938</v>
       </c>
       <c r="B483" t="s">
         <v>939</v>
       </c>
       <c r="C483"/>
       <c r="D483" t="s">
         <v>38</v>
       </c>
       <c r="E483" t="s">
         <v>16</v>
       </c>
       <c r="F483">
         <v>1994</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>940</v>
       </c>
       <c r="B484" t="s">
         <v>941</v>
       </c>
       <c r="C484" t="s">
         <v>28</v>
       </c>
       <c r="D484" t="s">
         <v>52</v>
       </c>
       <c r="E484" t="s">
         <v>22</v>
       </c>
       <c r="F484">
         <v>1994</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>942</v>
       </c>
       <c r="B485" t="s">
         <v>943</v>
       </c>
       <c r="C485" t="s">
         <v>28</v>
       </c>
       <c r="D485" t="s">
         <v>52</v>
       </c>
       <c r="E485" t="s">
         <v>22</v>
       </c>
       <c r="F485">
         <v>1994</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>944</v>
       </c>
       <c r="B486" t="s">
         <v>945</v>
       </c>
       <c r="C486" t="s">
         <v>28</v>
       </c>
       <c r="D486" t="s">
         <v>52</v>
       </c>
       <c r="E486" t="s">
         <v>22</v>
       </c>
       <c r="F486">
         <v>1994</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>946</v>
       </c>
       <c r="B487" t="s">
         <v>947</v>
       </c>
       <c r="C487" t="s">
         <v>28</v>
       </c>
       <c r="D487" t="s">
         <v>52</v>
       </c>
       <c r="E487" t="s">
         <v>22</v>
       </c>
       <c r="F487">
         <v>1994</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
         <v>26</v>
       </c>
@@ -15274,51 +15274,51 @@
       <c r="H495" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>964</v>
       </c>
       <c r="B496" t="s">
         <v>965</v>
       </c>
       <c r="C496" t="s">
         <v>28</v>
       </c>
       <c r="D496" t="s">
         <v>52</v>
       </c>
       <c r="E496" t="s">
         <v>22</v>
       </c>
       <c r="F496">
         <v>1994</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>966</v>
       </c>
       <c r="B497" t="s">
         <v>967</v>
       </c>
       <c r="C497" t="s">
         <v>28</v>
       </c>
       <c r="D497" t="s">
         <v>52</v>
       </c>
       <c r="E497" t="s">
         <v>22</v>
       </c>
       <c r="F497">
         <v>1994</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>101</v>
       </c>
@@ -15514,51 +15514,51 @@
       <c r="H505" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>984</v>
       </c>
       <c r="B506" t="s">
         <v>985</v>
       </c>
       <c r="C506" t="s">
         <v>28</v>
       </c>
       <c r="D506" t="s">
         <v>52</v>
       </c>
       <c r="E506" t="s">
         <v>22</v>
       </c>
       <c r="F506">
         <v>1994</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>986</v>
       </c>
       <c r="B507" t="s">
         <v>987</v>
       </c>
       <c r="C507" t="s">
         <v>28</v>
       </c>
       <c r="D507" t="s">
         <v>52</v>
       </c>
       <c r="E507" t="s">
         <v>22</v>
       </c>
       <c r="F507">
         <v>1994</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>26</v>
       </c>
@@ -15700,219 +15700,219 @@
       <c r="H513" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>1000</v>
       </c>
       <c r="B514" t="s">
         <v>1001</v>
       </c>
       <c r="C514" t="s">
         <v>28</v>
       </c>
       <c r="D514" t="s">
         <v>52</v>
       </c>
       <c r="E514" t="s">
         <v>22</v>
       </c>
       <c r="F514">
         <v>1992</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>1002</v>
       </c>
       <c r="B515" t="s">
         <v>1003</v>
       </c>
       <c r="C515" t="s">
         <v>33</v>
       </c>
       <c r="D515" t="s">
         <v>52</v>
       </c>
       <c r="E515" t="s">
         <v>22</v>
       </c>
       <c r="F515">
         <v>1992</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>1004</v>
       </c>
       <c r="B516" t="s">
         <v>1005</v>
       </c>
       <c r="C516" t="s">
         <v>28</v>
       </c>
       <c r="D516" t="s">
         <v>52</v>
       </c>
       <c r="E516" t="s">
         <v>22</v>
       </c>
       <c r="F516">
         <v>1992</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1006</v>
       </c>
       <c r="B517" t="s">
         <v>1007</v>
       </c>
       <c r="C517" t="s">
         <v>28</v>
       </c>
       <c r="D517" t="s">
         <v>52</v>
       </c>
       <c r="E517" t="s">
         <v>22</v>
       </c>
       <c r="F517">
         <v>1992</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>1008</v>
       </c>
       <c r="B518" t="s">
         <v>1009</v>
       </c>
       <c r="C518" t="s">
         <v>353</v>
       </c>
       <c r="D518" t="s">
         <v>354</v>
       </c>
       <c r="E518" t="s">
         <v>22</v>
       </c>
       <c r="F518">
         <v>1992</v>
       </c>
       <c r="G518" t="s">
         <v>12</v>
       </c>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>1010</v>
       </c>
       <c r="B519" t="s">
         <v>1011</v>
       </c>
       <c r="C519" t="s">
         <v>28</v>
       </c>
       <c r="D519" t="s">
         <v>52</v>
       </c>
       <c r="E519" t="s">
         <v>22</v>
       </c>
       <c r="F519">
         <v>1991</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>1012</v>
       </c>
       <c r="B520" t="s">
         <v>1013</v>
       </c>
       <c r="C520" t="s">
         <v>28</v>
       </c>
       <c r="D520" t="s">
         <v>52</v>
       </c>
       <c r="E520" t="s">
         <v>22</v>
       </c>
       <c r="F520">
         <v>1990</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>1014</v>
       </c>
       <c r="B521" t="s">
         <v>1015</v>
       </c>
       <c r="C521" t="s">
         <v>28</v>
       </c>
       <c r="D521" t="s">
         <v>52</v>
       </c>
       <c r="E521" t="s">
         <v>22</v>
       </c>
       <c r="F521">
         <v>1989</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>1016</v>
       </c>
       <c r="B522" t="s">
         <v>1017</v>
       </c>
       <c r="C522" t="s">
         <v>28</v>
       </c>
       <c r="D522" t="s">
         <v>52</v>
       </c>
       <c r="E522" t="s">
         <v>22</v>
       </c>
       <c r="F522">
         <v>1989</v>
       </c>
       <c r="G522"/>
       <c r="H522" t="s">
         <v>17</v>
       </c>
@@ -15940,97 +15940,97 @@
       <c r="H523" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>1020</v>
       </c>
       <c r="B524" t="s">
         <v>1021</v>
       </c>
       <c r="C524" t="s">
         <v>28</v>
       </c>
       <c r="D524" t="s">
         <v>52</v>
       </c>
       <c r="E524" t="s">
         <v>22</v>
       </c>
       <c r="F524">
         <v>1986</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>1022</v>
       </c>
       <c r="B525" t="s">
         <v>1023</v>
       </c>
       <c r="C525" t="s">
         <v>28</v>
       </c>
       <c r="D525" t="s">
         <v>52</v>
       </c>
       <c r="E525" t="s">
         <v>22</v>
       </c>
       <c r="F525">
         <v>1986</v>
       </c>
       <c r="G525"/>
       <c r="H525" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>1024</v>
       </c>
       <c r="B526" t="s">
         <v>1025</v>
       </c>
       <c r="C526"/>
       <c r="D526" t="s">
         <v>38</v>
       </c>
       <c r="E526" t="s">
         <v>16</v>
       </c>
       <c r="F526">
         <v>1984</v>
       </c>
       <c r="G526"/>
       <c r="H526" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>1026</v>
       </c>
       <c r="B527" t="s">
         <v>1027</v>
       </c>
       <c r="C527" t="s">
         <v>28</v>
       </c>
       <c r="D527" t="s">
         <v>52</v>
       </c>
       <c r="E527" t="s">
         <v>22</v>
       </c>
       <c r="F527">
         <v>1974</v>
       </c>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>77</v>
       </c>
@@ -16038,65 +16038,65 @@
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>1028</v>
       </c>
       <c r="B528"/>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528"/>
       <c r="F528"/>
       <c r="G528"/>
       <c r="H528" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1029</v>
       </c>
       <c r="B529"/>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529"/>
       <c r="F529"/>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1029</v>
       </c>
       <c r="B530"/>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530"/>
       <c r="F530"/>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1030</v>
       </c>
       <c r="B531"/>
       <c r="C531"/>
       <c r="D531"/>
       <c r="E531"/>
       <c r="F531"/>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>1031</v>
       </c>
       <c r="B532"/>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532"/>
       <c r="F532"/>
@@ -16300,83 +16300,83 @@
       <c r="B545" t="s">
         <v>1049</v>
       </c>
       <c r="C545"/>
       <c r="D545"/>
       <c r="E545"/>
       <c r="F545"/>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1053</v>
       </c>
       <c r="B546" t="s">
         <v>1054</v>
       </c>
       <c r="C546"/>
       <c r="D546"/>
       <c r="E546"/>
       <c r="F546"/>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1055</v>
       </c>
       <c r="B547" t="s">
         <v>1056</v>
       </c>
       <c r="C547"/>
       <c r="D547"/>
       <c r="E547"/>
       <c r="F547"/>
       <c r="G547"/>
       <c r="H547" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>1057</v>
       </c>
       <c r="B548" t="s">
         <v>1058</v>
       </c>
       <c r="C548"/>
       <c r="D548"/>
       <c r="E548"/>
       <c r="F548"/>
       <c r="G548"/>
       <c r="H548" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1059</v>
       </c>
       <c r="B549" t="s">
         <v>1060</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
       <c r="E549"/>
       <c r="F549"/>
       <c r="G549"/>
       <c r="H549" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1061</v>
       </c>
       <c r="B550" t="s">
         <v>1062</v>
       </c>