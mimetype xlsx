--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -12,3243 +12,3143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1074">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1042">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Borrar cosas Pruebas</t>
-[...5 lines deleted...]
-    <t>Comunicación</t>
+    <t>Decreto 47/2022, de 17 de agosto, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del alto Najerilla  (BOR nº 160 de 22 de agosto de 2022)</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=21778282-1-PDF-548057-X</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Decreto 46/2022, de 17 de agosto, por el que se amplía la Red Natura 2000 en La Rioja y se aprueban los planes de gestión y Ordenación de los recursos naturales (BOR nº 159 de 19 de agosto de 2022)</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=21766343-1-PDF-548053</t>
+  </si>
+  <si>
+    <t>Decreto 112/2021, de 6 de agosto, del Consell, por el que se aprueba el Plan de Ordenación de los recursos naturales del Turia. DOGV 9183, de 28/09/2021</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/resultat-dogv?signatura=2021/9665&amp;L=1</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Decreto 7/2021, de 22 de febrero, por el cual se aprueba el Plan de Ordenación de los recursos naturales (PORN) de s'albufera de Mallorca y se modifica el Decreto 4/1988, de 28 de enero, por el cual se declara parque natural s'albufera de Mallorca. BOIB 027, de 25 de febrero</t>
+  </si>
+  <si>
+    <t>https://www.caib.es/eboibfront/es/2021/11345/645277/Decreto-7-2021-de-22-de-febrero-por-el-cual-se-apr</t>
+  </si>
+  <si>
+    <t>Decreto 52/2019, de 18 de junio, por el que se declara el Monumento Natural Chorreras del Cabriel en los términos municipales de Enguídanos y Víllora, provincia de Cuenca. DOCM 127 de 1 de julio de 2019</t>
+  </si>
+  <si>
+    <t>https://docm.castillalamancha.es/portaldocm/descargarArchivo.do?ruta=2019/07/01/pdf/2019_6150.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 141/2020, de 5 de noviembre, de declaración del Monumento Natural de la Sima de la Higuera (BORM nº 262, de 11.11.2020)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2020/numero/6368/pdf?id=789027</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Ley 5/2019, de 2 de agosto, del patrimonio natural y de la biodiversidad de Galicia. DOG 149 de 7 de agosto de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ga/l/2019/08/02/5</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Decreto 24/2019, de 1 de abril, por el que se modifica el Decreto 115/1997, de 23 de septiembre, por el que se declara Monumento Natural la Mina La Jayona. DOE 68 de 8 de abril de 2019</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2019/04/01/24/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto 6/2019, de 21 de marzo, de declaración del paisaje protegido «Las Tuerces» (Palencia y Burgos) y del monumento natural «Laberinto de las Tuerces» (Palencia).</t>
+  </si>
+  <si>
+    <t>http://bocyl.jcyl.es/boletines/2019/03/25/pdf/BOCYL-D-25032019-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 111/2018, de 17 de julio, por el que se modifica el Decreto  208/2014, de 2 de septiembre, por el que se aprueba el Plan de Ordenación  de los Recursos Naturales del Parque Natural del Tajo Internacional. DOE 142, de 23 de julio</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2018/1420o/18040128.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 162/2018, de 4 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales del ámbito de Sierra de las Nieves y el Plan Rector de Uso y Gestión del Parque Natural Sierra de las Nieves (BOJA 184, 21/09/2018)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2018/184/4</t>
+  </si>
+  <si>
+    <t>Decreto 7/2018, de 28 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de los Espacios Naturales Covalagua y Las Tuerces (Palencia y Burgos). BOCYL 65, de 4 de abril</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2018/04/04/pdf/BOCYL-D-04042018-2.pdf</t>
+  </si>
+  <si>
+    <t>"Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan deOrdenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar"</t>
+  </si>
+  <si>
+    <t>Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar. BOJA 23 de 03/02/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/23/5</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Decreto 191/2017, de 28 de noviembre, por el que se declara la zona especial de conservación Sierras de Cazorla, Segura y Las Villas (ES0000035) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. BOJA 246 de 27/12/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/246/4</t>
+  </si>
+  <si>
+    <t>Decreto 150/2017, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del ámbito Los alcornocales, se amplía el ámbito territorial del Parque Natural Los alcornocales y de la Zona de Especial Protección para las Aves Los alcornocales (ES0000049), y se aprueba el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 194, de 9 de octubre</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal_web/servicios_generales/Normativa/2017/BOJA17-194-00474-17124-01_00122237.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 328/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00566.pdf</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 330/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00565.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 332/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00564.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 250/2015. BOPA 24, de 31 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00563.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 317/2015. BOPA 24, de 31 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00562.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 326/2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00561.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 329/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00560.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 331/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00559.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de noviembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el Recurso Contencioso-Administrativo, procedimiento ordinario 167/2015. BOPA 10 de 14/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/14/2017-00157.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de diciembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 316/2015. BOPA 18 de 24 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/24/2017-00355.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera , Laguna de Medina, Complejo Endorreico de Chiclana, Complejo Endorreico del Puerto de Santa María, Complejo Endorreico de Puerto Real, Laguna de los Tollos, Lagunas de Las Canteras y El Tejón, Laguna de La Ratosa, Lagunas de Campillos, Complejo Endorreico de Utrera, Complejo Endorreico La Lantejuela, Laguna del Gosque y Laguna de Coripe y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. BOJA 25 de 07/02/2017</t>
+  </si>
+  <si>
+    <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera (ES0000026), Laguna de Medina (ES0000027), Complejo Endorreico de Chiclana (ES0000028), Complejo Endorreico del Puerto de Santa María (ES0000029), Complejo Endorreico de Puerto Real (ES0000030), Laguna de los Tollos (ES6120011), Lagunas de Las Canteras y El Tejón (ES6120014), Laguna de La Ratosa (ES6170001), Lagunas de Campillos (ES6170015), Complejo Endorreico de Utrera (ES6180001), Complejo Endorreico La Lantejuela (ES6180002), Laguna del Gosque (ES6180003) y Laguna de Coripe (ES6180006) y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. (juntadeandalucia.es)</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales (PORN) de las Reservas Naturales de las Lagunas de Cádiz. BOJA 25 de 7 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/eboja/2017/25/BOJA17-025-00131-1711-02_00107082.pdf</t>
+  </si>
+  <si>
+    <t>Circular o instrucción</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. BOJA 25 de 7 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/eboja/2017/25/BOJA17-025-00098-1711-04_00107082.pdf</t>
+  </si>
+  <si>
+    <t>"Decreto 142/2016, de 2 de agosto, por el que se amplía el ámbito territorial del Parque Natural de Doñana, se declara la Zona Especial de Conservación Doñana Norte y Oeste (ES6150009) yse aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Espacio Natural Doñana."</t>
+  </si>
+  <si>
+    <t>"Decreto 172/2016, DE 8 DE NOVIEMBRE, POR EL QUE SE DECLARAN LA ZONAS ESPECIalES DE CONSERVACIÓN DE LA RED ECOLÓGICA EUROPEA NATURA 2000 KARST EN YESOS DE SORBAS (ES6110002), SIERRA alHAMILLA (ES0000045), DESIERTO DE TABERNAS (ES0000047), SIERRA PELADA Y RIVERA DEL ASERRADOR (ES0000052), PEÑAS DE AROCHE (ES6150007), alTO GUADalQUIVIR (ES6160002) Y LAGUNA GRANDE (ES6160004) Y SE APRUEBAN EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DEL PARAJE NATURal KARST EN YESOS DE SORBAS, EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DE LOS PARAJES NATURalES SIERRA alHAMILLA Y DESIERTO DE TABERNAS, EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DE LOS PARAJES NATURalESSIERRA PELADA Y RIVERA DEL ASERRADOR Y PEÑAS DE AROCHE Y EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DE LOS PARAJES NATURalES alTO GUADalQUIVIR Y LAGUNA GRANDE"</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, de 3 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/05/19/4</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Decreto Foral 53/2016, de 31 de agosto, por el que se designa el Lugar de Importancia Comunitaria denominado Tramo medio del río Aragón como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y del Enclave Natural Soto de Campo allende (EN-5) y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural Caparreta (RN-26). BON 178 de 14 de septiembre de 2016</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=37850</t>
+  </si>
+  <si>
+    <t>Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>Decreto Foral 50/2016, de 20 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado “Laguna del Juncal” como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural “Laguna del Juncal” (RN-33). BON 157 de 16/08/2016</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=37795</t>
+  </si>
+  <si>
+    <t>Decreto Foral 107/2016, de 23 de noviembre, por el que se designa el Lugar de Importancia Comunitaria denominado Badina Escudera como Zona Especial de Conservación y se aprueba el Plan de Gestión de la Zona Especial de Conservación y del Enclave Natural EN-8 Badina Escudera. BON 246 de 23 de Diciembre de 2016</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=38231</t>
+  </si>
+  <si>
+    <t>Decreto Foral 108/2016, de 23 de noviembre, por el que se designa el Lugar de Importancia Comunitaria denominado Balsa del Pulguer como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural Balsa del Pulguer (RN-35). BON 246 de 23 de Diciembre de 2016</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=38232</t>
+  </si>
+  <si>
+    <t>Decreto 142/2016, de 2 de agosto, por el que se amplía el ámbito territorial del Parque Natural de Doñana, se declara la Zona Especial de Conservación Doñana Norte y Oeste (ES6150009) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Espacio Natural Doñana. BOJA 185, de 26 de septiembre</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/eboja/2016/185/BOJA16-185-00063-15926-01_00098708.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 2/2016, de 12 de enero, por el que se declara la Zona Especial de Conservación Sierras de Tejeda, almijara y alhama (ES6170007) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Tejeda, almijara y alhama. BOJA 15, de 25/01/2016</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2016/15/5</t>
+  </si>
+  <si>
+    <t>Decreto 172/2016, de 8 de noviembre, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 Karst en Yesos de Sorbas (ES6110002), Sierra Alhamilla (ES0000045), Desierto de Tabernas (ES0000047), Sierra Pelada y Rivera del Aserrador (ES0000052), Peñas de Aroche (ES6150007), alto Guadalquivir (ES6160002) y Laguna Grande (ES6160004) y se aprueban el Plan de Ordenación de los Recursos Naturales del Paraje Natural Karst en Yesos de Sorbas, el Plan de Ordenación de los Recursos Naturales de los Parajes Naturales Sierra Alhamilla y Desierto de Tabernas, el Plan de Ordenación de los Recursos Naturales de los Parajes Naturales Sierra Pelada y Rivera del Aserrador y Peñas de Aroche y el Plan de Ordenación de los Recursos Naturales de los Parajes Naturales alto Guadalquivir y Laguna Grande. BOJA 245, de 23 de diciembre</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2016/245/BOJA16-245-00008-21925-01_00104550.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de julio de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 327/2015. BOPA 185 de 9 de agosto de 2016</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2016/08/09/2016-08455.pdf</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales del Espacio Natural Doñana. BOJA 185 de 26 de septiembre de 2016</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/eboja/2016/185/BOJA16-185-00296-15926-03_00098708.pdf</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales del Paraje Natural Sierra Alhamilla. BOJA 245 de 23 de diciembre de 2016</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2016/245/BOJA16-245-00122-21925-04_00104550.pdf</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales del Paraje Natural Desierto de Tabernas. BOJA 245 de 23 de diciembre de 2016</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales del Paraje Natural Sierra Pelada y  Rivera del Aserrador y Peñas de Aroche. BOJA 245 de 23 de diciembre de 2016</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2016/245/BOJA16-245-00107-21925-05_00104550.pdf</t>
+  </si>
+  <si>
+    <t>Ley 33/2015, de 21 de septiembre, por la que se modifica la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. (BOE nº 227, 22.09.2015)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2015/09/21/33</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Decreto 14/2015, de 27 de marzo, por el que se aprueban cinco planes de gestión de determinados espacios protegidos red Natura 2000 de las Illes Balears. BOIB 5563 de 09/04/2015</t>
+  </si>
+  <si>
+    <t>https://intranet.caib.es/eboibfront/es/2015/10279/561779/Decreto-14-2015-de-27-de-marzo-por-el-que-se-aprue</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Decreto 7/2015, de 20 de enero, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 albufera de Adra (ES6110001) y Laguna Honda (ES6160001) y se aprueban el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra y el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2015/51/BOJA15-051-00164-4356-01_00065594.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 55/2015, de 17 de abril, de Declaración de Zonas Especiales de Conservación y Aprobación del Plan de Gestión Integral de los espacios protegidos Red Natura 2000 del Noroeste de la Región de Murcia. BORM 109 Suplemento, de 14 de mayo de 2015</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/2015/4/17/55/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Decreto 7/2015, de 20 de enero, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 albufera de Adra (ES6110001) y Laguna Honda (ES6160001) y se aprueban el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra y el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche. BOJA 51, de 16/03/2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/51/BOJA15-051-00164-4356-01_00065594.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 128/2015, de 14 de abril, por el que se declaran las zonas especiales de conservación Cascada de Cimbarra (ES6160003) y Cuencas del Rumblar, Guadalén y Guadalmena (ES6160008) y se aprueba el Plan de Ordenación de los recursos naturales del Paraje Natural Cascada de Cimbarra. BOJA 94, de 19/05/2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/94/2</t>
+  </si>
+  <si>
+    <t>Decreto 6/2015, de 20 de enero, por el que se declara la Zona de Especial Conservación de la Red Ecológica Europea Natura 2000 Acantilados de Maro-Cerro Gordo (ES6770002), se amplía el ámbito territorial del Paraje Natural Acantilado de Marco-Cerro Gordo y se aprueba el Plan de Ordenación de los Recursos Naturales del citado Paraje Natural. BOJA 52, 17/03/2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/52/8</t>
+  </si>
+  <si>
+    <t>Orden de 18 de marzo de 2015, por la que se aprueban los Planes de Gestión de las Zonas Especiales de Conservación (ZEC) que se citan. BOJA 59 de 26 de marzo de 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/59/BOJA15-059-00002-5464-01_00066670.pdf</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Orden de 17 de marzo de 2015, por la que se aprueba el Plan de Gestión de la Zona Especial de Conservación Acebuchales de la Campiña Sur de Cádiz, el Plan de Gestión de las Zonas Especiales de Conservación Río Guadalmez y Sierra de Santa Eufemia y el Plan de la Zona Especial de Conservación Corredor Ecológico del Río Guadiamar. BOJA 60 de 27 de marzo de 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/eboja/2015/60/BOJA15-060-00002-5582-01_00066810.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 8 de mayo de 2015, por la que se aprueban los Planes de Gestión de las Zonas Especiales de Conservación pertenecientes a la Cuenca Hidrográfica del Guadiana y de la Zona Especial de Conservación Corredor Ecológico del Río Tinto. BOJA 100 de 27 de mayo de 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal_web/web/temas_ambientales/espacios_protegidos/planificacion/pg_aprobados/d_111_2015_guadiana_tinto/Orden_8mayo2015_guadiana_tinto_boja.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 49/2015, de 8 de abril, del Gobierno de Aragón, por el que aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Ordesa y Monte Perdido. BOA 80 de 29/04/2015</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=851182221717</t>
+  </si>
+  <si>
+    <t>Decreto 6/2015, de 20 de enero, por el que se declara la Zona de Especial Conservación de la Red Ecológica Europea Natura 2000 Acantilados de Maro-Cerro Gordo, se amplía el ámbito territorial del Paraje Natural Acantilado de Marco-Cerro Gordo y se aprueba el Plan de Ordenación de los Recursos Naturales del citado Paraje Natural. BOJA 52, 17/03/2015</t>
+  </si>
+  <si>
+    <t>Decreto 61/2015, de 21 de abril, del Gobierno de Aragón, por el que aprueba el Plan de Conservación de la Reserva Natural de las Saladas de Chiprana. BOA 82 de 04/05/2015</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=851743260909</t>
+  </si>
+  <si>
+    <t>Decreto 72/2015, de 10 de febrero, por el que se modifican el Plan de Ordenación de los Recursos Naturales, el Plan Rector de Uso y Gestión y la Descripción Literaria de los límites del Parque Natural Sierra de Grazalema, aprobados por el Decreto 90/2006, de 18 de abril, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Grazalema. BOJA 49, de 12 de marzo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/49/BOJA15-049-00009-4374-01_00065619.pdf</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>"Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es"</t>
+  </si>
+  <si>
+    <t>Decreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio. BOPA 3 de 5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22568&amp;p_r_p_dispositionReference=2014-22568&amp;p_r_p_dispositionDate=05%2F01%2F2015</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>Decreto 163/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ponga-Amieva (ES1200009) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Ponga y Amieva. BOPA 3 de 5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_cur=1&amp;p_r_p_dispositionReference=+2014-22569&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_delta=20&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=true</t>
+  </si>
+  <si>
+    <t>Decreto 166/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría del Eo (ES1200016) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en la Ría del Eo. BOPA 3 de 05 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+166%2F2014&amp;p_r_p_dispositionReference=2014-22560&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 161/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Playa de Vega (ES1200022) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en la Playa de Vega. BOPA 2 de 03 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22566&amp;p_r_p_dispositionReference=2014-22566&amp;p_r_p_dispositionDate=03%2F01%2F2015</t>
+  </si>
+  <si>
+    <t>Decreto 149/2014, de 23 de diciembre, por el que se declara la Zona Especial de Conservación Río Eo (Asturias) (ES1200023) y se aprueba su I Instrumento de Gestión. BOPA 299 de 29 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22351&amp;p_r_p_dispositionReference=2014-22351&amp;p_r_p_dispositionDate=29%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembe de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-21970&amp;p_r_p_dispositionDate=23%2F12%2F2014&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 132/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Navia (ES1200025) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21983&amp;p_r_p_dispositionReference=2014-21983&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 150/2014, de 23 de diciembre, por el que se declara la Zona Especial de Conservación Río Negro (ES1200026) y se aprueba su I Instrumento de Gestión. BOPA 299 del lunes 29 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+150%2F2014&amp;p_r_p_dispositionReference=2014-22352&amp;p_r_p_dispositionDate=29%2F12%2F2014&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 167/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Esva (ES1200027) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el Río Esva. BOPA 3 de 5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-22555&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 138/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Esqueiro (ES1200028) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21960&amp;p_r_p_dispositionReference=2014-21960&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 125/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Nalón (ES1200029) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21955&amp;p_r_p_dispositionReference=2014-21955&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 139/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Narcea (ES1200030) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21962&amp;p_r_p_dispositionReference=2014-21962&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 141/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Pigüeña (ES1200031) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21966&amp;p_r_p_dispositionReference=2014-21966&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 142/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Sella (ES1200032) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21968&amp;p_r_p_dispositionReference=2014-21968&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 133/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Las Cabras-Bedón (ES1200033) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21989&amp;p_r_p_dispositionReference=2014-21989&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21964&amp;p_r_p_dispositionReference=2014-21964&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva. BOPA 2 de 3 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-22552&amp;p_r_p_dispositionDate=03%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz. BOPA 2 de 3 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-22540&amp;p_r_p_dispositionDate=03%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 155/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Carbayera de El Tragamón (ES1200038) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en la Carbayera de El Tragamón (Gijón). BOPA 2 de 03/01/2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2015/01/03/2014-22550.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo. BOPA 2 de 3 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22554&amp;p_r_p_dispositionReference=2014-22554&amp;p_r_p_dispositionDate=03%2F01%2F2015</t>
+  </si>
+  <si>
+    <t>Decreto 168/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Meandros del Nora (ES1200040) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el Río Nora. BOPA 3 de5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+168%2F2014&amp;p_r_p_dispositionReference=2014-22549&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 129/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Sierra Plana de la Borbolla (ES1200042) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21965&amp;p_r_p_dispositionReference=2014-21965&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 128/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Sierra del Sueve (ES1200043) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21963&amp;p_r_p_dispositionReference=2014-21963&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2014/12/23/20141223.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 171/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de las Dueñas (ES1200045) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en la Turbera de las Dueñas (Cudillero). BOPA 3 de 5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22545&amp;p_r_p_dispositionReference=2014-22545&amp;p_r_p_dispositionDate=05%2F01%2F2015</t>
+  </si>
+  <si>
+    <t>Decreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas. BOPA 3 de 5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22546&amp;p_r_p_dispositionReference=2014-22546&amp;p_r_p_dispositionDate=05%2F01%2F2015</t>
+  </si>
+  <si>
+    <t>Decreto 145/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación alto Navia y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-21984&amp;p_r_p_dispositionDate=26%2F12%2F2014&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 137/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del Agüeira (ES1200049) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21958&amp;p_r_p_dispositionReference=2014-21958&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-21956&amp;p_r_p_dispositionDate=26%2F12%2F2014&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 134/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Ibias (ES1200051) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>Decreto 126/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Trubia (ES1200052) y se aprueba su I Instrumento de Gestión. BOPA 29 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21959&amp;p_r_p_dispositionReference=2014-21959&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21961&amp;p_r_p_dispositionReference=2014-21961&amp;p_r_p_dispositionDate=23%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 143/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Ríos Negro y aller (ES12000054) y se aprueba su I Instrumento de Gestión. BOPA 297 de 26 de diciembre de 2014</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-21973&amp;p_r_p_dispositionReference=2014-21973&amp;p_r_p_dispositionDate=26%2F12%2F2014</t>
+  </si>
+  <si>
+    <t>Decreto 154/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cabo Busto-Luanco (ES1200055) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Cabo Busto y Luanco. BOPA 2 del 03 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22542&amp;p_r_p_dispositionReference=2014-22542&amp;p_r_p_dispositionDate=03%2F01%2F2015</t>
+  </si>
+  <si>
+    <t>Decreto Foral 105/2014, de 5 de noviembre, por el que se designa el Lugar de Importancia Comunitaria denominado Belate como Zona Especial de Conservación y se aprueba su plan de gestión. BON 245 de 17/12/2014</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=35048</t>
+  </si>
+  <si>
+    <t>Decreto Foral 117/2014, de 29 de diciembre, por el que se designa el Lugar de Importancia Comunitaria denominado Sierra de Aralar como Zona Especial de Conservación y se aprueba su Plan de Gestión.</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=35254</t>
+  </si>
+  <si>
+    <t>Decreto Foral 49/2014, de 11 de junio, por el que se designa el Lugar de Importancia Comunitaria denominado "Río Baztan y Regata Artesiaga" como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 125 de 27/06/2014</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=34076</t>
+  </si>
+  <si>
+    <t>Decreto Foral 54/2014, de 2 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado "Sistema fluvial de los ríos Irati, Urrobi y Erro" como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 158 de 13 de agosto de 2014</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=34342</t>
+  </si>
+  <si>
+    <t>Decreto Foral 56/2014, de 2 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado "Ríos Eska y Biniés" como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 159 de 14/08/2014</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=34354</t>
+  </si>
+  <si>
+    <t>Decreto 103/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Lozoya y Sierra Norte, y se aprueba su Plan de Gestión y el de la Zona de Especial Protección para las aves alto Lozoya. BOCM 213, 08/09/2014.</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-3.PDF</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Decreto 106/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Guadalix y se aprueba su Plan de Gestión. BOCM 213 de 08/09/2014</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-6.PDF</t>
+  </si>
+  <si>
+    <t>Decreto 102/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Manzanares y se aprueba su Plan de Gestión y el de las Zonas de Especial Protección para las Aves Monte de El Pardo y Soto de Viñuelas. BOCM 213, 8 de septiembre de 2014.</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-2.PDF</t>
+  </si>
+  <si>
+    <t>Decreto 105/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Guadarrama y se aprueba su Plan de Gestión. BOCM 213 de 08/09/2014</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-5.PDF</t>
+  </si>
+  <si>
+    <t>Decreto 104/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Vegas, Cuestas y Páramos del Sureste de Madrid y se aprueba su Plan de Gestión y el de las Zonas de Especial Protección para las Aves Carrizales y Sotos de Aranjuez y Cortados y Cantiles de los ríos Jarama y Manzanares. BOCM 213 de 08/09/2014.</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-4.PDF</t>
+  </si>
+  <si>
+    <t>Decreto 9/2014, de 21 de febrero, por el que se declaran las zonas especiales de conservación de la Red Natura 2000 en la Comunidad Autónoma de La Rioja y se aprueban sus planes de gestión y Ordenación de los recursos naturales. Boletín Oficial de La Rioja nº 24 de 24 de febrero de 2014</t>
+  </si>
+  <si>
+    <t>http://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1517427-1-PDF-475993</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Decreto 221/2013, de 5 de noviembre (BOJA 7, 13/01/2014)</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2014/7/BOJA14-007-00066-66-01_00039879.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 7/2014, de 20 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Babia y Luna (León). BOCYL 37, de24/02/2014</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2014/02/24/pdf/BOCYL-D-24022014-3.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/17/2014, de 20 de enero, por la que se acuerda la iniciación del Plan de Ordenación de los Recursos Naturales del Parque Nacional de los Picos de Europa en la Comunidad de Castilla y León. BOCYL 17, de 27/01/2014</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2014/01/27/pdf/BOCYL-D-27012014-84.pdf</t>
+  </si>
+  <si>
+    <t>"Decreto 221/2013, de 5 de noviembre, por el que se declaran las zonas especiales de conservación Marismas del río Palmones (ES6120006) y Estuario del río Guadiaro (ES6120003), se amplía el ámbito territorial de los parajes naturales Marismas del río Palmones y Estuario del río Guadiaroy se aprueba el Plan de Ordenación de los Recursos Naturales de los citados espacios naturales."</t>
+  </si>
+  <si>
+    <t>Ley 9/2013, de 3 de diciembre, de Pesca de Castilla y León. BOCyL 239 de 13 de diciembre de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2013/12/03/9</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Ley 2/2013, de 10 de octubre, de modificación de la Ley 16/1994, de 30 de junio, de Conservación de la Naturaleza del País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2013/10/10/2</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Orden de 3 de junio de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente por la que se aprueba el Plan General de Caza para la temporada 2013-2014. BOA, 124 27 de junio de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=677698861313</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Orden de 9 de enero de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se aprueba el Plan General de Pesca de Aragón para el año 2013. BOA 18 de 28/01/2013</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=716068464646</t>
+  </si>
+  <si>
+    <t>Orden 502/2013, de 4 de marzo, sobre establecimiento de vedas y regulación especial de la actividad piscícola en los ríos, arroyos y embalses de la Comunidad de Madrid, para el ejercicio de 2013. BOCM 60 de 12 de marzo de 2013</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/rlma_web/Descarga.icm?ver=S&amp;idLegislacion=2343&amp;idDocumento=1</t>
+  </si>
+  <si>
+    <t>Orden de 9 de mayo de 2013 general de vedas de caza para la temporada 2013/2014, de la Comunidad Autónoma de Extremadura. DOE 94 de 17 de mayo de 2013</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2013/940o/13050112.pdf</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Decreto 37/2013, de 26 de abril, del Consejo de Gobierno de la Comunidad Autónoma de la Región de Murcia, por el que se declara bien de interés cultural, con categoría de sitio histórico, la Isla del Fraile, la Punta del Cigarro y su entorno subacuático, en Águilas. BORM 98, 30/04/2013.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/30-04-2013/6514</t>
+  </si>
+  <si>
+    <t>Decreto 38/2013, de 25 de julio, por el que se modifica el Decreto 83/1998, de 30 de abril, por el que se desarrolla reglamentariamente el Título IV «De los terrenos», de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BCyL 146 de 31/07/2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/07/31/pdf/BOCYL-D-31072013-3.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/502/2013, de 25 de junio, por la que se aprueba la Orden Anual de Caza. BOCyL 122 de 27 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/41/2013, de 21 de enero, por la que se modifica la Orden MAM/39/2009, de 16 de enero, por la que se establecen las bases reguladoras para la concesión de ayudas a la primera forestación de tierras agrícolas, cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (FEADER), en el marco del programa de desarrollo rural de Castilla y León 2007-2013. BOCyL 26, 7 de febrero de 2013.</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/02/07/pdf/BOCYL-D-07022013-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 222/2013, de 5 de noviembre, por el que declaran las Zonas Especiales de Conservación Torcal de Antequera (ES0000032), Los Reales de Sierra Bermeja (ES6170004), Sierra Crestellina ES6170005) y Desfiladero de los Gaitanes (ES6170003), se amplía el ámbito territorial del Paraje Natural Torcal de Antequera y se aprueba el Plan de Ordenación de los Recursos Naturales de los Parajes Naturales Torcal de Antequera, Los Reales de Sierra Bermeja, Sierra Crestellina y Desfiladero de los Gaitanes. BOJA 8, de 14/01/2014</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2014/8/BOJA14-008-00113-69-01_00039880.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 70/2013, de 2 de julio, por el que se declara la Zona Especial de Conservación Laguna de Fuente de Piedra (ES0000033) y se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de Fuente de Piedra.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2013/144/19</t>
+  </si>
+  <si>
+    <t>Decreto 221/2013, de 5 de noviembre, por el que se declaran las zonas especiales de conservación Marismas del río Palmones (ES6120006) y Estuario del río Guadiaro (ES6120003), se amplía el ámbito territorial de los parajes naturales Marismas del río Palmones y Estuario del río Guadiaro y se aprueba el Plan de Ordenación de los Recursos Naturales de los citados espacios naturales. BOJA 7, 13/01/2014</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2014/7/17</t>
+  </si>
+  <si>
+    <t>Acuerdo de 23/10/2013, del Consejo de Gobierno, por el que se inicia el procedimiento para la modificación del Decreto 222/2004, de 01/06/2004, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y se declara la Reserva Natural de la Laguna del Marquesado, en el término municipal de Laguna del Marquesado en Cuenca. DOCM 208 de 25 de octubre</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2013/10/25/pdf/2013_13003.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 62/2013, de 26 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Lago de Sanabria y alrededores (Zamora). BOCYL 190, de 2/10/2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/10/02/pdf/BOCYL-D-02102013-1.pdf</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales de los parajes naturales Torcal de Antequera, Los Reales de Sierra Bermeja, Sierra Crestellina y Desfiladero de los Gaitanes. BOJA 8 de 14 de enero de 2014</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal/landing-page/-/asset_publisher/4V1kD5gLiJkq/content/porn-de-los-parajes-naturales-torcal-de-antequera-los-reales-de-s-c2-aa-bermeja-s-c2-aa-crestellina-y-desfiladero-de-los-gaitanes./20151</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de Fuente de Piedra. BOJA 144 de 24 de julio de 2013</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2013/144/BOJA13-144-00114-12146-01_00030952.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Ley 7/2012, de 15 de junio de medidas urgentes para la activación económica en materia de industria y energía, y otras actividades. BOIB 90 de 21 de junio de 2012</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2012090/mp33.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 20 de febrero de 2012, del Consejero de Agricultura, Ganadería y Medio Ambiente, sobre prevención y lucha contra los incendios forestales en la Comunidad Autónoma de Aragón para la campaña 2012/2013. BOA 41 de 29 de febrero de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=651794454141</t>
+  </si>
+  <si>
+    <t>Decreto 140 /2012, de 22 de mayo, del Gobierno de Aragón, por el que se aprueba el Reglamento del procedimiento de elaboración y los contenidos mínimos de los Planes de Ordenación de los Recursos Forestales (PORF). BOA 105 de 01/06/2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=671674821212</t>
+  </si>
+  <si>
+    <t>Orden de 18 de junio de 2012, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se regula el aprovechamiento de la biomasa forestal con destino energético en Aragón. BOA 143 de 24/07/2012 </t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=683330185959</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de octubre de 2012, de la Dirección General de Gestión Forestal, por la que se aprueba el Pliego General de Condiciones Técnicas para la redacción y presentación de resultados de Planes Básicos de Gestión Forestal de montes gestionados por el Departamento competente en materia de gestión forestal del Gobierno de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=706791623434</t>
+  </si>
+  <si>
+    <t>Decreto 131/2012, de 17/08/2012, por el que se modifica el Decreto 141/1996, de 9 de diciembre, por el que se aprueba el Reglamento General de aplicación de la Ley 2/1993, de 15 de julio, de Caza de Castilla-La Mancha. Corrección de Errores (DOCM, 11 de septiembre de 2012)</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2012/08/17/131</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Decreto 1/2012, de 12 de enero, por el que se regulan los aprovechamientos maderables y leñosos en montes y otras zonas arboladas no gestionados por la Junta de Castilla y León. (BOCyL 12 de 18-01-2012)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2012/01/18/pdf/BOCYL-D-18012012-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden 1833/2012, de 14 de junio, por la que se fijan las limitaciones y épocas hábiles de caza que regirán durante la temporada 2012-2013. BOCM de 22 de junio de 2012.</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?idNorma=8161&amp;eli=true#no-back-button</t>
+  </si>
+  <si>
+    <t>Decreto 216/2012, de 16 de octubre, por el que se establece el listado de especies cinegéticas de la Comunidad Autónoma del País Vasco. BOPV 208 de 26 de octubre de 2012</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2012/10/1204735a.shtml</t>
+  </si>
+  <si>
+    <t>Orden de 11 de mayo de 2012 por la que se establecen las condiciones para desarrollar, como medio de prevención de incendios forestales y eliminación de la vegetación en competencia con la forestación, determinadas actividades puntuales de pastoreo ovino en las superficies acogidas a las ayudas a la forestación de tierras agrícolas en Extremadura. DOE 93 de 16 de mayo de 2012</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2012/930o/12050093.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 30 de julio de 2012 General de Vedas de Caza para la temporada 2012/2013, de la Comunidad Autónoma de Extremadura. DOE 152 de 7 de agosto de 2012</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2012/1520o/12050166.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/988/2012, de 2 de noviembre, por la que se disponen diversas actuaciones relativas a la extracción de la madera en la zona afectada por los incendios forestales en varios municipios de la provincia de León. BCyL 227 26 de noviembre de 2012</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2012/11/26/pdf/BOCYL-D-26112012-10.pdf</t>
+  </si>
+  <si>
+    <t>Ley 11/2011, de 21 de marzo, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 63 de 31/03/2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/21/11</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 17 de marzo, de Caza. BOPV 61 de 29 de marzo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2011/03/17/2</t>
+  </si>
+  <si>
+    <t>Real Decreto 556/2011, de 20 de abril, para el desarrollo del Inventario Español del Patrimonio Natural y la Biodiversidad. BOE 112 de 11 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/04/20/556</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Real Decreto 1274/2011, de 16 de septiembre, por el que se aprueba el Plan estratégico del patrimonio natural y de la biodiversidad 2011-2017, en aplicación de la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 236 de 30 de septiembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/09/16/1274</t>
+  </si>
+  <si>
+    <t>Real Decreto 1220/2011, de 5 de septiembre, por el que se modifica el Real Decreto 289/2003, de 7 de marzo, sobre comercialización de los materiales forestales de reproducción. BOE 228 de 22 de septiembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/09/05/1220</t>
+  </si>
+  <si>
+    <t>Decreto 347/2011, de 22 de noviembre, por el que se regula la estructura y funcionamiento de la Red de Información de Andalucía y el acceso a la información ambiental. BOJA 237 de 2 de diciembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/237/5</t>
+  </si>
+  <si>
+    <t>Decreto 118/2011, de 31 de mayo, del Gobierno de Aragón, por el que se aprueba el Plan Especial de Protección Civil de Emergencias por Incendios Forestales (Procinfo). BOA 111 de 08/06/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=602557320707</t>
+  </si>
+  <si>
+    <t>Decreto 127/2011, de 31 de mayo, del Gobierno de Aragón, por el que se aprueba el Catálogo de Montes de Utilidad Pública de la provincia de Huesca. BOA 115 de 14/06/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=603625710505</t>
+  </si>
+  <si>
+    <t>Decreto 128/2011, de 31 de mayo, del Gobierno de Aragón, por el que se aprueba el Catálogo de Montes de Utilidad Pública de la provincia de Teruel. BOA 115 de 14/06/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=603627730505</t>
+  </si>
+  <si>
+    <t>Decreto 74/2011 de 22 de marzo, del Gobierno de Aragón, por el que se modifican los anexos de la Ley 7/2006 de 22 de junio, de protección ambiental de Aragón. BOA 68 de 05/04/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=589774220505</t>
+  </si>
+  <si>
+    <t>Decreto 257/2011, de 12/08/2011, por el que se modifica el Decreto 141/1996, de 9 de diciembre por el que se aprueba el reglamento general de aplicación de la Ley 2/1993, de 15 de julio, de Caza de Castilla-La Mancha. DOCM 161 de 17/08/2011</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2011/08/12/257</t>
+  </si>
+  <si>
+    <t>Decreto 65/2011, de 23 de noviembre, por el que se regula la conservación de las especies cinegéticas de Castilla y León, su aprovechamiento sostenible y el control poblacional de la fauna silvestre. BOCyL 227, de 24 de noviembre de 2011</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2011/11/24/pdf/BOCYL-D-24112011-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 11 de marzo de 2011 General de Vedas de Pesca. DOE 55 de 21 de marzo de 2011</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2011/550o/11050062.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 25 de enero de 2011 de la Consejería de Agricultura y Agua, por la que se modifica la Orden de 24 de mayo de 2010, de la Consejería de Agricultura y Agua, sobre Medidas de Prevención de Incendios Forestales en la Región de Murcia para el año 2010. (BORM nº27, 03/02/2011).</t>
+  </si>
+  <si>
+    <t>http://www.borm.es/borm/vista/busqueda/ver_Anuncio_html.jsf?fecha=03022011&amp;numero=1539&amp;origen=sum</t>
+  </si>
+  <si>
+    <t>Orden de 9 de febrero de 2011, de la Consejería de Agricultura y Agua, por la que, a propuesta de la Dirección General de Patrimonio Natural y Biodiversidad, se acuerda agrupar los montes Cabezo del Sordo y Solana de la Peña del Águila, números 180 y 179, respectivamente, del Catálogo de Montes de Utilidad Pública de la provincia de Murcia, sito en el término municipal de Lorca. BORM 43, 22/02/2011.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2011/numero/2678/pdf?id=421522</t>
+  </si>
+  <si>
+    <t>Orden de 9 de febrero de 2011, de la Consejería de Agricultura y Agua, por la que, a propuesta de la Dirección General de Patrimonio Natural y Biodiversidad, se descataloga y excluye del catálogo de montes de utilidad pública de la provincia de Murcia, el monte número 148, denominado “Umbría de Beto”, sito en el término municipal de Mula. BORM 43, 22/02/2011.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/22-02-2011/2677</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Presidencia, por la que, a propuesta de la Dirección General de Medio Ambiente, se aprueba la declaración de utilidad pública e inclusión en el catálogo de montes de utilidad pública, del monte público denominado “Ajauque y Rambla Salada”, perteneciente a la Comunidad Autónoma de la Región de Murcia, sito en el término municipal de Fortuna (Murcia). BORM nº 264, 16/11/2011.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/16-11-2011/17329</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 172/2011, de 3 de noviembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuencas de los ríos Jarama y Henares y se aprueba el Plan de Gestión de los Espacios Protegidos Red Natura 2000 de la Zona de Especial Protección para las Aves denominada Estepas Cerealistas de los ríos Jarama y Henares y de la Zona Especial de Conservación denominada Cuencas de los ríos Jarama y Henares. BOCM 297 de 15 de diciembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/eli/es-md/d/2011/11/03/172/corrigendum/20111203</t>
+  </si>
+  <si>
+    <t>Decreto 13/2011, de 22/03/2011, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Las Lagunas y albardinales del Gigüela y se declara la Reserva Natural de Las Lagunas y albardinales del Gigüela. DOCM 59, de 25/03/2011</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2011/03/25/pdf/2011_4769.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 238/2011, de 12 de julio, por el que se establece la Ordenación y Gestión de Sierra Nevada. BOJA 155, 09/08/2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/155/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 52/2011, de 8 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Zonas Húmedas del Sur de Córdoba. BOJA 56, 21/03/2011.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/56/d38.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 56/2011, de 4 de marzo, por el que se aprueba la Revisión Parcial del Plan Insular de Ordenación de Tenerife (PIOT) para su adaptación a las Directrices de Ordenación General, para la racionalización del planeamiento territorial de desarrollo del PIOT y para la puesta de manifiesto de la complementariedad de las infraestructuras portuarias insulares. BOC 58, 21/03/2011</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2011/058/001.html</t>
+  </si>
+  <si>
+    <t>Orden de 17 de mayo de 2011, por la que se prórroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural Peñón de Zaframagón, aprobado por Decreto 461/2000, de 26 de diciembre. BOJA 111, de 8 de junio</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/111/d13.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 6 de junio de 2011, por la que se prorroga la vigencia de los Planes Rectores de Uso y Gestión de los Parques Naturales Montes de Málaga y Sierra de Aracena y Picos de Aroche y del Plan de Ordenación de los Recursos Naturales de las Sierras de Alhama, Tejeda y Almijara, aprobados por Decreto 187/2003, de 24 de junio, Decreto 210/2003, de 15 de julio, y Decreto 145/1999, de 15 de junio, respectivamente. BOJA 131 de 6 de julio de 2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/131/d1.pdf</t>
+  </si>
+  <si>
+    <t>Ley 41/2010, de 29 de diciembre, de protección del medio marino. BOE 317, de 30 de diciembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2010/12/29/41</t>
+  </si>
+  <si>
+    <t>Ley 9/2010, de 30 de julio, de Aguas de Andalucía 2010. BOJA 155 de 09/08/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2010/07/30/9</t>
+  </si>
+  <si>
+    <t>Ley 7/2010, de 14 julio, de la Dehesa. BOJA 144 de 23/07/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2010/07/14/7</t>
+  </si>
+  <si>
+    <t>Acuerdo de 5 de octubre 2010 por el que se aprueba la estrategia andaluza de gestión integrada de la geodiversidad. BOJA 202 de 15 de octubre de 2010</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2010/202/d32.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 371/2010, de 14 de septiembre, por el que se Aprueba el Plan de Emergencia por Incendios Forestales de Andalucía y modifica el Reglamento de Prevención y Lucha contra los Incendios Forestales aprobado por el Decreto 247/2001, de 13 de noviembre 2001. BOJA 192 de 30 de septiembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/192/1</t>
+  </si>
+  <si>
+    <t>Decreto 204/2010, de 2 de noviembre, del Gobierno de Aragón, por el que se crea el Inventario de Humedales Singulares de Aragón y se establece su régimen de protección. BOA 220 de 11 de noviembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=558856590404</t>
+  </si>
+  <si>
+    <t>Resolución de 19 de agosto de 2010, por la que se aprueba la actualización del Catálogo de Materiales de Base para la producción de Materiales Forestales de Reproducción en el territorio de la CCAA de Cantabria. BOC 191 de 4 de octubre de 2010</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=185395</t>
+  </si>
+  <si>
+    <t>Orden de 23/04/2010, de la Consejería de Administraciones Públicas y Justicia, por la que se aprueba la revisión del Plan Especial de Emergencia por Incendios Forestales de Castilla-La Mancha. DOCM 83 de 3 de mayo de 2010</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/o/2010/04/23/(1)</t>
+  </si>
+  <si>
+    <t>DECRETO 26/2017, de 14 de marzo, del Consejo de Gobierno, por el que se de clara la zona especial de conservación “Cuencas de los ríos Alberche y Cofio” y se aprueban su plan de gestión y el de la zona de especial protección para las aves “Encinares del río Alberche y río Cofio”</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/rlma_web/html/web/Descarga.icm?ver=S&amp;idLegislacion=3652&amp;idDocumento=1</t>
+  </si>
+  <si>
+    <t>Orden de 2 de septiembre de 2010, de la Consejera de Medio Ambiente, Planificación Territorial, Agricultura y Pesca por la que se establece la clasificación de las zonas de producción de moluscos bivalvos del litoral de la Comunidad Autónoma del País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2010/09/1004464a.shtml</t>
+  </si>
+  <si>
+    <t>Orden de 24 de mayo de 2010, de la Consejería de Agricultura y Agua, sobre medidas de prevención de incendios forestales en la Región de Murcia para el año 2010. BORM  121, de 28/05/2010</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2010/numero/9476/pdf?id=402857</t>
+  </si>
+  <si>
+    <t>Resolución de 20 de diciembre de 2010, de la Dirección General del Medio Natural, por la que se aprueba el Plan de Gestión de las Zonas Húmedas del Canal de Castilla. BOCYL num 249 de 28 de diciembre de 2010</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2010/12/28/pdf/BOCYL-S-28122010.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 214/2010, de 28/09/2010, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Valle de Alcudia y Sierra Madrona, se inicia el procedimiento de declaración del Parque Natural del Valle de Alcudia y Sierra Madrona, y se declara el Monumento Natural del Volcán de Alhorín y la Reserva Fluvial del Río Guadalmez. DOCM 193, de 5/10/2010</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2010/10/05/pdf/2010_16352.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/161/2010, de 14 de septiembre, por el que se aprueba definitivamente el Plan especial de la Zona Volcánica de La Garrotxa. DOGC 5735 de 15 de octubre de 2010.</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=557352</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 215/2010, de 28 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra Norte de Guadalajara y se inicia el procedimiento para la Declaración del Parque Natural de la Sierra Norte de Guadalajara. DOCM 137, de 14/07/2011</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2011/07/14/pdf/2011_10407.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 215/2010, de 28/09/2010, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra Norte de Guadalajara y se inicia el procedimiento para la declaración del Parque Natural de la Sierra Norte de Guadalajara. DOCM 193, de 05/10/2010</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2010/10/05/pdf/2010_16555.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 89/2010, de 16 de diciembre, por el que se aprueba el plan de Ordenación de los recursos naturales del parque natural de Oyambre. BOC 30 diciembre 2010</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verBoletinExtraordinario.do?id=6666</t>
+  </si>
+  <si>
+    <t>Orden de 22 de septiembre de 2010, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales del Paraje Natural de Sierra Pelada y Rivera del Aserrados, aprobado por Decreto 95/2000, de 6 de marzo. BOJA 203, 18/10/2010.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/203/d19.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 22 de septiembre de 2010, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra, aprobado por Decreto 242/2000, de 23 de mayo. BOJA 203, 18/10/2010.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/203/d24.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 22 de septiembre de 2010, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de La Ratosa, aprobado por Decreto 248/1999, de 27 de diciembre. BOJA 203, 18/10/2010.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/203/d22.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 22 de septiembre de 2010, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural Lagunas de Archidona, aprobado por Decreto 246/1999, de 27 de diciembre. BOJA 203, 18/10/2010</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/203/20</t>
+  </si>
+  <si>
+    <t>Orden de 22 de septiembre de 2010, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural Lagunas de Campillos, aprobado por Decreto 247/1999, de 27 de diciembre. (BOJA 203, 18/10/2010)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/203/21</t>
+  </si>
+  <si>
+    <t>Orden de 22 de septiembre de 2010, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche, aprobado por Decreto 241/2000, de 23 de mayo. (BOJA 203, 18/10/2010)</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2010/203/d23.pdf</t>
+  </si>
+  <si>
+    <t>Ley 4/2009, de 22 de junio, de Ordenación del Territorio de Aragón. BOA 124 de 30/06/2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2009/06/22/4</t>
+  </si>
+  <si>
+    <t>Ley 3/2009, de 6 de abril, de Montes de Castilla y León. BOCyL 71 de 16-04-2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2009/04/06/3</t>
+  </si>
+  <si>
+    <t>Orden de 13 de abril de 2009, del Consejero de Medio Ambiente, por la que se determinan las zonas de alto riesgo de incendios forestales de la Comunidad Autónoma de Aragón. BOA 147 de 31/07/2009</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=402170204242</t>
+  </si>
+  <si>
+    <t>Decreto 60/2009, de 12/05/2009, por el que se modifica el Reglamento General de aplicación de la Ley 2/1993, de 15 de julio, de caza de Castilla-La Mancha, aprobado por Decreto 141/1996, de 9 de diciembre. DOCM 92 de 5 de mayo de 2009</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2009/05/12/60</t>
+  </si>
+  <si>
+    <t>Orden 618/2009, de 24 de marzo, por la que se establece la relación de materiales base para la producción de material forestal de reproducción seleccionado en la Comunidad de Madrid. BOCM 17 de abril de 2009</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?opcion=VerHtml&amp;nmNorma=6111&amp;eli=true#no-back-button</t>
+  </si>
+  <si>
+    <t>Orden de 2 de octubre de 2009 por la que se aprueba el Plan Rector de Uso y Gestión de la Zona de Interés Regional “Sierra de San Pedro” y se ordena la publicación del mismo. DOE 200 de 16 de octubre de 2009</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2009/2000o/09050464.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 64/2009, de 19 de febrero, por el que se aprueba el Plan de Ordenación de los recursos naturales del parque natural de A Baixa Limia-Serra do Xurés. DOG 61 de 30 de marzo de 2009</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/2009/20090330/Anuncio12BCA_es.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 65/2009, de 19 de febrero, por el que se aprueba el Plan rector de uso y gestión del parque natural del Monte aloia. DOG 62 del 31 de marzo de 2009</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/2009/20090331/Anuncio1399A_es.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 8 de mayo de 2009, por la que se prorroga la vigencia de los Planes de Ordenación de los Recursos Naturales  de determinadas Reservas Naturales de la provincia de Sevilla, aprobados por Decreto 419/2000, de 7 de noviembre (BOJA 106, 04/06/2009)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2009/106/d44.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 8 de mayo de 2009, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural Peñón de Zaframagón, aprobado por Decreto 461/2000. BOJA 106, 04/06/2009</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2009/106/d43.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 96/2009, de 18 de noviembre, del Consejo de Gobierno, por el que se aprueba la Ordenación de los Recursos Naturales de la Sierra de Guadarrama en el ámbito territorial de la Comunidad de Madrid (BOCM nº 11, de 14 de enero de 2010).</t>
+  </si>
+  <si>
+    <t>http://www.bocm.es/boletin/CM_Orden_BOCM/2010/01/14/2010-01-14_11012010_0068.pdf</t>
+  </si>
+  <si>
+    <t>Directiva 2008/56/CE del Parlamento Europeo y del Consejo, de 17 de junio de 2008, por la que se establece un marco de acción comunitaria para la política del medio marino (Directiva marco sobre la estrategia marina). DOUE L 164/19 de 25 de junio de 2008</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2008:164:0019:0040:ES:PDF</t>
+  </si>
+  <si>
+    <t>Directiva</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
-    <t>Nacional</t>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Ley 3/2008, de 12 de junio, de Montes y Gestión Forestal Sostenible de Castilla-La Mancha. DOCM 130 de 23 de junio de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2008/06/12/3</t>
+  </si>
+  <si>
+    <t>Decreto 14/2008, de 22 de enero por el que se regula la certificación y el distintivo de calidad cinegética de Andalucía. BOJA 26 de 06/02/2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/26/6</t>
+  </si>
+  <si>
+    <t>Decreto 25/2008, de 12 de febrero, del Gobierno de Aragón, por el que se aprueba el Reglamento de la Ley 2/1999, de 24 de febrero, de Pesca en Aragón. BOA 22 de 22 de febrero de 2008 </t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=250293385858</t>
+  </si>
+  <si>
+    <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del Monte "El Castellar" del término municipal de Bullas (Murcia). BORM 97, de 26 de abril de 2008</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/4551/pdf?id=341144</t>
+  </si>
+  <si>
+    <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
+  </si>
+  <si>
+    <t>Entidades locales</t>
+  </si>
+  <si>
+    <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "El Salto y Capellanía" del término municipal de Moratalla (Murcia). BORM 75, de 01 de abril de 2008</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/3416/pdf?id=339576</t>
+  </si>
+  <si>
+    <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "Casa Manta" del término municipal de Moratalla (Murcia). BORM 18, de 22 de enero de 2008</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/328/pdf?id=336122</t>
+  </si>
+  <si>
+    <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "La alberquilla" del término municipal de Caravaca de la Cruz (Murcia). BORM , de 08 de abril de 2008</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/3703/pdf?id=340049</t>
+  </si>
+  <si>
+    <t>Orden de 16 enero de 2008 de la Consejería de Desarrollo Sostenible y Ordenación del Territorio, por la que se declara de utilidad pública e inclusión en el Catálogo de montes de utilidad pública, de la Finca Forestal: "Peñas Blancas", perteneciente a la Comunidad Autónoma de la Región de Murcia, sita en el término municipal de Lorca (Murcia). BORM 40, 16/02/2008.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/1401/pdf?id=337109</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Desarrollo Sostenible y Ordenación del Territorio, por la que, a propuesta de la Dirección General del Medio Natural, se aprueba la declaración de utilidad pública de la finca forestal: "Cerro de San Jorge", perteneciente a la Comunidad Autónoma de la Región de Murcia, sita en el término municipal de Moratalla (Murcia). BORM 98, 28/04/2008.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/4778/pdf?id=341217</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Desarrollo Sostenible y Ordenación del Territorio, por la que, a propuesta de la Dirección General del Medio Natural, se aprueba la declaración de utilidad pública e inclusión en el catálogo de montes de utilidad pública, de la finca forestal "Campico Peñuelas", perteneciente a la Comunidad Autónoma de la Región de Murcia, sita en el término municipal de Lorca (Murcia). BORM 114, 17/05/2008.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/5686/pdf?id=342858</t>
+  </si>
+  <si>
+    <t>Orden de la Consejería de Desarrollo Sostenible y Ordenación del Territorio, por la que, a propuesta de la Dirección General del Medio Natural, se aprueba la declaración de utilidad pública e inclusión en el catálogo de montes de utilidad pública, de la finca forestal "Vertientes de Peña Rubia", perteneciente a la Comunidad Autónoma de la Región de Murcia, sita en el término municipal de Lorca (Murcia). BORM 114, 17/05/2008.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2008/numero/5685/pdf?id=342857</t>
+  </si>
+  <si>
+    <t>Decreto Foral 68/2008, de 17 de junio, por el que se declara zona especial de conservación el Señorío de Bértiz y se aprueba su III Plan Rector de Uso y Gestión. BON 92, de 28 de julio de 2008</t>
+  </si>
+  <si>
+    <t>https://www.lexnavarra.navarra.es/detalle.asp?r=29695</t>
+  </si>
+  <si>
+    <t>Decreto 198/2008, de 6 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Paraje Natural Brazo del Este y se amplía el ámbito territorial del citado paraje natural. BOJA 120, 18/06/2008</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2008/120/d31.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 348/2011, de 22 de noviembre, por el que se declara ZEPA el Paraje Natural Brazo del Este y se modifica el PORN del citado Paraje Natural aprobado por Decreto 198/2008, de 6 de mayo (Boja nº 238, de 5 de diciembre)</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2011/238/d52.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 37/2008, de 5 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Cabo de Gata-Níjar y se precisan los límites del citado Parque Natural. BOJA 59, 26/03/2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/59/d32.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 40/2008, de 29 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Laguna Negra y Circos Glaciares de Urbión (Soria). BOCYL 106, de 4/06/2008</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2008/06/04/pdf/BOCYL-D-04062008-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden ARM/3841/2008, de 23 de diciembre, por la que se regula la reserva marina de interés pesquero de las islas Columbretes, y se define su delimitación y usos permitidos. BOE núm. 2, de 2 de enero de 2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2008/12/23/arm3841</t>
+  </si>
+  <si>
+    <t>Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 299, de 14 de diciembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/12/13/42</t>
+  </si>
+  <si>
+    <t>Ley 34/2007, de 15 de noviembre, de calidad del aire y protección de la atmósfera. BOE 275, de 16 de noviembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/11/15/34</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 3/2007, de 4 de abril, de Pesca en Aguas Continentales. BOC 74 de 17 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2007/04/04/3</t>
+  </si>
+  <si>
+    <t>Ley 8/2007, de 15-3-2007, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 72 de 5 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2007/03/15/8</t>
+  </si>
+  <si>
+    <t>Ley 2/2007, de 12 de marzo, de Pesca Marítima y Acuicultura de la Región de Murcia. BOE 175, de 21 de julio de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2007/03/12/2</t>
+  </si>
+  <si>
+    <t>Decreto 54/2007, de 24 de mayo, por el que se regula la comercialización de los materiales forestales de reproducción en la Comunidad de Castilla y León. BOCyL 104, 30 de mayo 2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/05/30/pdf/BOCYL-D-30052007-2.pdf</t>
+  </si>
+  <si>
+    <t>Norma Foral de Montes 11/2007, de 26 de marzo. BOTHA 44 SUPL de 13 de Abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.araba.eus/botha/Busquedas/Resultado.aspx?File=Boletines/2007/044/2007_044_02377_C.xml&amp;hl=</t>
+  </si>
+  <si>
+    <t>Local/Municipal</t>
+  </si>
+  <si>
+    <t>Decreto 125/2007, de 5 de octubre, por el que se dictan Normas sobre el uso del fuego y se regula el ejercicio de determinadas actividades susceptibles de incrementar el riesgo de incendio forestal. BOIB 153 de 11/10/2007</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2007153/mp56.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 43/2007, de 13 de marzo, por el que se aprueba definitivamente el Plan Territorial Sectorial de Protección y Ordenación del Litoral de la Comunidad Autónoma del País Vasco. BOPV 65 de 2 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2007/04/0701974a.shtml</t>
+  </si>
+  <si>
+    <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "Las Purgas" del término municipal de Lorca (Murcia). BORM 256, de 06 de noviembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2007/numero/14191/pdf?id=327502</t>
+  </si>
+  <si>
+    <t>Decreto Foral 228/2007, de 8 de octubre, por el que se designa el Lugar de Importancia Comunitaria denominado  Urbasa y Andía  como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 139, 07/11/2007</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=29528</t>
+  </si>
+  <si>
+    <t>Decreto 18/2007, de 20/03/2007, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Lagunas de Cañada del Hoyo situadas en el término municipal de Cañada del Hoyo de Cuenca y se declara el Monumento Natural de las Lagunas de Cañada del Hoyo. DOCM 63 de 23/03/2007</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2007/03/23&amp;idDisposicion=123061624380751038</t>
+  </si>
+  <si>
+    <t>Decreto 10/2007, de 19 de enero, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Chera-Sot de Chera. DOGV 5435 de 24/01/2007.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/01/24/pdf/2007_825.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 107/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Hoces del alto Ebro y Rudrón (Burgos). BOCYL 221, de 14/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 108/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del área de Miranda del Castañar declarada como Parque Natural de las Batuecas-Sierra de Francia (Salamanca). BOCYL 221, de 14/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 109/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de San Martín del Castañar (Salamanca). BOCYL 221, 14/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-6.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 111/2007, de 15 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Lagunas Glaciares de Neila (Burgos). BOCYL 226, 21/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/21/pdf/BOCYL-D-21112007-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 112/2007, de 15 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Acebal de Garagüeta (Soria). BOCYL 226, 21/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/21/pdf/BOCYL-D-21112007-3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 19/2007 de 16 de marzo, por el que aprueba el Plan de Ordenación de Recursos Naturales de la Serra de Tramuntana.BOIB 54.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2007054/mp122.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 262/2007, de 16 de octubre, por el que se aprueba el plan rector de uso y gestión del Parque Natural del Estrecho y se modifica el Plan de Ordenación de los Recursos Naturales del Frente Litoral algeciras - Tarifa, aprobado por Decreto 308/2002. BOJA 233, de 27/11/2007</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2007/233/fasciculo-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 42/2007, de 13 de abril, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Turia. DOGV 5493, de 19/04/2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/04/19/pdf/2007_4899.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 53/2007, de 17 de mayo, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Natural Integral de Muniellos. BOPA 129, 4 de junio de 2007</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION30/66/1/001U002U3T0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 54/2007, de 17 de mayo, por el que se aprueba el I Plan Rector de Uso y Gestión y el Plan de Desarrollo Sostenible del Parque Natural de Ponga.  BOPA 129 de 4 de junio de 2007</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION30/66/1/001U002U3X0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 80/2007, de 25 de mayo, del Consell, por el que aprueba el Plan de Ordenación de los Recursos Naturales de Puebla de San Miguel. DOC 5523 de 30/05/2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/05/30/pdf/2007_7026.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 89/2007, de 8 de mayo, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Sotos y Galachos del río Ebro. BOA 75 de 25/06/2007</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=206367753838</t>
+  </si>
+  <si>
+    <t>Ley 15/2006, de 28 de diciembre, de Montes de Aragón. BOA 149 de 30/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/12/28/15</t>
+  </si>
+  <si>
+    <t>Ley 7/2006, de 22 de junio, de protección ambiental de Aragón. BOA 81, de 17 de julio de 2006 </t>
+  </si>
+  <si>
+    <t>https://www.boe.es/ccaa/boa/2006/081/d09819-09854.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 12/2006, de 17 de julio, de Caza de Cantabria. BOC 148 de 2 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/07/17/12</t>
+  </si>
+  <si>
+    <t>Corrección de Errores a la Ley 3/2006, de 05-10-2006, por la que se modifica la Ley 2/1993, de 15 de julio de Caza de Castilla-La Mancha. DOCM 233, 01 de enero de 2007</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/l/2006/10/05/3</t>
+  </si>
+  <si>
+    <t>Ley 4/2006, de 25 de mayo, de modificación de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 110, de 08 de junio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2006/05/25/4</t>
+  </si>
+  <si>
+    <t>Ley 2/2006, de 28 de febrero, de Pesca de La Rioja. BOR 33 de 9 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2006/02/28/2</t>
+  </si>
+  <si>
+    <t>Ley 1/2006, de 23 de junio, de Aguas. BOPV 137 de 19 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2006/06/23/1</t>
+  </si>
+  <si>
+    <t>Ley 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, 03 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>Normal Foral 7/2006 de 20 de octubre, de Montes de Gipuzkoa. BOPV 38 de 22 de febrero de 2007</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2007/02/0701158a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto Foral 79/2006, de 13 de noviembre, por el que se declara el espacio denominado "Montes de Valdorba" como Zona Especial de Conservación y se aprueba el Plan de Gestión. BON 145 de 4 de diciembre de 2006</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28900</t>
+  </si>
+  <si>
+    <t>Decreto 29/2006, de 14/03/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de la Sal, en el término municipal de Villafranca de los Caballeros, de la provincia de Toledo, y se declara la reserva natural de la laguna de la Sal. DOCM 58, de 17/03/2006.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/03/17&amp;idDisposicion=123062637822240213</t>
+  </si>
+  <si>
+    <t>Decreto 121/2006, de 12/12/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Saladar de Cordovilla, en los términos municipales de Tobarra y Hellín de la provincia de Albacete, y se declara la reserva natural del Saladar de Cordovilla. DOCM 260, de 15/12/2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/12/15&amp;idDisposicion=123062909317940659</t>
+  </si>
+  <si>
+    <t>Decreto 44/2006, de 25/04/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de los Ojos de Villaverde, en los Términos Municipales de Robledo, Alcaraz, El Ballestero y El Bonillo de la provincia de Albacete, y se declara la Reserva Natural de la Laguna de los ojos de Villaverde y su zona periférica de protección. DOCM 89, 28 de abril de 2006</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/04/28&amp;idDisposicion=123062678721340178</t>
+  </si>
+  <si>
+    <t>Decreto 83/2006, de 20/06/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Lagunas Grande y Chica de Villafranca de los Caballeros situadas en el término municipal del mismo nombre de la provincia de Toledo y se declara la Reserva Natural de las Lagunas Grande y Chica de Villafranca de los Caballeros. DOCM 129, de 23 de junio de 2006.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/06/23&amp;idDisposicion=123062720297040682</t>
+  </si>
+  <si>
+    <t>Corrección de Errores al Decreto 99/2006, de 01-08-2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Serranía de Cuenca, y se inicia el procedimiento de declaración del Parque Natural de la Sarranía de Cuenca, en los términos municipales de Arcos de la Sierra, Beamud, Cuenca, Huélamo, Las Majadas, Portilla, Tragacete, Uña, Valdemeca, Villalba de la Sierra y Zafrilla, de la provincia de Cuenca. DOCM 210, 11 de octubre, 2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/10/11&amp;idDisposicion=123062813168940907</t>
+  </si>
+  <si>
+    <t>Decreto 13/2006, de 9 de marzo, por el que se modifica el Anexo I del Decreto 140/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Fuentes Carrionas y Fuente Cobre-Montaña Palentina (Palencia). BOCYL 52, de 15/03/2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/03/15/pdf/BOCYL-D-15032006-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 175/2006, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los recursos naturales del área de Armañón.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2006/11/0605975a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 42/2006, de 7 de febrero, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de la Laguna de Gallocanta. BOA 22 de 22/02/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=109569283022</t>
+  </si>
+  <si>
+    <t>Decreto 46/2006, de 31 de marzo, del Consell de la Generalitat, por el que se aprueba el Plan Rector de Uso y Gestion del Parque Natural de la Sierra Calderona.  DOC 5233 de 04/04/2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/04/04/pdf/2006_3832.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 48/2006, de 18 de mayo, por el que se aprueban el II Plan Rector de Uso y Gestión y el II Plan de Desarrollo Sostenible del Parque Natural de Redes. BOPA 138 de 16/06/2006</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION11/66/1/001U002H850001.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 49/2006, de 7 de abril, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Macizo de Penyagolosa. DOGV 5240, de 18/04/2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/04/07/49/</t>
+  </si>
+  <si>
+    <t>Decreto 51/2006, de 21 de febrero, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Valles, Fago, Aísa y Borau. BOA 29, de 10/03/06</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=114626415353</t>
+  </si>
+  <si>
+    <t>Decreto 57/2006, de 28 de abril, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Tinença de Benifassà. DOGV 5252, de 05/05/2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/05/05/pdf/2006_5175.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 85/2006 de 4 de abril, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales del Complejo Lagunar de las Saladas de Chiprana. BOA 45 de 20/04/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=122326004242</t>
+  </si>
+  <si>
+    <t>Decreto 90/2006, de 18 de abril, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Grazalema. BOJA 114 de 15/06/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/114/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 99/2006, de 01/08/2006, por el que se aprueba el Plan de Ordenación de los recursos naturales de la Serranía de Cuenca, y se inicia el procedimiento de declaración del Parque Natural de la Serranía de Cuenca, en los términos municipales de Arcos de la Sierra, Beamud, Cuenca, Huélamo, Las Majadas, Portilla, Tragacete, Uña, Valdemeca, Villalba de la Sierra y Zafrilla, de la provincia de Cuenca. DOCM 159, de 4/08/2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/08/04&amp;idDisposicion=123062750351040852</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 26 de septiembre de 2006, por la que se aprueba el Programa de Uso Público del Parque Natural Bahía de Cádiz</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/bahia_de_cadiz/pup_bahia_de_cadiz_2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 1/2006, de 10 de enero, del Gobierno  de Aragón, por el que se modifica el Plan de  Ordenación de los Recursos Naturales del Parque  Natural de Posets-Maladeta y su Area de Influen_x0002_cia Socio-económica, aprobado por Decreto 148/2005, de 26 de julio, del Gobierno de Aragón. BOA 5, 16/01/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=100994473737</t>
+  </si>
+  <si>
+    <t>Ley 8/2005, de 26 de diciembre, de Protección y Fomento del Arbolado Urbano de la Comunidad de Madrid. BOE 52, de 02/03/2006.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2005/12/26/8</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de marzo de 2005 por la que se aprueba el Plan Forestal de Cantabria. BOC 90 de 12 de mayo de 2005</t>
+  </si>
+  <si>
+    <t>http://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=81362</t>
+  </si>
+  <si>
+    <t>Decreto 82/2005, de 3 de noviembre, por el que se regula la caza intensiva, la expedición y suelta de piezas de caza vivas y las zonas de entrenamiento de perros y aves de presa en Castilla y León. BOCyL 216 de 09 de noviembre de 2005</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2005/11/09/pdf/BOCYL-D-09112005-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 105/2005, de 22 de agosto, por el que se declara el espacio denominado Monte alduide como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 111 de 16 de septiembre de 2005</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28075</t>
+  </si>
+  <si>
+    <t>Decreto 102/2005, de 13/09/2005, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de Pétrola, en los términos municipales de Pétrola y Chinchilla de Montearagón de la provincia de albacete, y se declara la Reserva Natural de la Laguna de Pétrola. DOCM 186, 16/09/2005</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2005/09/16&amp;idDisposicion=123062515152440908</t>
+  </si>
+  <si>
+    <t>Decreto 32/2005, de 29/03/2005, de la Consejería de Medio Ambiente, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de las Cabras, en el término municipal de Nerpio de la provicia de Albacete, y se declara la Reserva Natural de la Sierra de las Cabras. DOCM 66, de 1/04/2005.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2005/04/01&amp;idDisposicion=123062356088540034</t>
+  </si>
+  <si>
+    <t>Decreto 148/2005, de 26 de julio, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales del Parque Natural de Posets-Maladeta y su Area de Influencia Socioeconómica. BOA 94 de 05/08/2005</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=54267610404</t>
+  </si>
+  <si>
+    <t>Decreto 185/2005, de 26 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural de "Garganta de los Infiernos". DOE 3, de 3 de agosto de 2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/30e/05040208.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 187/2005, de 26 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural "Tajo Internacional". DOE 3, de 3 de agosto de 2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/30e/05040210.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 188/2005, de 26 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de Cornalvo. DOE 3, de 3 de agosto de 2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/30e/05040211.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 191/2005, de 6 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra María-Los Vélez. BOJA 223, 15/11/2005</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/223/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 192/2005, de 6 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de la Breña y Marismas del Barbate. BOJA 223, de 15 de noviembre.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/223/3</t>
+  </si>
+  <si>
+    <t>Decreto 24/2005, de 4 de febrero, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Hoces del Cabriel. DOGV 4941, de 08/02/2005.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2005/02/08/pdf/2005_1244.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 58/2005, de 11 de marzo, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Serra Gelada y su zona litoral. DOGV 4967 de 16/03/2005</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2005/03/16/pdf/2005_2925.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 59/2005, de 11 de marzo, del Consell de la Generalitat, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de la Sierra de Espadán. DOGV 4969 de 18/03/2005</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2005/03/18/pdf/2005_2990.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 7/2005, de 13 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural de Lagunas de Villafáfila (Zamora). BOCYL 12, de 19/01/2005</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2005/01/19/pdf/BOCYL-D-19012005-8.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 83/2005, de 3 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Montes Obarenes (Burgos). BOCYL 216, 9/11/2005</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2005/11/09/pdf/BOCYL-D-09112005-3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 98/2005, de 11 abril, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Castril. BOJA 110, de 8 de junio</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/110/d3.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Direccióm General de la red de espacios naturales protegidos y servicios ambientales, de 16 de diciembe de 2005, por la que se aprueba el programa de uso público del Parque Natural Sierra María-Los Vélez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_Maria_Los_Velez/Resolución_de_Sierra_Maria_Los%20Velez.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 18 de marzo de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de Baza</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_de_Baza/PROGRAMA_UP_SIERRA_DE_BAZA.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 22 de julio de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de Cardeña y Montoro.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_Cardegna_y_Montoro/PROGRAMA_UP_S_de_Cardegna_y_Montoro.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 22 de julio de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de Castril.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_de_Castril/PROGRAMA_UP_SIERRA_DE_CASTRIL.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 28 de octubre de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de Hornachuelos</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_de_Hornachuelos/PROGRAMA_UP_S_de_Hornachuelos.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 18 de marzo de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de Andújar</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_de_Andujar/PROGRAMA_UP_P_N_SIERRA_DE_ANDUJAR_2005.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 18 de marzo de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de Huétor.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_de_Huetor/Resolución_Huetor.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 18 de marzo de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra Mágina</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_Magina/Resolución_Magina.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 18 de marzo de 2005, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra Norte de Sevilla</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/Sierra_Norte_de_Sevilla/Resolución_Sierra_Norte.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 98/2004, de 9 de marzo, por el que se crea el Inventario de Humedales de Andalucía y el Comité Andaluz de Humedales. BOJA 66 de 05 de abril de 2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/66/2</t>
+  </si>
+  <si>
+    <t>Decreto 58/2004, de 9 de marzo, del Gobierno de Aragón, por el que se aprueba el Catálogo de Montes de Utilidad Pública de la provincia de Zaragoza. BOA 38 de 31 de marzo de 2004</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VERDOC&amp;BASE=BZHT&amp;PIECE=BOLE&amp;DOCR=1&amp;SEC=BUSQUEDA_AVANZADA&amp;RNG=10&amp;SORT=-PUBL&amp;SEPARADOR=&amp;&amp;TITU=Decreto+58/2004+&amp;SECC-C=BOA+O+DISPOSICIONES+O+PERSONal+O+AcuerdoS+O+JUSTICIA+O+AnuncioS</t>
+  </si>
+  <si>
+    <t>Orden 1055/2004, de 24 de junio, del Consejero de Medio Ambiente y Ordenación del Territorio, por la que se regulan las licencias de caza y pesca en el territorio de la Comunidad de Madrid. BOCM 136 de 8 de junio de 2012</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/rlma_web/html/web/Descarga.icm?ver=S&amp;idLegislacion=2232&amp;idDocumento=1</t>
+  </si>
+  <si>
+    <t>Resolución 20/2004 de 13 de febrero de 2004, por la que se dispone la publicación del documento de síntesis del Plan Estratégico de Conservación del Medio Natural-Plan Forestal de La Rioja. BOR 25 de 21 de febrero de 2004</t>
+  </si>
+  <si>
+    <t>https://web.larioja.org/bor-portada/borAnuncio?n=anu-284887</t>
+  </si>
+  <si>
+    <t>Decreto 160/2004, de 27 de julio, por el que se aprueba definitivamente el Plan Territorial Sectorial de Zonas Húmedas de la Comunidad Autónoma del País Vasco. BOPV 222 de 19 de noviembre de 2004</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2004/11/0405964a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 222/2004, de 01/06/2004, por el que se aprueba el plan de Ordenación de los recursos naturales y se declara la Reserva Natural de la Laguna del Marquesado, en el termino municipal de Laguna del Marquesado en Cuenca. DOCM 108 de 21/06/2004</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2004/06/21&amp;idDisposicion=123061803832940729</t>
+  </si>
+  <si>
+    <t>Decreto 238/2004, de 20/07/2004, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna del Prado, en el término municipal de Pozuelo de Calatrava de la provincia de Ciudad Real, y se declara la Reserva Natural de la Laguna del Prado. DOCM 143, 09/08/2004</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2004/08/09&amp;idDisposicion=123061873688740632</t>
+  </si>
+  <si>
+    <t>Decreto 100/2004, de 9 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de Sierra de Huétor. BOJA 69, 08/04/2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/69/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 101/2004, de 9 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Baza. BOJA 78, de 22/04/2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/78/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 121/2004, de 16 de julio, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y la revisión del Plan Rector de Uso y Gestión del Parc Natural del Carrascal de la Font Roja. DOGV 4801 de 20/07/2004.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2004/07/20/pdf/2004_7516.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 2/2004, de 15 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural Collados del Asón. BOC 17, de 27/01/2004.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=60770</t>
+  </si>
+  <si>
+    <t>Decreto 280/2004, de 17 de diciembre, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parc Natural del Marjal de Pego-Oliva. DOGV 4910. 24,12,2004</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2004/12/24/pdf/2004_13219.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 4/2004, de 13 de enero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras Subbéticas. BOJA 38 de 25/02/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/38/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 48/2004, de 10 de febrero, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Doñana. BOJA 44, de 4 marzo de 2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/44/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 56/2004, de 17 de febrero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Despeñaperros. BOJA 78, de 22 de abril de 2004</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2004/78/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 57/2004, de 17 de febrero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra Mágina. BOJA 71 de 13/04/2004.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2004/71/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 79/2004, de 24 de febrero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Bahía de Cádiz. BOJA 71 de 13/04/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/71/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 80/2004, de 24 de febrero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra Norte de Sevilla. BOJA 81, 27 de abril de 2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/81/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 87/2004, de 2 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 88 de 06/05/2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/88/d1.pdf</t>
+  </si>
+  <si>
+    <t>Resolución del Director General de la red de espacios naturales protegidos y servicios ambientales, de 4 de febrero de 2004, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de las Nieves.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/parte1Nieves.pdf</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales del ámbito Los alcornocales y Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 88 de 06/05/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal/areas-tematicas/espacios-protegidos/gestion-espacios-protegidos/porn-prug-planes-de-gestion/documentos-aprobados/parque-natural-los-alcornocales</t>
+  </si>
+  <si>
+    <t>Ley 43/2003, de 21 de noviembre, de Montes, modificada por la Ley 10/2006 de 28 de abril. BOE 280, de 22 de noviembre de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2003/11/21/43</t>
+  </si>
+  <si>
+    <t>Ley 7/2003, de 12 de noviembre, de Caza y Pesca Fluvial de la Región de Murcia. (BOE nº 47, 24-02-04)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2003/11/12/7</t>
+  </si>
+  <si>
+    <t>Decreto 33/2003, de 25 de marzo, por el que se modifica el Decreto 141/1996, de 9 de diciembre, por el que se aprueba el Reglamento general de aplicación de la Ley 2/1993, de 15 de julio, de caza de Castilla-La Mancha. DOCM 61 de 30/04/2003</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2003/03/25/33</t>
+  </si>
+  <si>
+    <t>Decreto 114/2003 de 30 de octubre de 2003, por el que se aprueba el Reglamento de Desarrollo de la Ley 2/1995, de 10 de Febrero, de Protección y Desarrollo de del Patrimonio Forestal de La Rioja. BOR 136 de 04/11/2003</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/boletin/bor_mostrar_Anuncio.jsp?referencia=633391-1-HTML-241394-X</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de noviembre de 2003 por la que se dispone la publicación del Acuerdo de Consejo de Gobierno de 21 de noviembre de 2003, por el que se aprueba la Estrategia Regional para la Conservación y el Uso Sostenible de la Diversidad Biológica.</t>
+  </si>
+  <si>
+    <t>http://www.borm.es/borm/documento?obj=anu&amp;id=20960</t>
+  </si>
+  <si>
+    <t>Acuerdo de 29 de enero de 2003, , del Consejo de Gobierno del Principado de Asturias, por el que se aprueba definitivamente la modificación puntual del Plan Parcial del Polígono Industrial "Río Pinto" en Coaña. (Expte. CUOTA: 809/2002). BOPA 47 de 26 de febrero de 2003</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2003-1226004&amp;p_r_p_dispositionReference=2003-1226004&amp;p_r_p_dispositionDate=26%2F02%2F2003</t>
+  </si>
+  <si>
+    <t>Decreto 187/2003, de 24 de junio, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Montes de Málaga. BOJA 136, 17/07/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/136/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 210/2003, de 15 de julio, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Aracena y Picos de Aroche. BOJA 165, de 28 de agosto de 2003</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2003/165/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 251/2003, de 9 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Cardeña y Montoro. BOJA 213, 5/11/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/213/4</t>
+  </si>
+  <si>
+    <t>Decreto 252/2003, de 9 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Hornachuelos. BOJA 217, 11/11/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/217/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 344/2003, de 9 de diciembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de Sierra de las Nieves. BOJA 14, 22/01/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/14/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 354/2003, de 16 de diciembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Andújar. BOJA 24, 05/02/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/24/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 4/2003, de 21 de enero, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y Rector de Uso y Gestión del Parque Natural de El Prat de Cabanes - Torreblanca.  DOGV 4427 de 28,01,2003</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2003/01/28/pdf/2003_747.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 58/2003, de 15 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Hoces del Río Riaza (Segovia). BOCYL 95, 21/05/2003</t>
+  </si>
+  <si>
+    <t>http://bocyl.jcyl.es/boletines/2003/05/21/pdf/BOCYL-D-21052003-1.pdf</t>
+  </si>
+  <si>
+    <t>Resolución del Director General de la red de espacios naturales protegidos y servicios ambientales, de 11 de diciembre de 2003, por la que se aprueba el Programa de Uso Público del Parque Natural Montes de Málaga</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/parte1Malaga.pdf</t>
+  </si>
+  <si>
+    <t>Ley 5/2002, de 4 de abril, de Caza de Aragón. BOA 45 de 17 de abril de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2002/04/04/5</t>
+  </si>
+  <si>
+    <t>Ley 10/2002, de 12 de noviembre, de Modificación de la Ley 7/1995, de 21 de abril, de la Fauna Silvestre, Caza y Pesca Fluvial. BORM 284, 10 de diciembre de 2002</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/l/2002/11/12/10/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Decreto 6/2002, de 18 de enero, por el que se autoriza al Consejero de Turismo y Medio Ambiente a dictar las Normas precisas para el desarrollo y ejecución del Real Decreto 6/2001, de 12 de enero, sobre fomento de la forestación de tierras agrícolas. BOR 11, 24/01/2002.</t>
+  </si>
+  <si>
+    <t>https://web.larioja.org/bor-portada/borAnuncio?n=612194-1-HTML-220441-X</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de marzo de 2002, por la que se publica el Convenio Marco de Colaboración entre el Ministerio de Medio Ambiente y la Comunidad Autónoma de Murcia sobre actuaciones del Plan Forestal Español. BORM 76, 03-04-02.</t>
+  </si>
+  <si>
+    <t>http://www.borm.es/borm/documento?obj=anu&amp;id=63517</t>
+  </si>
+  <si>
+    <t>Decreto 26/2002, de 12/02/2002, por el que se aprueba el plan de Ordenación de los recursos naturales de la laguna de el Hito y se declara la Reserva Natural de la Laguna de Hito (Cuenca). DOCM 26, de 1/03/2002</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/03/01&amp;idDisposicion=123062672866730514</t>
+  </si>
+  <si>
+    <t>Decreto 161/2002, de 12/11/2002, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna de Somolinos, en Somolinos y Campisabalos (Guadalajara) y se declara el monumento natural de la Sierra de Pela y Laguna de Somolinos. DOCM 157, 18/12/2002</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/12/18&amp;idDisposicion=123062867041330348</t>
+  </si>
+  <si>
+    <t>Decreto 27/2002, de 12/02/2002, por el que se aprueba el plan de Ordenación de los recursos naturales del complejo Lagunar de Arcas y se declara la reserva natural del complejo Lagunar de Arcas (Cuenca). DOCM 26, de01/03/2002</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/03/01&amp;idDisposicion=123062672890230515</t>
+  </si>
+  <si>
+    <t>Decreto 128/2002 de 10 de septiembre por el que se aprueba el plan de Ordenación de los recursos naturales de las Lagunas de la Vega o del Pueblo, Navalafuente y el Retamar, y se declara la Reserva Natural del Complejo Lagunar de Pedro Muñoz en el término municipal de Pedro Muñoz (Ciudad Real). DOCM 123 de 4 de octubre de 2002.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/10/04&amp;idDisposicion=123062778055130629</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de 15 de febrero de 2002 sobre la aprobación definitiva del Plan de Ordenación de Recursos Naturales de Cala d'Hort, Cap Llentrisca, Sa Talaia. BOIB 25</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2002025/mp2823.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de consejo de gobierno de 24 de mayo de 2002 sobre la aprobación definitiva del Plan de Ordenación de Recursos Naturales de Ses Salines de Eivissa y Formentera. BOIB 80.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2002080/mp104.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 101/2002, de 1 de agosto, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural de Las Médulas (León). BOCYL 151, de 06/08/2002</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2002/08/06/pdf/BOCYL-D-06082002-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 124/2002, de 5 de julio, por el que se aprueba la ampliación del Plan de Ordenación de los Recursos Naturales del Parque Natural del Curso Medio del río Guadarrama y su entorno. BOCM 184 de 5 de agosto de 2002.</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Boletin_BOCM/2002/08/05/18400.PDF</t>
+  </si>
+  <si>
+    <t>Decreto 143/2002, de 1 de agosto, por el que se aprueba la revisión del Plan de Ordenación de los Recursos Naturales de El Regajal-Mar de Ontígola. BOCM 194 de 16 de agosto de 2002</t>
+  </si>
+  <si>
+    <t>https://www.comunidad.madrid/transparencia/sites/default/files/plan/document/234_395_mgr_cit_52756212_porn_ontigola_0.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 160/2002, de 12/11/2002, mpor el que se aprueba el plan de Ordenación de los recursos naturales de los Calares y cabeceras de los ríos Mundo, Tus y Guadalimar, en la provincia de albacete, y se inicia el procedimiento de declaración del Parque Natural de  los calares del Mundo y de la sima, y de las Microrreservas de Peñas Coloradas, del Cerro de Rala, de La cuerda de La Melera y del Ardal y Tinjarra.. DOCM 159, 23/12/2002</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/12/23&amp;idDisposicion=123062870402430580</t>
+  </si>
+  <si>
+    <t>Decreto 180/2002, de 5 de noviembre, del Gobierno Valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Montgó. DOGV 4374.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2002/11/08/pdf/2002_12109.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 308/2002, de 23 de diciembre, por el que se aprueba el Plan de Ordenación de Recursos Naturales del Frente Litoral Algeciras-Tarifa. BOJA 18, de 28/01/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/18/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 47/2002, de 09/04/2002, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Barranco del río Dulce, y se inicia el procedimiento de declaración del Parque Natural del Barranco del río Dulce. DOCM 61, 20/05/2002</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/05/20&amp;idDisposicion=123062715846830198</t>
+  </si>
+  <si>
+    <t>Decreto 77/2002, de 28 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de A Enciña da Lastra.  DOG 55 de 18 de marzo de 2002</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/2002/20020318/Anuncio3CFA_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 130/2001, de 23 de noviembre, por el que se aprueba la delimitación a escala 1:5.000 de las áreas de encinar protegido. BOIB 149 de 13/12/2001</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2001149/p20084.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 186/2001, de 02/10/2001, por el que se aprueba el Plan de Ordenación de los recursos naturales de las Lagunas de Puebla de Beleña y se declara la reserva natural de las Lagunas de Puebla de Beleña (Guadalajara). DOCM 114, 26/10/2001</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/10/26&amp;idDisposicion=123062606120330648</t>
+  </si>
+  <si>
+    <t>Decreto 185/2001, de 02/10/2001, por el que se aprueba el plan de Ordenación de los recursos naturales del complejo Lagunar de Manjavacas, Sánchez Gómez y la Dehesilla en Mota del Cuervo (Cuenca)y Laguna de Alcahozo en Pedro Muñoz (Ciudad Real), y se declara la reserva natural del complejo Lagunar de Manjavacas. DOCM 114, 26/10/2001</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/10/26&amp;idDisposicion=123062606103230647</t>
+  </si>
+  <si>
+    <t>Acuerdo del consejo de gobierno de 19 de octubre de 2001 sobre la aprobación definitiva del plan de Ordenación de recursos naturales de S'albufereta. BOIB 130, 30/10/2001.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2001130/mp16393.pdf</t>
+  </si>
+  <si>
+    <t>Corrección de Errores al Decreto 164/2001, de 7 de junio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Arribes del Duero (Salamanca-Zamora). BOCYL 141, 20/07/2001.</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/html/2001/07/20/html/BOCYL-D-20072001-16.do</t>
+  </si>
+  <si>
+    <t>Decreto 1/2001, de 12 de enero, por el que se modifica el Decreto 44/2000, de 1 de septiembre, por el que se aprueba el Plan de Ordenación de los recursos naturales de los Sotos del Ebro en Alfaro. BOR 7.</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/boletin/bor_mostrar_Anuncio.jsp?referencia=599724-1-HTML-207974-X</t>
+  </si>
+  <si>
+    <t>Decreto 164/2001, de 7 de junio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Arribes del Duero (Salamanca-Zamora)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2001/06/13/pdf/BOCYL-D-13062001-20.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 263/2001, de 23 de octubre, del Gobierno de Aragón, por el que se modifica el Plan de Ordenación de los Recursos Naturales del Parque de la Sierra y Cañones de Guara, aprobado por Decreto 164/1997, de 23 de septiembre, del Gobierno de Aragón. BOA 134. 14/11/2001</t>
+  </si>
+  <si>
+    <t>http://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=408096414444</t>
+  </si>
+  <si>
+    <t>Decreto 274/2001, de 27 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural del Monte aloia. DOG 205, de 23 de octubre de 2001.</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/2001/20011023/AnuncioE9DA_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 6/2001, de 22 de enero, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de Cumbre Vieja (isla de La Palma)</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2001/018/004.html</t>
+  </si>
+  <si>
+    <t>Decreto 76/2001, de 2 de abril, del Gobierno Valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de Mariola. DOGV 3978.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2001/04/11/pdf/2001_3290.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 78/2001, de 2 de abril, del Gobierno Valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de Irta.  DOGV 3979.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2001/04/12/pdf/2001_3289.pdf</t>
+  </si>
+  <si>
+    <t>Orden de la Consejera de Medio Ambiente de 8 de Junio de 2001, por la cual se aprueba el Plan Rector de Uso y Gestión del Parque Natural de sa Dragonera, por el periodo 2001-2004, y se dictan las Normas necesarias para su cumplimiento. BOCAIB 73</t>
+  </si>
+  <si>
+    <t>https://www.caib.es/sacmicrofront/archivopub.do?ctrl=NTCS054198ZI138591&amp;id=138591</t>
+  </si>
+  <si>
+    <t>Directiva 2000/60/CE del Parlamento Europeo y del Consejo de 23 de octubre de 2000 por la que se establece un marco comunitario de actuación en el ámbito de la política de aguas. DOUE L327 de 22 de diciembre de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2000/327/L00001-00073.pdf</t>
+  </si>
+  <si>
+    <t>Instrumento de ratificación del Convenio Europeo del Paisaje (número 176 del Consejo de Europa), hecho en Florencia el 20 de octubre de 2000. BOE 31, de 5 de febrero de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2000/10/20/(1)</t>
+  </si>
+  <si>
+    <t>Tratados Internacionales</t>
+  </si>
+  <si>
+    <t>Decreto 182/2000, de 19/12/2000, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna de alboraj, en Tobarra (albacete) y se declara la microreserva de la Laguna de alboraj. DOCM 6, 12/01/2001</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/01/16&amp;idDisposicion=123062485074730326</t>
+  </si>
+  <si>
+    <t>Decreto 184/2000, de 19/12/2000, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna del Arquillo, en Masegoso, el Robledo y Peñascosa (albacete) y se declara el Monumento Natural de la Laguna del Arquillo</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/01/16&amp;idDisposicion=123062485098130328</t>
+  </si>
+  <si>
+    <t>Decreto 183/2000, de 19/12/2000, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna de Salicor en Campo de Criptana (Ciudad Real), y se declara la reserva natural de la Laguna de Salicor. DOCM 6, 16/01/2001</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/01/16&amp;idDisposicion=123062485087230327</t>
+  </si>
+  <si>
+    <t>Decreto 241/2000, de 23 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche. BOJA  76.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/76/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 242/2000, de 23 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra. BOJA  77.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/77/d6.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 249/2000, de 23 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Riberas de Castronuño -Vega del Duero (Valladolid). BOCYL 231, 29/11/2000</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2000/11/29/pdf/BOCYL-D-29112000-26.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 419/2000, de 7 de noviembre, por el que se aprueban los Planes de Ordenación de los Recursos Naturales de determinadas Reservas Naturales de la provincia de Sevilla. BOJA 9, 23/01/2001</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2001/9/d67.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 461/2000, de 26 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Peñón de Zaframagón. BOJA 13, de 1 de febrero de 2001.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2001/13/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 95/2000, de 6 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Paraje Natural Sierra Pelada y Rivera del Aserrador. BOJA 49, 27/04/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/49/d4.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 29 de agosto de 2000, por la que se aprueban las Normas de Conservación del Monumento Natural de la Montaña de Guaza, Arona (Tenerife). BOC 26, de 26/02/2001</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2001/026/boc-2001-026-005.pdf</t>
+  </si>
+  <si>
+    <t>Ley 2/1999, de 24 de febrero, de Pesca en Aragón. BOA 26 de 4 de marzo de 1999 </t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/1999/02/24/2</t>
+  </si>
+  <si>
+    <t>Ley 3/1999, de 10 de marzo, del Patrimonio Cultural Aragonés. BOA 36 de 29 de marzo de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/1999/03/10/3</t>
+  </si>
+  <si>
+    <t>Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 40 de 12 de junio de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/1999/05/26/9</t>
+  </si>
+  <si>
+    <t>Orden de 1 de junio de 1999, por la que se crea el Banco de Datos de Biodiversidad de Canarias. BOC 84 de 30 de Junio de 1999</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/1999/084/005.html</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Decreto 104/1999, de 12 de mayo, por el que se aprueban las Instrucciones Generales para la Ordenación de los Montes Arbolados en Castilla y León. (BOCyL 94 de 19-5-99)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1999/05/19/pdf/BOCYL-D-19051999-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 130/1999, de 17 de junio, por el que se Ordenan y regulan los aprovechamientos micológicos, en los montes ubicados en la Comunidad de Castilla y León. (BOCyL 119 de 23-6-99)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1999/06/23/pdf/BOCYL-D-23061999-3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 77/1999, de 22 de Abril, por el que se regula la participación de los Ayuntamientos y Entidades Locales menores en los ingresos provenientes de productos obtenidos en los montes patrimoniales pertenecientes a la comunidad de Castilla y León. BOCyL 78 de 28 de abril de 1999.</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1999/04/28/pdf/BOCYL-D-28041999-17.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 50/1999, de 8 de abril, por el que se aprueba el Plan Forestal de la Comunidad de Madrid. BOCM 21 de abril de 1999.</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?opcion=VerHtml&amp;nmNorma=1302&amp;eli=true#no-back-button</t>
+  </si>
+  <si>
+    <t>Decreto 207/1999, de 05/10/1999, por el que se aprueba el Plan de Ordenación de los recursos naturales de La Laguna de Fuentillejos o de la Posadilla, en Valverde, y se declara el Monumento Natural de La Laguna y volcán de la Posadilla.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=1999/10/08&amp;idDisposicion=123062076469930421</t>
+  </si>
+  <si>
+    <t>Decreto 214/1999, de 19/10/1999, por el que se aprueba el Plan de Ordenación de los recursos naturales de Las Lagunas del Camino de villafranca, Las Yeguas y La Veguilla, y se declara la reserva natural del complejo Lagunar de Alcazar de San Juan. DOCM 66, 22/10/1999</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=1999/10/22&amp;idDisposicion=123062110371230682</t>
+  </si>
+  <si>
+    <t>Decreto 145/1999, de 15 de junio, por el que se aprueba el Plan de Ordenación de Recursos Naturales de las Sierras de Alhama, Tejeda y Almijara. BOJA  95 de 1999</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/95/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 166/1999, de 27 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de O Invernadeiro. DOG 106 de 04 de junio de 1999</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1999/19990604/AnuncioB3C6_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 204/1999, de 21/09/1999, por el que se aprueba el plan de Ordenación de los recursos naturales del alto Tajo y se inicia el procedimiento de declaración del Parque Natural del alto Tajo, del monumento natural del nacimiento del Rio Cuervo y de la Microreserva de Flora de los Prados Húmedos de Torremocha del Pinar. DOCM 61, de 24/09/1999</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=1999/09/24&amp;idDisposicion=123062054686330122</t>
+  </si>
+  <si>
+    <t>Decreto 227/1999, de 15 de noviembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. BOJA 149, 23/12/1999</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/149/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 246/1999, de 27 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Lagunas de Archidona. BOJA 22, 22/02/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/22/40</t>
+  </si>
+  <si>
+    <t>Decreto 247/1999, de 27 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Lagunas de Campillos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/22/44</t>
+  </si>
+  <si>
+    <t>Decreto 248/1999, de 27 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de La Ratosa. BOJA 22, 22/2/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/22/45</t>
+  </si>
+  <si>
+    <t>Decreto 26/1999, de 11 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Regional del Curso Medio del río Guadarrama y su entorno. BOCM 50 de 1 de marzo de 1999</t>
+  </si>
+  <si>
+    <t>http://gestiona.comunidad.madrid:443/wleg_pub/servlet/Servidor?opcion=VerHtml&amp;nmNorma=1298</t>
+  </si>
+  <si>
+    <t>Decreto 27/1999, de 11 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Regional en torno a los ejes de los cursos bajos de los ríos Manzanares y Jarama. BOCM 52.</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/servlet/Servidor?opcion=VerHtml&amp;nmNorma=1299</t>
+  </si>
+  <si>
+    <t>Decreto 274/1999, de 21 de octubre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Islas Atlánticas. DOG 209, de 28 de octubre de 1999.</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1999/19991028/Anuncio104CA_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 70/1999, de 4 de mayo, del Gobierno Valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de El Marjal de Pego-Oliva. DOC 3490. 07/05/1999</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1999/05/07/pdf/1999_4268.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de marzo de 1999, por la que se completa el Anexo 1 del Decreto 38/l994, de 19 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Asturias, sobre el Modelo Normalizado de Resolución Primaria. BOPA 78 de 6 de abril de 1999</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION12/66/3/0D8F3D8467254B50B038FF16C8FAA58B.pdf</t>
+  </si>
+  <si>
+    <t>Ley 3/1998, de 27 de febrero, general de protección del medio ambiente del País Vasco. BOPV 59, de 27 de marzo de 1998</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/1998/02/27/3</t>
+  </si>
+  <si>
+    <t>Ley 6/1998, de 13 de marzo, de pesca marítima. BOPV 62 de 1 de abril de 1998</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/1998/03/13/6</t>
+  </si>
+  <si>
+    <t>Ley 9/1998 de 2 de julio de 1998, de Caza de La Rioja. BOR 80 de 4 de julio de 1998</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/1998/07/02/9</t>
+  </si>
+  <si>
+    <t>Decreto 83/1998, de 30 de abril, por el que se desarrolla reglamentariamente el Título IV «De los terrenos», de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 83 de 06 de mayo de 1998</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/05/06/pdf/BOCYL-D-06051998-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 31 de agosto de 1998, por la que se aprueba inicialmente el Plan de Ordenación de los recursos naturales del Humedal de Ajauque y Rambla Salada</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/o/1998/8/31/(1)/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Corrección de Errores al Decreto 143/1998, de 16 de julio, de la Consejería de Medio Ambiente, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Sabinar de Calatañazor (Soria)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2000/10/31/pdf/BOCYL-D-31102000-11.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 140/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Fuentes Carrionas y Fuente Cobre-Montaña Palentina (Palencia)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-7.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 141/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Las Batuecas-Sierra de Francia (Salamanca).</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-8.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 142/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de La Fuentona (Soria)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-9.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 143/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Sabinar de Calatañazor (Soria)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-10.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 61/1998, de 22 de octubre, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Natural Parcial de la Ría de Villaviciosa. BOPA 255, de 04/09/1998</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION13/66/2/E80E21C6CEDA40E3BE0D823409B3900D.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 65/1998, de 17 de marzo, del Gobierno de Aragón, por el que se aprueba el plan rector de uso y gestión del Paisaje Protegido de los Pinares de Rodeno. BOA 38  de 30/03/41998</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=445441625553</t>
+  </si>
+  <si>
+    <t>Decreto 73/1998, de 31 de marzo, del Gobierno de Aragón, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Comarca del Moncayo y se declara el Parque del Moncayo. BOA 43 de 13/04/1998</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=431022594642</t>
+  </si>
+  <si>
+    <t>Decreto Foral 266/1998, de 7 de septiembre, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de Bardenas Reales de Navarra. BON 113 de 21/09/1998</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28183</t>
+  </si>
+  <si>
+    <t>Decreto 208/1997, de 9 de septiembre, por el que se aprueba el Reglamento Forestal de Andalucía. BOJA 117 de 07/10/1997</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1997/117/6</t>
+  </si>
+  <si>
+    <t>Decreto 164/1997, de 23 de septiembre, del Gobierno de Aragón, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque de la Sierra y Cañones de Guara. BOA 117 de 08/10/1997</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=434957461402</t>
+  </si>
+  <si>
+    <t>Decreto 2/1997, de 7 de enero, por el que se modifican la denominación y límites del Parque Natural Entorno de Doñana, que pasa a denominarse Parque Natural de Doñana, y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del mismo. BOJA 19 de13/2/1997</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1997/19/15</t>
+  </si>
+  <si>
+    <t>Decreto 218 /1997, de 30 de julio, del Gobierno Valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de Espadán. DOGV 3075.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1997/09/10/pdf/1997_10029.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 34/1997, de 5 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Marismas de Santoña, Victoria y Joyel. BOC 97, de 15 de mayo de 1997</t>
+  </si>
+  <si>
+    <t>https://dgmontes.org/c/document_library/get_file?uuid=aae6b52a-2588-4238-ad51-bffc4ab49ba6&amp;groupId=16835</t>
+  </si>
+  <si>
+    <t>Decreto 57/1997, de 28 de agosto, por el que se aprueba el I Plan Rector de Uso y Gestión de h Reserva Natural Parcial de Barayo. BOPA 212, de 12/09/1997</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION13/66/3/C8E8BE1AAD72498E8E1A0F847A74C766.pdf</t>
+  </si>
+  <si>
+    <t>Ley 4/1996, de 12 julio por la que se regula el ejercicio de la caza. BOCyL 140 de 22 de Julio de 1996</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/1996/07/12/4</t>
+  </si>
+  <si>
+    <t>Decreto 141/1996, de 9 de diciembre, por el que se aprueba el Reglamento general de aplicación de la Ley 2/1993, de 15 de julio, de caza de Castilla-La Mancha. DOCM 57, 20 de diciembre de 1996</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/detalleDocumento.do?idDisposicion=123062421323820155</t>
+  </si>
+  <si>
+    <t>Decreto 310/1996, de 24 de diciembre, sobre actualización del Inventario Forestal de la Comunidad Autónoma del País Vasco. BOPV 6 de 10/01/1997</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/1997/01/9700170a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 211/1996, de 2 de mayo, por el que se aprueba el Plan de Ordenación de los recursos naturales del espacio natural de las Fragas do Eume. DOG 110, de 5 dejunio de1996.</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1996/19960605/Anuncio6F16_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 57/1996, de 14 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Valle de Iruelas (Avila)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/html/1996/03/25/html/BOCYL-D-25031996-14.do</t>
+  </si>
+  <si>
+    <t>Decreto 58/1996, de 14 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Monte Santiago (Burgos)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1996/03/26/pdf/BOCYL-D-26031996-11.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 60/1996, de 14 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Ojo Guareña (Burgos)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1996/03/27/pdf/BOCYL-D-27031996-11.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 267/1996, de 1 de julio, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de Urbasa y Andía. BON 97 de 12 de Agosto de 1996 modificado por DF 198/2011 de 7 de Septiembre</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28184</t>
+  </si>
+  <si>
+    <t>Decreto Foral 310/1996, de 2 de septiembre, por el que se aprueba el Plan de Uso y Gestión de la Reserva Natural de la Laguna de Pitillas (RN-27). BON 115 de 20 de septiembre.</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/1996/115/0</t>
+  </si>
+  <si>
+    <t>Ley 2/1995 de 10 de febrero de 1995, de Protección y Desarrollo del Patrimonio Forestal de La Rioja. BOE 63, de 15/03/1995</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/1995/02/10/2</t>
+  </si>
+  <si>
+    <t>Ley 11/1995, de 5 de Octubre, de modificación de la Ley 7/95, de 21 de abril, de la Fauna Silvestre. (Suplemento núm. 14 del BORM nº 232, 6-10-95)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/1995/10/05/11</t>
+  </si>
+  <si>
+    <t>Ley 7/1995, de 21 de abril de 1995, de la Fauna Silvestre, Caza y Pesca Fluvial (derogada en parte). BOE 47 24 de febrero de 2004</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/1995/04/21/7</t>
+  </si>
+  <si>
+    <t>Decreto número 45/1995, de 26 de mayo,por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Calblanque, Monte de las Cenizas y Peña del Águila. BORM 152 de 3 de julio de 1995</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/1995/5/26/45/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Decreto 161/1995, de 17/10/1995, por el que se aprueba el plan de Ordenación de los recursos naturales de la sona oriental de La Manchuela Conquense y se declara la reserva natural de las Hoces del Cabriel en cuenca.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=1995/10/18&amp;idDisposicion=123062197351120185</t>
+  </si>
+  <si>
+    <t>Decreto 36/1995, de 23 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de Gredos. BOCyL 42 de 01 de marzo de 1995</t>
+  </si>
+  <si>
+    <t>http://bocyl.jcyl.es/boletines/1995/03/01/pdf/BOCYL-D-01031995-24.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 96/1995, de 16 de mayo, del Gobierno valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Cuenca Hidrográfica de la albufera. DOGV 2516. 26,05,1995</t>
+  </si>
+  <si>
+    <t>http://www.docv.gva.es/datos/1995/05/26/pdf/1995_834854.pdf</t>
+  </si>
+  <si>
+    <t>Convención de las Naciones Unidas de lucha contra la desertificación en los países afectados por sequía grave o desertificación, en particular en África, hecha en París el 17 de junio de 1994. BOE 36 de 11 de febrero de 1997</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/1994/06/17/(1)</t>
+  </si>
+  <si>
+    <t>Ley 16/1994, de 30 de junio, de conservación de la naturaleza del País Vasco. BOPV 142, de 27 de julio de 1994</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/1994/06/30/16</t>
+  </si>
+  <si>
+    <t>Decreto 91/1994, de 13 de septiembre, por el que se aprueba el Reglamento que desarrolla los Títulos I, II, IV, V, VI y parcialmente el Título VII de la Ley de Pesca Fluvial</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/1994/09/13/91</t>
+  </si>
+  <si>
+    <t>Normal Foral 3/94, de 2 de junio, de Montes y Administración de Espacios Naturales Protegidos. BOB 123 de 28 de junio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.bizkaia.net/lehendakaritza/Bao_bob/1994/06/19940628a123.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 102/1994, de 22 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de Urkiola. (Corrección de Errores).</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1994/06/9402313a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 105/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Hornachuelos. BOJA 103, de 8 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/103/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 106/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Castril. BOJA 103, de 8 de julio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/103/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 107/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Despeñaperros. BOJA  109, de 16 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/109/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 108/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Andújar. BOJA 109, de 16 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/109/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 119/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de las Nieves. BOJA 109, de 16 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/109/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 120/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra Norte de Sevilla. BOJA 111, de 20 de julio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/111/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 121/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Cardeña y Montoro. BOJA 111, de 20 de julio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/111/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 122/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Baza. BOJA 112, de 21 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/112/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 123/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Huétor. BOJA 112, de 21 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/112/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 168/1994, de 26 de abril, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del área de Aralar.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1994/07/9402393a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 38/94, de 19 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Principado de Asturias. BOPA 152 de 02 de julio de 1994</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION14/66/2/3A3385BFCD064E37BD9215FD7AA19538.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 417/1994, de 25 de octubre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 201, de 20 de diciembre de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/201/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 418/1994, de 25 de octubre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Cabo de Gata-Níjar. BOJA 203, de 22 de diciembre de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/203/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 424/1994, de 2 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de la Breña y Marismas del Barbate. BOJA 10, de 20 de enero de 1995.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1995/10/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 62/1994, de 15 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Montes de Málaga. BOJA 53, de 21 de abril de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/53/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 63/1994, de 15 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra Mágina. BOJA  53, de 21 de abril de 1994</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/53/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 64/1994, de 15 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra Nevada. BOJA  53, de 21 de abril de 1994</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/53/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 78/1994, de 5 de abril, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de Sierra María-Los Vélez. BOJA  80, de 1 de junio de 1994.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/80/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 79/1994, de 5 de abril por el que se aprueba el Plan de Ordenación de los Recursos Naturales, y el Plan Rector de Uso y Gestión del Parque Natural Sierras Subbéticas. BOJA 70, de 18 de mayo de 1994</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/70/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 9/1994, de 20 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Picos de Europa</t>
+  </si>
+  <si>
+    <t>http://bocyl.jcyl.es/boletines/1994/01/26/pdf/BOCYL-D-26011994-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 98/1994, de 3 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Aracena y Picos de Aroche. BOJA 98, de 30 de junio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/98/d11.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 99/1994, de 3 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Bahía de Cádiz. BOJA 101.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/101/d2.pdf</t>
+  </si>
+  <si>
+    <t>Real Decreto 640/1994, de 8 de abril, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Picos de Europa. BOE  113, de 12 de mayo de 1994.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/1994/04/08/640</t>
+  </si>
+  <si>
+    <t>Ley 2/1993, de 15 de julio, de Caza de Castilla-La Mancha. Corrección de Errores (DOCM 58, 4 de agosto de 1993). Corrección de erratas (DOCM, 1 de octubre de 1993).</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/1993/07/15/2</t>
+  </si>
+  <si>
+    <t>Decreto 32/1993, de 11 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de A Baixa Nimia. DOG 37 de 24/02/1993</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1993/19930224/Anuncio2FD2_es.pdf</t>
+  </si>
+  <si>
+    <t>Ley 2/1992, de 15 junio, Forestal de Andalucía. BOJA 57 de 23/06/1992</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/1992/06/15/2</t>
+  </si>
+  <si>
+    <t>Corrección de Errores a la Ley 1/1992, de 7 de mayo, Ley de Pesca Fluvial.  DOCM 72, 23 de septiembre de 1992.</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/l/1992/05/07/1</t>
+  </si>
+  <si>
+    <t>Decreto 22/1992, de 13 de febrero, que regula el anticipo de rentas a los propietarios que realicen plantaciones forestales con especies de crecimiento rápido. BOCyL 34 de 18 de febrero de 1992</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1992/02/18/pdf/BOCYL-D-18021992-3.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo de Gobierno de día 10 de septiembre 1992.  BOCAIB 120 (21 de agosto de 1992).</t>
+  </si>
+  <si>
+    <t>http://www.caib.es/sacmicrofront/archivopub.do?ctrl=MCRST34ZI79410&amp;id=79410</t>
+  </si>
+  <si>
+    <t>Decreto 148/1992, de 5 de junio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Complejo Dunar dé Corrubedo y Lagunas de Carregal y Vixán (ayuntamiento de Ribeira - A Coruña). DOG  114, de 16 de junio de 1992.</t>
+  </si>
+  <si>
+    <t>http://www.xunta.es/dog/Publicados/1992/19920616/Anuncio94EE_es.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 3/1992, de 14 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del área de Valderejo. BOPV 27 de 10 de febrero de 1992</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1992/02/9200387a.shtml</t>
+  </si>
+  <si>
+    <t>Real Decreto 1431/1992, de 27 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Nacional Marítimo-Terrestre del Archipiélago de Cabrera. BOE 42, de 18 de febrero de 1993.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/1992/11/27/1431</t>
+  </si>
+  <si>
+    <t>Decreto 292/1991, de 10 de Octubre, en el que se regula la roturación de terrenos forestales para su cultivo agrícola. BOCyL 199 de 16/10/1991</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1991/10/16/pdf/BOCYL-D-16101991-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 56/1990, de 19 de julio, sobre el Fondo de Mejoras de los Montes Catalogados y la Comisión Forestal de la Región de Murcia. BORM 216, 19 de septiembre de 1990</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/1990/7/19/56/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Decreto 67/1989, de 20 de abril, por el que se regulan las Mejoras en los Montes de propiedad de Entidades Locales con fondos procedentes de sus aprovechamientos, y el funcionamiento de las Comisiones Provinciales de Montes. BOCyL 80, de 26 de abril de 1989</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1989/04/26/pdf/BOCYL-D-26041989-6.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 44/1989, de 11 de mayo, regulador de los convenios para la mejora del entorno natural y la regeneración ecológico forestal en la Comunidad Autónoma de la Región de Murcia. BORM 141, 21 de junio de 1989.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/1989/5/11/44/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Decreto 49/1987, de 25 de febrero, por el que se aprueba el plan rector de uso y gestión de las zonas húmedas del sur de la provincia de Córdoba. BOJA 46, de 29 de mayo</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1987/46/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 164/86, de 1 de julio, por el que se aprueba el Reglamento de recogida y comercialización de algas de fondo y de argazos en el País Vasco. BOPV 147 de 23 de julio de 1986</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/1986/07/8601728a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 171/86, de 1 de julio, sobre Ordenación del marisqueo en el País Vasco. BOPV 152 de 31 de julio de 1986</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/1986/07/8601787a.shtml</t>
+  </si>
+  <si>
+    <t>Ley 6/1984, de 29 de octubre, sobre protección y fomento de las especies forestales autóctonas. BOE 288, de 01/12/1984.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/1984/10/29/6/con</t>
+  </si>
+  <si>
+    <t>Decreto de 2868/1974 de 30 de agosto de 1974, por el que se acuerdan actuaciones agrarias en la Comarca de Economía de Montaña de la Sierra de Ayllón. BOE 243 de 10 de octubre de 1974.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/boe/dias/1974/10/10/pdfs/A20623-20624.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 9/2014, de 21 de febrero por el que se declaran las zonas especiales de conservación de la red natura 2000 en la Comunidad Autónoma de La Rioja y se aprueban sus planes de gestión y Ordenación de los recursos naturales. (Boletín Oficial de La Rioja nº 24 de 24 de febrero de 2014).</t>
+  </si>
+  <si>
+    <t>Decreto 9/2014, de 21 de febrero por el que se declaran las zonas especiales de conservación de la red natura 2000 en la Comunidad Autónoma de La Rioja y se aprueban sus planes de gestión y Ordenación de los recursos naturales. (Boletín Oficial de La Rioja nº 24 de 24 de febrero de 2014) https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1517427-1-PDF-475993</t>
+  </si>
+  <si>
+    <t>Decreto 128/2015, de 14 de abril, por el que se declaran las zonas especiales de conservación Cascada de Cimbarra (ES6160003) y cuencas del Rumblar, Guadalén y Guadalmena (ES6160008) y se aprueba el Plan de Ordenación de los Recursos Naturales del Paraje Natural Cascada de Cimbarra.</t>
+  </si>
+  <si>
+    <t>Decreto Foral 228/2007, de 8 de octubre, por el que se designa el Lugar de Importancia Comunitaria denominado %%%%Urbasa y Andía%%%% como Zona Especial de Conservación y se aprueba su Plan de Gestión.</t>
+  </si>
+  <si>
+    <t>Decreto 128/2015, de 14 de abril, por el que se declaran las zonas especiales de conservación Cascada de Cimbarra (ES6160003) y Cuencas del Rumblar, Guadalén y Guadalmena (ES6160008) y se aprueba el Plan de Ordenación de los recursos naturales del Paraje Natural Cascada de Cimbarra</t>
+  </si>
+  <si>
+    <t>Decreto 162/2018, de 4 de septiembre, por el que se aprueban el PORN del ámbito de Sierra de Las Nieves y el PRUG del Parque Natural Sierra de Las Nieves</t>
+  </si>
+  <si>
+    <t>PORN y el PRUG del Parque Natural Sierra de Grazalema. Decreto 90/2006, de 18 de abril</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2006/114/2</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales y Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. Corrección de Errores del Decreto 191/2017, de 28 de noviembre, por el que se declara la zona especial de conservación Sierras de Cazorla, Segura y Las Villas (ES0000035) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas (BOJA núm. 246, de 27.12.2017).</t>
+  </si>
+  <si>
+    <t>Decreto de declaración: http://juntadeandalucia.es/boja/2017/246/4</t>
+  </si>
+  <si>
+    <t>PORN y PRUG del Parque Natural Cabo de Gata-Níjar. Decreto 37/2008, de 5 de febrero</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal/documents/20151/2440256/pornyprugcabodegata.pdf/26cc4430-25f1-9bd6-ada7-8acc1fca961e</t>
+  </si>
+  <si>
+    <t>PORN y PRUG del Parque Natural Sierra de Hornachuelos. Decreto 252/2003, de 9 de septiembre</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/medioambiente/site/portalweb/menuitem.7e1cf46ddf59bb227a9ebe205510e1ca/?vgnextoid=bd54b766dc60a010VgnVCM1000000624e50aRCRD&amp;vgnextchannel=7d36e6f6301f4310VgnVCM2000000624e50aRCRD</t>
+  </si>
+  <si>
+    <t>PORN y PRUG del Parque Natural Sierra de Aracena y Picos de Aroche. Decreto 210/2003, de 15 de julio</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2003/165/index.html</t>
+  </si>
+  <si>
+    <t>Decreto 10/2015, de 11 de febrero, por el que se declaran las Zonas Especiales de Conservación de Fuentes del Narcea, Degaña e Ibias (ES1200056) y de Muniellos (ES1200002) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Cangas del Narcea, Degaña e Ibias.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=21/02/2015&amp;refArticulo=2015-03015&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Decreto 103/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Lozoya y Sierra Norte, y se aprueba su Plan de Gestión y el de la Zona de Especial Protección para las aves Alto Lozoya.</t>
+  </si>
+  <si>
+    <t>http://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-3.PDF</t>
+  </si>
+  <si>
+    <t>Plan de gestión y ordenación de los recursos naturales del espacio protegido red natura 2000(ES0000062) "Obarenes -Sierra de Cantabria"</t>
+  </si>
+  <si>
+    <t>http://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=21766343-1-PDF-548053</t>
+  </si>
+  <si>
+    <t>Plan de gestión y ordenación de los recursos naturales del espacio protegido red natura 2000 (ES000064) “Peñas de Iregua, Leza y Jubera”</t>
+  </si>
+  <si>
+    <t>Plan de gestión y ordenación de los recursos naturales del espacio protegido red natura 2000 (ES0000065) “Peñas de Arnedillo, Peñalmonte y Peña Isasa”</t>
+  </si>
+  <si>
+    <t>Plan de gestión y ordenación de los recursos naturales del espacio protegido red natura 2000 (ES0000067) “Sierras de Demanda, Urbión, Cebollera y Cameros”</t>
+  </si>
+  <si>
+    <t>Plan Rector de Uso Y Gestión de la Zona de Interés Regional “Embalse de Orellana y Sierra de Pela”, aprobado mediante Orden de 28 de diciembre de 2012.</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2013/70o/13050006.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 22 de enero de 2009 por la que se aprueba en Plan Rector de Uso y Gestión del Parque Natural de Cornalvo (DOE nº 23, de 4 de febrero de 2009)</t>
+  </si>
+  <si>
+    <t>http://doe.gobex.es/pdfs/doe/2009/230o/09050044.pdf</t>
+  </si>
+  <si>
+    <t>Plan Rector de Uso y Gestión de la Zona de Interés Regional “Llanos de Cáceres y Sierra de Fuentes”, aprobado mediante Orden de 28 de agosto de 2009</t>
+  </si>
+  <si>
+    <t>http://doe.gobex.es/pdfs/doe/2009/1770o/09050412.pdf</t>
+  </si>
+  <si>
+    <t>PORN y PRUG del Parque Natural Bahía de Cádiz (Incluye los Parajes Naturales Isla del Trocadero y Marismas de Sancti Petri). Decreto 79/2004, de 24 de febrero</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2004/71/2</t>
+  </si>
+  <si>
+    <t>Plan director de la Red Natura 2000 de Galicia</t>
+  </si>
+  <si>
+    <t>http://www.cmati.xunta.es/seccion-tema/c/Conservacion?content=Direccion_Xeral_Conservacion_Natureza/Espazos_protexidos/seccion.html&amp;sub=Rede_natura_2000/</t>
   </si>
   <si>
     <t>Galicia</t>
-  </si>
-[...3149 lines deleted...]
-    <t>http://www.cmati.xunta.es/seccion-tema/c/Conservacion?content=Direccion_Xeral_Conservacion_Natureza/Espazos_protexidos/seccion.html&amp;sub=Rede_natura_2000/</t>
   </si>
   <si>
     <t>PORN del Paraje Natural Brazo del Este</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/medioambiente/site/portalweb/menuitem.7e1cf46ddf59bb227a9ebe205510e1ca/?vgnextoid=83aa444221b9a110VgnVCM1000000624e50aRCRD&amp;vgnextchannel=3377e6f6301f4310VgnVCM2000000624e50aRCRD</t>
   </si>
   <si>
     <t>PORN Frente Litoral Algeciras-Tarifa. (Incluye el Paraje Natural Playa de Los Lances) y PRUG del Parque Natural del Estrecho</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/medioambiente/site/portalweb/menuitem.7e1cf46ddf59bb227a9ebe205510e1ca/?vgnextoid=c9458337acdf9010VgnVCM1000000624e50aRCRD&amp;vgnextchannel=d8d64e5bf01f4310VgnVCM1000001325e50aRCRD</t>
   </si>
   <si>
     <t>Plan de gestión y ordenación de los recursos naturales del espacio protegido red natura 2000 (ES2300006) “Sotos y Riberas del Ebro”</t>
   </si>
   <si>
     <t>Ley 3/2008, de 12 de junio, de Montes y Gestión Forestal Sostenible de Castilla-La Mancha</t>
   </si>
   <si>
     <t>Ley 2/1995 de 10 de febrero de 1995, de Protección y Desarrollo del Patrimonio Forestal de La Rioja.</t>
   </si>
   <si>
     <t>Resolución de 22 de octubre de 2012, de la Dirección General de Gestión Forestal, por la que se aprueba el Pliego General de Condiciones Técnicas para la redacción y presentación de resultados de Proyectos de Ordenación de montes gestionados por el Departamento competente en materia de gestión forestal del Gobierno de Aragón</t>
   </si>
@@ -3585,12962 +3485,11538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H557"/>
+  <dimension ref="A1:H516"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="1422.653" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="1424.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="G2"/>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-      <c r="D3"/>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F3">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F4">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F5">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="G7"/>
       <c r="H7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>28</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F9">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" t="s">
         <v>32</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
         <v>34</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F11">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
         <v>36</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12"/>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F12">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>38</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F13">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="B14"/>
       <c r="C14"/>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C15"/>
+        <v>41</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F15">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G15"/>
       <c r="H15" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C16"/>
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F16">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G16"/>
       <c r="H16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>46</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F17">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G17"/>
       <c r="H17" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>48</v>
+      </c>
+      <c r="C18" t="s">
+        <v>49</v>
+      </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F18">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C19"/>
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
+        <v>49</v>
+      </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F19">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="D20"/>
+        <v>53</v>
+      </c>
+      <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F20">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G20"/>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="C21"/>
+        <v>55</v>
+      </c>
+      <c r="C21" t="s">
+        <v>49</v>
+      </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F21">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D22"/>
+        <v>57</v>
+      </c>
+      <c r="C22" t="s">
+        <v>49</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
       <c r="E22" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F22">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G22"/>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="B23" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D23"/>
+        <v>59</v>
+      </c>
+      <c r="C23" t="s">
+        <v>49</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
       <c r="E23" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F23">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G23"/>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="B24" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D24"/>
+        <v>61</v>
+      </c>
+      <c r="C24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
       <c r="E24" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F24">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G24"/>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="B25" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D25"/>
+        <v>63</v>
+      </c>
+      <c r="C25" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
       <c r="E25" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F25">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="B26" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D26"/>
+        <v>65</v>
+      </c>
+      <c r="C26" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
       <c r="E26" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F26">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G26"/>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D27"/>
+        <v>67</v>
+      </c>
+      <c r="C27" t="s">
+        <v>49</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
       <c r="E27" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F27">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G27"/>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="B28" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="D28"/>
+        <v>69</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
       <c r="E28" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F28">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="B29" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="C29" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="D29" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F29">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="D30" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F30">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G30"/>
       <c r="H30" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>51</v>
-[...12 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
+      <c r="E31"/>
       <c r="F31">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E32"/>
       <c r="F32">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="B33" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="C33"/>
       <c r="D33" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E33" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F33">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="B34" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F34">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="B35" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F35">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="B36" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="D36"/>
+        <v>86</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
       <c r="E36" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F36">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F37">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="B38" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F38">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F39">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G39"/>
       <c r="H39" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="B40" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="C40" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F40">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G40"/>
       <c r="H40" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="B41" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="C41" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="D41" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F41">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="B42" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="C42" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F42">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G42"/>
       <c r="H42" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="B43" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="C43" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D43" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F43">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="B44" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="C44" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D44" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F44">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="B45" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="C45" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D45" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F45">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="B46" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="C46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46"/>
+      <c r="D46" t="s">
+        <v>106</v>
+      </c>
+      <c r="E46" t="s">
         <v>28</v>
       </c>
-      <c r="D46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46">
-        <v>2020</v>
-[...4 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G46" t="s">
+        <v>107</v>
+      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="B47" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>109</v>
+      </c>
+      <c r="C47" t="s">
+        <v>10</v>
+      </c>
       <c r="D47" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F47">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="B48" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="C48" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F48">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="B49" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="C49" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F49">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="B50" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="C50" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F50">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="B51" t="s">
-        <v>89</v>
+        <v>118</v>
       </c>
       <c r="C51" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F51">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="B52" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="C52" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F52">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>92</v>
-[...4 lines deleted...]
-      <c r="E53"/>
+        <v>121</v>
+      </c>
+      <c r="B53" t="s">
+        <v>122</v>
+      </c>
+      <c r="C53" t="s">
+        <v>123</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
       <c r="F53">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>93</v>
+        <v>124</v>
       </c>
       <c r="B54" t="s">
-        <v>94</v>
+        <v>125</v>
       </c>
       <c r="C54" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D54" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F54">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="B55" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="C55" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D55" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F55">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="B56" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="C56" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F56">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G56"/>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="B57" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="C57" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F57">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G57"/>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="B58" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="C58" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F58">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G58"/>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>104</v>
+        <v>133</v>
       </c>
       <c r="B59" t="s">
-        <v>105</v>
+        <v>134</v>
       </c>
       <c r="C59" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F59">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="G59"/>
-      <c r="H59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>106</v>
-[...12 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60"/>
+      <c r="D60"/>
+      <c r="E60"/>
       <c r="F60">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G60"/>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>108</v>
-[...12 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
+      <c r="E61"/>
       <c r="F61">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>110</v>
-[...12 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
       <c r="F62">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>112</v>
-[...12 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
       <c r="F63">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>114</v>
-[...12 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64"/>
       <c r="F64">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>116</v>
-[...12 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65"/>
       <c r="F65">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G65"/>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>118</v>
-[...12 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66"/>
       <c r="F66">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G66"/>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>120</v>
-[...12 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67"/>
       <c r="F67">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G67"/>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>120</v>
-[...12 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
       <c r="F68">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G68"/>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>122</v>
-[...12 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
       <c r="F69">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G69"/>
-      <c r="H69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>124</v>
-[...12 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
       <c r="F70">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      <c r="E71"/>
+        <v>146</v>
+      </c>
+      <c r="B71" t="s">
+        <v>147</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
       <c r="F71">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="E72"/>
+        <v>149</v>
+      </c>
+      <c r="B72" t="s">
+        <v>150</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
       <c r="F72">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="B73" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C73"/>
+        <v>152</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
       <c r="D73" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F73">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>49</v>
+        <v>148</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="B74" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="C74" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F74">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="B75" t="s">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="C75" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F75">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="B76" t="s">
-        <v>136</v>
+        <v>158</v>
       </c>
       <c r="C76" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F76">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="B77" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="C77" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F77">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="B78" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="C78" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F78">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="B79" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="C79" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F79">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="B80" t="s">
-        <v>144</v>
+        <v>166</v>
       </c>
       <c r="C80" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F80">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>145</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>146</v>
+        <v>168</v>
       </c>
       <c r="C81" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F81">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="B82" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="C82" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F82">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="B83" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="C83" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F83">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="B84" t="s">
-        <v>150</v>
+        <v>174</v>
       </c>
       <c r="C84" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F84">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="B85" t="s">
-        <v>153</v>
+        <v>176</v>
       </c>
       <c r="C85" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F85">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="B86" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="C86"/>
+        <v>178</v>
+      </c>
+      <c r="C86" t="s">
+        <v>10</v>
+      </c>
       <c r="D86" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F86">
-        <v>2015</v>
-[...4 lines deleted...]
-      <c r="H86"/>
+        <v>2014</v>
+      </c>
+      <c r="G86"/>
+      <c r="H86" t="s">
+        <v>148</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>157</v>
+        <v>179</v>
       </c>
       <c r="B87" t="s">
-        <v>158</v>
+        <v>180</v>
       </c>
       <c r="C87" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F87">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="B88" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C88" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F88">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>161</v>
+        <v>183</v>
       </c>
       <c r="B89" t="s">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="C89" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F89">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>163</v>
+        <v>185</v>
       </c>
       <c r="B90" t="s">
-        <v>164</v>
+        <v>186</v>
       </c>
       <c r="C90" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F90">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="B91" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="C91" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F91">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>167</v>
+        <v>189</v>
       </c>
       <c r="B92" t="s">
-        <v>168</v>
+        <v>190</v>
       </c>
       <c r="C92" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F92">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
       <c r="B93" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="C93" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F93">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>171</v>
+        <v>193</v>
       </c>
       <c r="B94" t="s">
-        <v>172</v>
+        <v>194</v>
       </c>
       <c r="C94" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F94">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="B95" t="s">
-        <v>174</v>
+        <v>196</v>
       </c>
       <c r="C95" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F95">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>175</v>
+        <v>197</v>
       </c>
       <c r="B96" t="s">
-        <v>176</v>
+        <v>198</v>
       </c>
       <c r="C96" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F96">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="B97" t="s">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="C97" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F97">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>178</v>
+        <v>201</v>
       </c>
       <c r="B98" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="C98" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F98">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="B99" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="C99" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F99">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>182</v>
-[...4 lines deleted...]
-      <c r="E100"/>
+        <v>205</v>
+      </c>
+      <c r="B100" t="s">
+        <v>176</v>
+      </c>
+      <c r="C100" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
       <c r="F100">
         <v>2014</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="E101"/>
+        <v>206</v>
+      </c>
+      <c r="B101" t="s">
+        <v>207</v>
+      </c>
+      <c r="C101" t="s">
+        <v>10</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
       <c r="F101">
         <v>2014</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-      <c r="E102"/>
+        <v>208</v>
+      </c>
+      <c r="B102" t="s">
+        <v>209</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
       <c r="F102">
         <v>2014</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>185</v>
-[...4 lines deleted...]
-      <c r="E103"/>
+        <v>210</v>
+      </c>
+      <c r="B103" t="s">
+        <v>211</v>
+      </c>
+      <c r="C103" t="s">
+        <v>10</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
       <c r="F103">
         <v>2014</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>186</v>
-[...4 lines deleted...]
-      <c r="E104"/>
+        <v>212</v>
+      </c>
+      <c r="B104" t="s">
+        <v>213</v>
+      </c>
+      <c r="C104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
       <c r="F104">
         <v>2014</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>187</v>
-[...4 lines deleted...]
-      <c r="E105"/>
+        <v>214</v>
+      </c>
+      <c r="B105" t="s">
+        <v>215</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
       <c r="F105">
         <v>2014</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>188</v>
-[...4 lines deleted...]
-      <c r="E106"/>
+        <v>216</v>
+      </c>
+      <c r="B106" t="s">
+        <v>217</v>
+      </c>
+      <c r="C106" t="s">
+        <v>10</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
       <c r="F106">
         <v>2014</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>189</v>
-[...4 lines deleted...]
-      <c r="E107"/>
+        <v>218</v>
+      </c>
+      <c r="B107" t="s">
+        <v>219</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
       <c r="F107">
         <v>2014</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>190</v>
-[...4 lines deleted...]
-      <c r="E108"/>
+        <v>220</v>
+      </c>
+      <c r="B108" t="s">
+        <v>221</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
       <c r="F108">
         <v>2014</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-      <c r="E109"/>
+        <v>222</v>
+      </c>
+      <c r="B109" t="s">
+        <v>223</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
       <c r="F109">
         <v>2014</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>192</v>
-[...4 lines deleted...]
-      <c r="E110"/>
+        <v>224</v>
+      </c>
+      <c r="B110" t="s">
+        <v>225</v>
+      </c>
+      <c r="C110" t="s">
+        <v>10</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
       <c r="F110">
         <v>2014</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="B111" t="s">
-        <v>194</v>
+        <v>228</v>
       </c>
       <c r="C111" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F111">
         <v>2014</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>195</v>
+        <v>229</v>
       </c>
       <c r="B112" t="s">
-        <v>196</v>
+        <v>230</v>
       </c>
       <c r="C112" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D112" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F112">
         <v>2014</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>197</v>
+        <v>231</v>
       </c>
       <c r="B113" t="s">
-        <v>198</v>
+        <v>232</v>
       </c>
       <c r="C113" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D113" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F113">
         <v>2014</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>199</v>
+        <v>233</v>
       </c>
       <c r="B114" t="s">
-        <v>200</v>
+        <v>234</v>
       </c>
       <c r="C114" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F114">
         <v>2014</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>201</v>
+        <v>235</v>
       </c>
       <c r="B115" t="s">
-        <v>202</v>
+        <v>236</v>
       </c>
       <c r="C115" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F115">
         <v>2014</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>101</v>
+        <v>237</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>203</v>
+        <v>238</v>
       </c>
       <c r="B116" t="s">
-        <v>204</v>
+        <v>239</v>
       </c>
       <c r="C116" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F116">
         <v>2014</v>
       </c>
       <c r="G116"/>
-      <c r="H116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>205</v>
+        <v>240</v>
       </c>
       <c r="B117" t="s">
-        <v>206</v>
+        <v>241</v>
       </c>
       <c r="C117" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F117">
         <v>2014</v>
       </c>
       <c r="G117"/>
-      <c r="H117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>207</v>
+        <v>242</v>
       </c>
       <c r="B118" t="s">
-        <v>208</v>
+        <v>243</v>
       </c>
       <c r="C118" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D118" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>209</v>
-[...12 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="B119"/>
+      <c r="C119"/>
+      <c r="D119"/>
+      <c r="E119"/>
       <c r="F119">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G119"/>
-      <c r="H119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>211</v>
+        <v>245</v>
       </c>
       <c r="B120" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="C120" t="s">
+        <v>246</v>
+      </c>
+      <c r="C120"/>
+      <c r="D120" t="s">
+        <v>27</v>
+      </c>
+      <c r="E120" t="s">
         <v>28</v>
       </c>
-      <c r="D120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>101</v>
+        <v>247</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
       <c r="B121" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C121" t="s">
+        <v>249</v>
+      </c>
+      <c r="C121"/>
+      <c r="D121" t="s">
+        <v>27</v>
+      </c>
+      <c r="E121" t="s">
         <v>28</v>
       </c>
-      <c r="D121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F121">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>101</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>215</v>
+        <v>251</v>
       </c>
       <c r="B122" t="s">
-        <v>216</v>
+        <v>252</v>
       </c>
       <c r="C122" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D122" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F122">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>101</v>
+        <v>253</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>217</v>
+        <v>254</v>
       </c>
       <c r="B123" t="s">
-        <v>218</v>
+        <v>255</v>
       </c>
       <c r="C123" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D123" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F123">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>101</v>
+        <v>253</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>219</v>
+        <v>256</v>
       </c>
       <c r="B124" t="s">
-        <v>220</v>
+        <v>257</v>
       </c>
       <c r="C124" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D124" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F124">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>221</v>
+        <v>258</v>
       </c>
       <c r="B125" t="s">
-        <v>222</v>
+        <v>259</v>
       </c>
       <c r="C125" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D125" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F125">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>101</v>
+        <v>260</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>223</v>
+        <v>261</v>
       </c>
       <c r="B126" t="s">
-        <v>224</v>
+        <v>262</v>
       </c>
       <c r="C126" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F126">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>225</v>
+        <v>263</v>
       </c>
       <c r="B127" t="s">
-        <v>226</v>
+        <v>264</v>
       </c>
       <c r="C127" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F127">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>101</v>
+        <v>247</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>227</v>
+        <v>265</v>
       </c>
       <c r="B128" t="s">
-        <v>228</v>
+        <v>266</v>
       </c>
       <c r="C128" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D128" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F128">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>101</v>
+        <v>247</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>229</v>
+        <v>267</v>
       </c>
       <c r="B129" t="s">
-        <v>230</v>
+        <v>268</v>
       </c>
       <c r="C129" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D129" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F129">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>101</v>
+        <v>247</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>231</v>
+        <v>269</v>
       </c>
       <c r="B130" t="s">
-        <v>232</v>
+        <v>270</v>
       </c>
       <c r="C130" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F130">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>233</v>
+        <v>271</v>
       </c>
       <c r="B131" t="s">
-        <v>234</v>
+        <v>272</v>
       </c>
       <c r="C131" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F131">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>235</v>
+        <v>273</v>
       </c>
       <c r="B132" t="s">
-        <v>236</v>
+        <v>274</v>
       </c>
       <c r="C132" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D132" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F132">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>237</v>
+        <v>275</v>
       </c>
       <c r="B133" t="s">
-        <v>238</v>
+        <v>276</v>
       </c>
       <c r="C133" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D133" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F133">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G133"/>
-      <c r="H133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>239</v>
+        <v>277</v>
       </c>
       <c r="B134" t="s">
-        <v>240</v>
+        <v>278</v>
       </c>
       <c r="C134" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F134">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G134"/>
-      <c r="H134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>241</v>
+        <v>279</v>
       </c>
       <c r="B135" t="s">
-        <v>242</v>
+        <v>280</v>
       </c>
       <c r="C135" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D135" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F135">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>243</v>
+        <v>281</v>
       </c>
       <c r="B136" t="s">
-        <v>244</v>
+        <v>282</v>
       </c>
       <c r="C136" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D136" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F136">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>245</v>
+        <v>283</v>
       </c>
       <c r="B137" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="C137" t="s">
+        <v>284</v>
+      </c>
+      <c r="C137"/>
+      <c r="D137" t="s">
+        <v>106</v>
+      </c>
+      <c r="E137" t="s">
         <v>28</v>
       </c>
-      <c r="D137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F137">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>247</v>
+        <v>285</v>
       </c>
       <c r="B138" t="s">
-        <v>248</v>
+        <v>286</v>
       </c>
       <c r="C138" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D138" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F138">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>101</v>
+        <v>253</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>249</v>
+        <v>287</v>
       </c>
       <c r="B139" t="s">
-        <v>250</v>
+        <v>288</v>
       </c>
       <c r="C139" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F139">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>101</v>
+        <v>253</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>251</v>
+        <v>289</v>
       </c>
       <c r="B140" t="s">
-        <v>222</v>
+        <v>290</v>
       </c>
       <c r="C140" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D140" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F140">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>101</v>
+        <v>253</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>252</v>
+        <v>291</v>
       </c>
       <c r="B141" t="s">
-        <v>253</v>
+        <v>292</v>
       </c>
       <c r="C141" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D141" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F141">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>101</v>
+        <v>253</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>254</v>
+        <v>293</v>
       </c>
       <c r="B142" t="s">
-        <v>255</v>
+        <v>294</v>
       </c>
       <c r="C142" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F142">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>17</v>
+        <v>295</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="B143" t="s">
-        <v>257</v>
+        <v>297</v>
       </c>
       <c r="C143" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F143">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>17</v>
+        <v>247</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>258</v>
+        <v>298</v>
       </c>
       <c r="B144" t="s">
-        <v>259</v>
+        <v>299</v>
       </c>
       <c r="C144" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D144" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F144">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>260</v>
+        <v>300</v>
       </c>
       <c r="B145" t="s">
-        <v>261</v>
+        <v>301</v>
       </c>
       <c r="C145" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F145">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>132</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>262</v>
+        <v>302</v>
       </c>
       <c r="B146" t="s">
-        <v>263</v>
+        <v>303</v>
       </c>
       <c r="C146" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D146" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F146">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>132</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>264</v>
+        <v>304</v>
       </c>
       <c r="B147" t="s">
-        <v>265</v>
+        <v>305</v>
       </c>
       <c r="C147" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D147" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F147">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>132</v>
+        <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>266</v>
+        <v>306</v>
       </c>
       <c r="B148" t="s">
-        <v>267</v>
+        <v>307</v>
       </c>
       <c r="C148" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D148" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F148">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>132</v>
+        <v>247</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>268</v>
+        <v>308</v>
       </c>
       <c r="B149" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="C149" t="s">
+        <v>309</v>
+      </c>
+      <c r="C149"/>
+      <c r="D149" t="s">
+        <v>27</v>
+      </c>
+      <c r="E149" t="s">
         <v>28</v>
       </c>
-      <c r="D149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F149">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>132</v>
+        <v>295</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>270</v>
+        <v>310</v>
       </c>
       <c r="B150" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="C150" t="s">
+        <v>311</v>
+      </c>
+      <c r="C150"/>
+      <c r="D150" t="s">
+        <v>27</v>
+      </c>
+      <c r="E150" t="s">
         <v>28</v>
       </c>
-      <c r="D150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>42</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>272</v>
+        <v>312</v>
       </c>
       <c r="B151" t="s">
-        <v>273</v>
+        <v>313</v>
       </c>
       <c r="C151" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="D151" t="s">
-        <v>52</v>
+        <v>315</v>
       </c>
       <c r="E151" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F151">
-        <v>2014</v>
-[...4 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G151" t="s">
+        <v>107</v>
+      </c>
+      <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>274</v>
+        <v>316</v>
       </c>
       <c r="B152" t="s">
-        <v>275</v>
+        <v>317</v>
       </c>
       <c r="C152" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="D152" t="s">
-        <v>52</v>
+        <v>315</v>
       </c>
       <c r="E152" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F152">
-        <v>2014</v>
-[...4 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G152" t="s">
+        <v>107</v>
+      </c>
+      <c r="H152"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>276</v>
+        <v>318</v>
       </c>
       <c r="B153" t="s">
-        <v>277</v>
+        <v>319</v>
       </c>
       <c r="C153" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="D153" t="s">
-        <v>52</v>
+        <v>315</v>
       </c>
       <c r="E153" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F153">
-        <v>2014</v>
-[...4 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G153" t="s">
+        <v>107</v>
+      </c>
+      <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>278</v>
+        <v>320</v>
       </c>
       <c r="B154" t="s">
-        <v>279</v>
+        <v>321</v>
       </c>
       <c r="C154" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D154" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F154">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>280</v>
+        <v>322</v>
       </c>
       <c r="B155" t="s">
-        <v>281</v>
+        <v>323</v>
       </c>
       <c r="C155" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F155">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>65</v>
+        <v>253</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>282</v>
+        <v>324</v>
       </c>
       <c r="B156" t="s">
-        <v>283</v>
+        <v>325</v>
       </c>
       <c r="C156" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D156" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F156">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>26</v>
+        <v>253</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>284</v>
+        <v>326</v>
       </c>
       <c r="B157" t="s">
-        <v>285</v>
+        <v>327</v>
       </c>
       <c r="C157" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D157" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F157">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>29</v>
+        <v>253</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>286</v>
+        <v>328</v>
       </c>
       <c r="B158" t="s">
-        <v>287</v>
+        <v>329</v>
       </c>
       <c r="C158" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D158" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F158">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>29</v>
+        <v>253</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      <c r="E159"/>
+        <v>330</v>
+      </c>
+      <c r="B159" t="s">
+        <v>331</v>
+      </c>
+      <c r="C159" t="s">
+        <v>10</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>12</v>
+      </c>
       <c r="F159">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>289</v>
+        <v>332</v>
       </c>
       <c r="B160" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C160"/>
+        <v>333</v>
+      </c>
+      <c r="C160" t="s">
+        <v>10</v>
+      </c>
       <c r="D160" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F160">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>29</v>
+        <v>247</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>291</v>
+        <v>334</v>
       </c>
       <c r="B161" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="C161"/>
+        <v>335</v>
+      </c>
+      <c r="C161" t="s">
+        <v>123</v>
+      </c>
       <c r="D161" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F161">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>30</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>293</v>
+        <v>336</v>
       </c>
       <c r="B162" t="s">
-        <v>294</v>
+        <v>337</v>
       </c>
       <c r="C162" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D162" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F162">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>295</v>
+        <v>338</v>
       </c>
       <c r="B163" t="s">
-        <v>296</v>
+        <v>339</v>
       </c>
       <c r="C163" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D163" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F163">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>297</v>
+        <v>340</v>
       </c>
       <c r="B164" t="s">
-        <v>298</v>
+        <v>341</v>
       </c>
       <c r="C164" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D164" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F164">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="B165" t="s">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="C165" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D165" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F165">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>301</v>
+        <v>344</v>
       </c>
       <c r="B166" t="s">
-        <v>302</v>
+        <v>345</v>
       </c>
       <c r="C166" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F166">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>17</v>
+        <v>226</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>303</v>
+        <v>346</v>
       </c>
       <c r="B167" t="s">
-        <v>304</v>
+        <v>347</v>
       </c>
       <c r="C167" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F167">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>29</v>
+        <v>295</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="B168" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="C168" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D168" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F168">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G168"/>
-      <c r="H168" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
       <c r="B169" t="s">
-        <v>308</v>
+        <v>351</v>
       </c>
       <c r="C169" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D169" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F169">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G169"/>
-      <c r="H169" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>309</v>
+        <v>352</v>
       </c>
       <c r="B170" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="C170" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F170">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G170"/>
-      <c r="H170" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>311</v>
+        <v>354</v>
       </c>
       <c r="B171" t="s">
-        <v>312</v>
+        <v>355</v>
       </c>
       <c r="C171" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D171" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F171">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G171"/>
-      <c r="H171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>313</v>
+        <v>356</v>
       </c>
       <c r="B172" t="s">
-        <v>314</v>
+        <v>357</v>
       </c>
       <c r="C172" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D172" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F172">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G172"/>
-      <c r="H172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H172"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>315</v>
+        <v>358</v>
       </c>
       <c r="B173" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="C173"/>
       <c r="D173" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="E173" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F173">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G173" t="s">
+        <v>107</v>
+      </c>
+      <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>317</v>
+        <v>360</v>
       </c>
       <c r="B174" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="C174" t="s">
+        <v>361</v>
+      </c>
+      <c r="C174"/>
+      <c r="D174" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" t="s">
         <v>28</v>
       </c>
-      <c r="D174" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F174">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="B175" t="s">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="C175"/>
       <c r="D175" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E175" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F175">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="B176" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
       <c r="C176" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D176" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F176">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
       <c r="B177" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="C177"/>
+        <v>367</v>
+      </c>
+      <c r="C177" t="s">
+        <v>10</v>
+      </c>
       <c r="D177" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F177">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>325</v>
+        <v>368</v>
       </c>
       <c r="B178" t="s">
-        <v>326</v>
+        <v>369</v>
       </c>
       <c r="C178" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D178" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F178">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>58</v>
+        <v>253</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>327</v>
+        <v>370</v>
       </c>
       <c r="B179" t="s">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="C179" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D179" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F179">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="B180" t="s">
-        <v>330</v>
+        <v>373</v>
       </c>
       <c r="C180" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D180" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F180">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>58</v>
+        <v>295</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>331</v>
+        <v>374</v>
       </c>
       <c r="B181" t="s">
-        <v>332</v>
+        <v>375</v>
       </c>
       <c r="C181" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D181" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F181">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>58</v>
+        <v>226</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>333</v>
+        <v>376</v>
       </c>
       <c r="B182" t="s">
-        <v>334</v>
+        <v>377</v>
       </c>
       <c r="C182" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D182" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F182">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>77</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>335</v>
+        <v>378</v>
       </c>
       <c r="B183" t="s">
-        <v>336</v>
+        <v>379</v>
       </c>
       <c r="C183" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D183" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F183">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>337</v>
+        <v>380</v>
       </c>
       <c r="B184" t="s">
-        <v>338</v>
+        <v>381</v>
       </c>
       <c r="C184" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="D184" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F184">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>42</v>
+        <v>247</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>339</v>
+        <v>382</v>
       </c>
       <c r="B185" t="s">
-        <v>340</v>
+        <v>383</v>
       </c>
       <c r="C185" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F185">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>341</v>
+        <v>384</v>
       </c>
       <c r="B186" t="s">
-        <v>342</v>
+        <v>385</v>
       </c>
       <c r="C186" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="D186" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F186">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G186"/>
-      <c r="H186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>343</v>
+        <v>386</v>
       </c>
       <c r="B187" t="s">
-        <v>344</v>
+        <v>387</v>
       </c>
       <c r="C187" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F187">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G187"/>
-      <c r="H187" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>345</v>
+        <v>388</v>
       </c>
       <c r="B188" t="s">
-        <v>346</v>
+        <v>389</v>
       </c>
       <c r="C188" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F188">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="G188"/>
-      <c r="H188" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>347</v>
+        <v>390</v>
       </c>
       <c r="B189" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C189"/>
+        <v>391</v>
+      </c>
+      <c r="C189" t="s">
+        <v>10</v>
+      </c>
       <c r="D189" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F189">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="G189"/>
-      <c r="H189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>349</v>
+        <v>392</v>
       </c>
       <c r="B190" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="C190"/>
+        <v>393</v>
+      </c>
+      <c r="C190" t="s">
+        <v>123</v>
+      </c>
       <c r="D190" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F190">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="G190"/>
-      <c r="H190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H190"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>351</v>
+        <v>394</v>
       </c>
       <c r="B191" t="s">
-        <v>352</v>
+        <v>395</v>
       </c>
       <c r="C191" t="s">
-        <v>353</v>
+        <v>123</v>
       </c>
       <c r="D191" t="s">
-        <v>354</v>
+        <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F191">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G191"/>
       <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="B192" t="s">
-        <v>356</v>
+        <v>397</v>
       </c>
       <c r="C192" t="s">
-        <v>353</v>
+        <v>123</v>
       </c>
       <c r="D192" t="s">
-        <v>354</v>
+        <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F192">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G192"/>
       <c r="H192"/>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>357</v>
+        <v>398</v>
       </c>
       <c r="B193" t="s">
-        <v>358</v>
+        <v>399</v>
       </c>
       <c r="C193" t="s">
-        <v>353</v>
+        <v>123</v>
       </c>
       <c r="D193" t="s">
-        <v>354</v>
+        <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F193">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G193"/>
       <c r="H193"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>359</v>
+        <v>400</v>
       </c>
       <c r="B194" t="s">
-        <v>360</v>
+        <v>401</v>
       </c>
       <c r="C194" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D194" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F194">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="G194"/>
-      <c r="H194" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H194"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>361</v>
+        <v>402</v>
       </c>
       <c r="B195" t="s">
-        <v>362</v>
+        <v>403</v>
       </c>
       <c r="C195" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D195" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F195">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="G195"/>
-      <c r="H195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H195"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>363</v>
+        <v>404</v>
       </c>
       <c r="B196" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="C196" t="s">
+        <v>405</v>
+      </c>
+      <c r="C196"/>
+      <c r="D196" t="s">
+        <v>27</v>
+      </c>
+      <c r="E196" t="s">
         <v>28</v>
       </c>
-      <c r="D196" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F196">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>58</v>
+        <v>253</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>365</v>
+        <v>406</v>
       </c>
       <c r="B197" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="C197" t="s">
+        <v>407</v>
+      </c>
+      <c r="C197"/>
+      <c r="D197" t="s">
+        <v>27</v>
+      </c>
+      <c r="E197" t="s">
         <v>28</v>
       </c>
-      <c r="D197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F197">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>58</v>
+        <v>247</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>367</v>
+        <v>408</v>
       </c>
       <c r="B198" t="s">
-        <v>368</v>
+        <v>409</v>
       </c>
       <c r="C198" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D198" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F198">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>58</v>
+        <v>253</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>369</v>
+        <v>410</v>
       </c>
       <c r="B199" t="s">
-        <v>370</v>
+        <v>411</v>
       </c>
       <c r="C199" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E199" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F199">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>77</v>
+        <v>295</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>371</v>
+        <v>412</v>
       </c>
       <c r="B200" t="s">
-        <v>372</v>
+        <v>413</v>
       </c>
       <c r="C200" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D200" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F200">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>373</v>
+        <v>414</v>
       </c>
       <c r="B201" t="s">
-        <v>374</v>
+        <v>415</v>
       </c>
       <c r="C201" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D201" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E201" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F201">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>39</v>
+        <v>260</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>375</v>
+        <v>416</v>
       </c>
       <c r="B202" t="s">
-        <v>376</v>
+        <v>417</v>
       </c>
       <c r="C202" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D202" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F202">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G202"/>
-      <c r="H202" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>377</v>
+        <v>418</v>
       </c>
       <c r="B203" t="s">
-        <v>378</v>
+        <v>419</v>
       </c>
       <c r="C203" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D203" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E203" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F203">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G203"/>
-      <c r="H203" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>379</v>
+        <v>420</v>
       </c>
       <c r="B204" t="s">
-        <v>380</v>
+        <v>421</v>
       </c>
       <c r="C204" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D204" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F204">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G204"/>
-      <c r="H204" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>381</v>
+        <v>422</v>
       </c>
       <c r="B205" t="s">
-        <v>382</v>
+        <v>423</v>
       </c>
       <c r="C205" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D205" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F205">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G205"/>
-      <c r="H205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>383</v>
+        <v>424</v>
       </c>
       <c r="B206" t="s">
-        <v>384</v>
+        <v>425</v>
       </c>
       <c r="C206" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D206" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F206">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="G206"/>
-      <c r="H206" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H206"/>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>385</v>
+        <v>426</v>
       </c>
       <c r="B207" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="C207"/>
       <c r="D207" t="s">
-        <v>52</v>
+        <v>428</v>
       </c>
       <c r="E207" t="s">
-        <v>22</v>
+        <v>429</v>
       </c>
       <c r="F207">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G207" t="s">
+        <v>430</v>
+      </c>
+      <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>387</v>
+        <v>431</v>
       </c>
       <c r="B208" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="C208" t="s">
+        <v>432</v>
+      </c>
+      <c r="C208"/>
+      <c r="D208" t="s">
+        <v>27</v>
+      </c>
+      <c r="E208" t="s">
         <v>28</v>
       </c>
-      <c r="D208" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F208">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="B209" t="s">
-        <v>390</v>
+        <v>434</v>
       </c>
       <c r="C209" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D209" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E209" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F209">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="B210" t="s">
-        <v>392</v>
+        <v>436</v>
       </c>
       <c r="C210" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F210">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>41</v>
+        <v>253</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>393</v>
+        <v>437</v>
       </c>
       <c r="B211" t="s">
-        <v>394</v>
+        <v>438</v>
       </c>
       <c r="C211" t="s">
-        <v>35</v>
+        <v>439</v>
       </c>
       <c r="D211" t="s">
-        <v>52</v>
+        <v>440</v>
       </c>
       <c r="E211" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F211">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>395</v>
+        <v>441</v>
       </c>
       <c r="B212" t="s">
-        <v>396</v>
+        <v>442</v>
       </c>
       <c r="C212" t="s">
-        <v>35</v>
+        <v>439</v>
       </c>
       <c r="D212" t="s">
-        <v>52</v>
+        <v>440</v>
       </c>
       <c r="E212" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F212">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>397</v>
+        <v>443</v>
       </c>
       <c r="B213" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="C213"/>
+        <v>444</v>
+      </c>
+      <c r="C213" t="s">
+        <v>439</v>
+      </c>
       <c r="D213" t="s">
-        <v>156</v>
+        <v>440</v>
       </c>
       <c r="E213" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F213">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H213"/>
+        <v>2008</v>
+      </c>
+      <c r="G213"/>
+      <c r="H213" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>399</v>
+        <v>445</v>
       </c>
       <c r="B214" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="C214"/>
+        <v>446</v>
+      </c>
+      <c r="C214" t="s">
+        <v>439</v>
+      </c>
       <c r="D214" t="s">
-        <v>38</v>
+        <v>440</v>
       </c>
       <c r="E214" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F214">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>401</v>
+        <v>447</v>
       </c>
       <c r="B215" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="C215"/>
+        <v>448</v>
+      </c>
+      <c r="C215" t="s">
+        <v>123</v>
+      </c>
       <c r="D215" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F215">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>403</v>
+        <v>449</v>
       </c>
       <c r="B216" t="s">
-        <v>404</v>
+        <v>450</v>
       </c>
       <c r="C216" t="s">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="D216" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F216">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>405</v>
+        <v>451</v>
       </c>
       <c r="B217" t="s">
-        <v>406</v>
+        <v>452</v>
       </c>
       <c r="C217" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D217" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F217">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>407</v>
+        <v>453</v>
       </c>
       <c r="B218" t="s">
-        <v>408</v>
+        <v>454</v>
       </c>
       <c r="C218" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D218" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F218">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>409</v>
+        <v>455</v>
       </c>
       <c r="B219" t="s">
-        <v>410</v>
+        <v>456</v>
       </c>
       <c r="C219" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D219" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F219">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>411</v>
+        <v>457</v>
       </c>
       <c r="B220" t="s">
-        <v>412</v>
+        <v>458</v>
       </c>
       <c r="C220" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D220" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F220">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G220"/>
-      <c r="H220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>413</v>
+        <v>459</v>
       </c>
       <c r="B221" t="s">
-        <v>414</v>
+        <v>460</v>
       </c>
       <c r="C221" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F221">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G221"/>
-      <c r="H221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H221"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>415</v>
+        <v>461</v>
       </c>
       <c r="B222" t="s">
-        <v>416</v>
+        <v>462</v>
       </c>
       <c r="C222" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D222" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F222">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G222"/>
-      <c r="H222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H222"/>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>417</v>
+        <v>463</v>
       </c>
       <c r="B223" t="s">
-        <v>418</v>
+        <v>464</v>
       </c>
       <c r="C223" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E223" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F223">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G223"/>
-      <c r="H223" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>419</v>
+        <v>465</v>
       </c>
       <c r="B224" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="C224" t="s">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="D224" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F224">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="G224"/>
-      <c r="H224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="B225" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="C225" t="s">
+        <v>468</v>
+      </c>
+      <c r="C225"/>
+      <c r="D225" t="s">
+        <v>106</v>
+      </c>
+      <c r="E225" t="s">
         <v>28</v>
       </c>
-      <c r="D225" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F225">
-        <v>2010</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G225" t="s">
+        <v>107</v>
+      </c>
+      <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>423</v>
+        <v>469</v>
       </c>
       <c r="B226" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>470</v>
+      </c>
+      <c r="C226"/>
       <c r="D226" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="E226" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F226">
-        <v>2010</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G226" t="s">
+        <v>107</v>
+      </c>
+      <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>425</v>
+        <v>471</v>
       </c>
       <c r="B227" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="C227" t="s">
+        <v>472</v>
+      </c>
+      <c r="C227"/>
+      <c r="D227" t="s">
+        <v>27</v>
+      </c>
+      <c r="E227" t="s">
         <v>28</v>
       </c>
-      <c r="D227" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F227">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>427</v>
+        <v>473</v>
       </c>
       <c r="B228" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="C228" t="s">
+        <v>474</v>
+      </c>
+      <c r="C228"/>
+      <c r="D228" t="s">
+        <v>27</v>
+      </c>
+      <c r="E228" t="s">
         <v>28</v>
       </c>
-      <c r="D228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F228">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>77</v>
+        <v>295</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>429</v>
+        <v>475</v>
       </c>
       <c r="B229" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="C229" t="s">
+        <v>476</v>
+      </c>
+      <c r="C229"/>
+      <c r="D229" t="s">
+        <v>27</v>
+      </c>
+      <c r="E229" t="s">
         <v>28</v>
       </c>
-      <c r="D229" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F229">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>431</v>
+        <v>477</v>
       </c>
       <c r="B230" t="s">
-        <v>432</v>
+        <v>478</v>
       </c>
       <c r="C230" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D230" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F230">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>26</v>
+        <v>247</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>433</v>
+        <v>479</v>
       </c>
       <c r="B231" t="s">
-        <v>434</v>
+        <v>480</v>
       </c>
       <c r="C231" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D231" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F231">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="G231"/>
+        <v>2007</v>
+      </c>
+      <c r="G231" t="s">
+        <v>481</v>
+      </c>
       <c r="H231" t="s">
-        <v>26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>435</v>
+        <v>482</v>
       </c>
       <c r="B232" t="s">
-        <v>436</v>
+        <v>483</v>
       </c>
       <c r="C232" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D232" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F232">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>437</v>
+        <v>484</v>
       </c>
       <c r="B233" t="s">
-        <v>438</v>
+        <v>485</v>
       </c>
       <c r="C233" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D233" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F233">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>486</v>
+      </c>
+      <c r="B234" t="s">
+        <v>487</v>
+      </c>
+      <c r="C234" t="s">
         <v>439</v>
       </c>
-      <c r="B234" t="s">
+      <c r="D234" t="s">
         <v>440</v>
       </c>
-      <c r="C234" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E234" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F234">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>441</v>
+        <v>488</v>
       </c>
       <c r="B235" t="s">
-        <v>442</v>
+        <v>489</v>
       </c>
       <c r="C235" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D235" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F235">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>443</v>
+        <v>490</v>
       </c>
       <c r="B236" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="C236"/>
+        <v>491</v>
+      </c>
+      <c r="C236" t="s">
+        <v>10</v>
+      </c>
       <c r="D236" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F236">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>58</v>
+        <v>295</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="B237" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="C237"/>
+        <v>493</v>
+      </c>
+      <c r="C237" t="s">
+        <v>10</v>
+      </c>
       <c r="D237" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F237">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G237"/>
-      <c r="H237" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H237"/>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>447</v>
+        <v>494</v>
       </c>
       <c r="B238" t="s">
-        <v>448</v>
+        <v>495</v>
       </c>
       <c r="C238" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D238" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F238">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G238"/>
-      <c r="H238" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H238"/>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>449</v>
+        <v>496</v>
       </c>
       <c r="B239" t="s">
-        <v>450</v>
+        <v>497</v>
       </c>
       <c r="C239" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D239" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F239">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G239"/>
-      <c r="H239" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H239"/>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>451</v>
+        <v>498</v>
       </c>
       <c r="B240" t="s">
-        <v>452</v>
+        <v>499</v>
       </c>
       <c r="C240" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F240">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G240"/>
-      <c r="H240" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H240"/>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="B241" t="s">
-        <v>454</v>
+        <v>501</v>
       </c>
       <c r="C241" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D241" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F241">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G241"/>
-      <c r="H241" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H241"/>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>455</v>
+        <v>502</v>
       </c>
       <c r="B242" t="s">
-        <v>456</v>
+        <v>503</v>
       </c>
       <c r="C242" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D242" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F242">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G242"/>
-      <c r="H242" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>457</v>
+        <v>504</v>
       </c>
       <c r="B243" t="s">
-        <v>458</v>
+        <v>505</v>
       </c>
       <c r="C243" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E243" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F243">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G243"/>
-      <c r="H243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H243"/>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>459</v>
+        <v>506</v>
       </c>
       <c r="B244" t="s">
-        <v>460</v>
+        <v>507</v>
       </c>
       <c r="C244" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D244" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E244" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F244">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G244"/>
-      <c r="H244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H244"/>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>461</v>
+        <v>508</v>
       </c>
       <c r="B245" t="s">
-        <v>462</v>
+        <v>509</v>
       </c>
       <c r="C245" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D245" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F245">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G245"/>
-      <c r="H245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H245"/>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>463</v>
+        <v>510</v>
       </c>
       <c r="B246" t="s">
-        <v>464</v>
+        <v>511</v>
       </c>
       <c r="C246" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D246" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F246">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="G246"/>
-      <c r="H246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H246"/>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>465</v>
+        <v>512</v>
       </c>
       <c r="B247" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="C247"/>
+        <v>513</v>
+      </c>
+      <c r="C247" t="s">
+        <v>10</v>
+      </c>
       <c r="D247" t="s">
-        <v>467</v>
+        <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F247">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G247"/>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>468</v>
+        <v>514</v>
       </c>
       <c r="B248" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="C248"/>
+        <v>515</v>
+      </c>
+      <c r="C248" t="s">
+        <v>10</v>
+      </c>
       <c r="D248" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E248" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F248">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="G248"/>
-      <c r="H248" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H248"/>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>470</v>
+        <v>516</v>
       </c>
       <c r="B249" t="s">
-        <v>471</v>
+        <v>517</v>
       </c>
       <c r="C249" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D249" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E249" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F249">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="G249"/>
-      <c r="H249" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>472</v>
+        <v>518</v>
       </c>
       <c r="B250" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="C250" t="s">
+        <v>519</v>
+      </c>
+      <c r="C250"/>
+      <c r="D250" t="s">
+        <v>27</v>
+      </c>
+      <c r="E250" t="s">
         <v>28</v>
       </c>
-      <c r="D250" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F250">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>58</v>
+        <v>253</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>474</v>
+        <v>520</v>
       </c>
       <c r="B251" t="s">
-        <v>475</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="C251"/>
       <c r="D251" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E251" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F251">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>476</v>
+        <v>522</v>
       </c>
       <c r="B252" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="C252"/>
       <c r="D252" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E252" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F252">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>478</v>
+        <v>524</v>
       </c>
       <c r="B253" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="C253"/>
       <c r="D253" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E253" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F253">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>17</v>
+        <v>295</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="B254" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="C254"/>
       <c r="D254" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E254" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F254">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>17</v>
+        <v>247</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>482</v>
+        <v>528</v>
       </c>
       <c r="B255" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="C255"/>
       <c r="D255" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E255" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F255">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>484</v>
+        <v>530</v>
       </c>
       <c r="B256" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="C256"/>
       <c r="D256" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E256" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F256">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>17</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>486</v>
+        <v>532</v>
       </c>
       <c r="B257" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="C257"/>
       <c r="D257" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E257" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F257">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>488</v>
+        <v>533</v>
       </c>
       <c r="B258" t="s">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="C258" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D258" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E258" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F258">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>17</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>490</v>
+        <v>535</v>
       </c>
       <c r="B259" t="s">
-        <v>491</v>
+        <v>536</v>
       </c>
       <c r="C259" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D259" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F259">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G259"/>
-      <c r="H259" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>492</v>
+        <v>537</v>
       </c>
       <c r="B260" t="s">
-        <v>493</v>
+        <v>538</v>
       </c>
       <c r="C260" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E260" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F260">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>494</v>
+        <v>539</v>
       </c>
       <c r="B261" t="s">
-        <v>495</v>
+        <v>540</v>
       </c>
       <c r="C261" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D261" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F261">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>496</v>
+        <v>541</v>
       </c>
       <c r="B262" t="s">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="C262" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D262" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F262">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>498</v>
+        <v>543</v>
       </c>
       <c r="B263" t="s">
-        <v>499</v>
+        <v>544</v>
       </c>
       <c r="C263" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D263" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F263">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>29</v>
+        <v>295</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>500</v>
+        <v>545</v>
       </c>
       <c r="B264" t="s">
-        <v>501</v>
+        <v>546</v>
       </c>
       <c r="C264" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D264" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F264">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="G264"/>
       <c r="H264"/>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>502</v>
+        <v>547</v>
       </c>
       <c r="B265" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="C265"/>
+        <v>548</v>
+      </c>
+      <c r="C265" t="s">
+        <v>10</v>
+      </c>
       <c r="D265" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F265">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G265"/>
       <c r="H265"/>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>504</v>
+        <v>549</v>
       </c>
       <c r="B266" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="C266"/>
+        <v>550</v>
+      </c>
+      <c r="C266" t="s">
+        <v>10</v>
+      </c>
       <c r="D266" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F266">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G266"/>
       <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>506</v>
+        <v>551</v>
       </c>
       <c r="B267" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="C267"/>
+        <v>552</v>
+      </c>
+      <c r="C267" t="s">
+        <v>10</v>
+      </c>
       <c r="D267" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F267">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G267"/>
-      <c r="H267" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>508</v>
+        <v>553</v>
       </c>
       <c r="B268" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="C268"/>
+        <v>554</v>
+      </c>
+      <c r="C268" t="s">
+        <v>10</v>
+      </c>
       <c r="D268" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F268">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G268"/>
-      <c r="H268" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>510</v>
+        <v>555</v>
       </c>
       <c r="B269" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="C269"/>
+        <v>556</v>
+      </c>
+      <c r="C269" t="s">
+        <v>10</v>
+      </c>
       <c r="D269" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F269">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G269"/>
-      <c r="H269" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H269"/>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>512</v>
+        <v>557</v>
       </c>
       <c r="B270" t="s">
-        <v>513</v>
+        <v>558</v>
       </c>
       <c r="C270" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D270" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E270" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F270">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G270"/>
-      <c r="H270" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>514</v>
+        <v>559</v>
       </c>
       <c r="B271" t="s">
-        <v>515</v>
+        <v>560</v>
       </c>
       <c r="C271" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D271" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F271">
-        <v>2007</v>
-[...6 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G271"/>
+      <c r="H271"/>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>516</v>
+        <v>561</v>
       </c>
       <c r="B272" t="s">
-        <v>517</v>
+        <v>562</v>
       </c>
       <c r="C272" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F272">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G272"/>
-      <c r="H272" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H272"/>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>518</v>
+        <v>563</v>
       </c>
       <c r="B273" t="s">
-        <v>519</v>
+        <v>564</v>
       </c>
       <c r="C273" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D273" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F273">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G273"/>
-      <c r="H273" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H273"/>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>520</v>
+        <v>565</v>
       </c>
       <c r="B274" t="s">
-        <v>521</v>
+        <v>566</v>
       </c>
       <c r="C274" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D274" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F274">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G274"/>
-      <c r="H274" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H274"/>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>522</v>
+        <v>567</v>
       </c>
       <c r="B275" t="s">
-        <v>523</v>
+        <v>568</v>
       </c>
       <c r="C275" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D275" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F275">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G275"/>
-      <c r="H275" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H275"/>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>524</v>
+        <v>569</v>
       </c>
       <c r="B276" t="s">
-        <v>525</v>
+        <v>570</v>
       </c>
       <c r="C276" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D276" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F276">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G276"/>
-      <c r="H276" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H276"/>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>526</v>
+        <v>571</v>
       </c>
       <c r="B277" t="s">
-        <v>527</v>
+        <v>572</v>
       </c>
       <c r="C277" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D277" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F277">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G277"/>
-      <c r="H277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>528</v>
+        <v>573</v>
       </c>
       <c r="B278" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="C278" t="s">
+        <v>574</v>
+      </c>
+      <c r="C278"/>
+      <c r="D278" t="s">
+        <v>27</v>
+      </c>
+      <c r="E278" t="s">
         <v>28</v>
       </c>
-      <c r="D278" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F278">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>530</v>
+        <v>575</v>
       </c>
       <c r="B279" t="s">
-        <v>531</v>
+        <v>576</v>
       </c>
       <c r="C279" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D279" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F279">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>532</v>
+        <v>577</v>
       </c>
       <c r="B280" t="s">
-        <v>533</v>
+        <v>578</v>
       </c>
       <c r="C280" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D280" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F280">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>29</v>
+        <v>247</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>534</v>
+        <v>579</v>
       </c>
       <c r="B281" t="s">
-        <v>535</v>
+        <v>580</v>
       </c>
       <c r="C281" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D281" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F281">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>536</v>
+        <v>581</v>
       </c>
       <c r="B282" t="s">
-        <v>537</v>
+        <v>582</v>
       </c>
       <c r="C282" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D282" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F282">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>29</v>
+        <v>295</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>538</v>
+        <v>583</v>
       </c>
       <c r="B283" t="s">
-        <v>539</v>
+        <v>584</v>
       </c>
       <c r="C283" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D283" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E283" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F283">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>50</v>
+        <v>295</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>540</v>
+        <v>585</v>
       </c>
       <c r="B284" t="s">
-        <v>541</v>
+        <v>586</v>
       </c>
       <c r="C284" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D284" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F284">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G284"/>
-      <c r="H284" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>542</v>
+        <v>587</v>
       </c>
       <c r="B285" t="s">
-        <v>543</v>
+        <v>588</v>
       </c>
       <c r="C285" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D285" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F285">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G285"/>
-      <c r="H285" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H285"/>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>544</v>
+        <v>589</v>
       </c>
       <c r="B286" t="s">
-        <v>545</v>
+        <v>590</v>
       </c>
       <c r="C286" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D286" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F286">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G286"/>
-      <c r="H286" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H286"/>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>546</v>
+        <v>591</v>
       </c>
       <c r="B287" t="s">
-        <v>547</v>
+        <v>592</v>
       </c>
       <c r="C287" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D287" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E287" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F287">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G287"/>
-      <c r="H287" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>548</v>
+        <v>593</v>
       </c>
       <c r="B288" t="s">
-        <v>549</v>
+        <v>594</v>
       </c>
       <c r="C288" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D288" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F288">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G288"/>
-      <c r="H288" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H288"/>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>550</v>
+        <v>595</v>
       </c>
       <c r="B289" t="s">
-        <v>551</v>
+        <v>596</v>
       </c>
       <c r="C289" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D289" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F289">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="G289"/>
-      <c r="H289" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H289"/>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>552</v>
+        <v>597</v>
       </c>
       <c r="B290" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="C290"/>
+        <v>598</v>
+      </c>
+      <c r="C290" t="s">
+        <v>10</v>
+      </c>
       <c r="D290" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E290" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F290">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G290"/>
-      <c r="H290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>554</v>
+        <v>599</v>
       </c>
       <c r="B291" t="s">
-        <v>555</v>
-[...1 lines deleted...]
-      <c r="C291"/>
+        <v>600</v>
+      </c>
+      <c r="C291" t="s">
+        <v>10</v>
+      </c>
       <c r="D291" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F291">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G291"/>
-      <c r="H291" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H291"/>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>556</v>
+        <v>601</v>
       </c>
       <c r="B292" t="s">
-        <v>557</v>
-[...1 lines deleted...]
-      <c r="C292"/>
+        <v>602</v>
+      </c>
+      <c r="C292" t="s">
+        <v>10</v>
+      </c>
       <c r="D292" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E292" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F292">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G292"/>
-      <c r="H292" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H292"/>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>558</v>
+        <v>603</v>
       </c>
       <c r="B293" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="C293"/>
+        <v>604</v>
+      </c>
+      <c r="C293" t="s">
+        <v>10</v>
+      </c>
       <c r="D293" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F293">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G293"/>
-      <c r="H293" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H293"/>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>560</v>
+        <v>605</v>
       </c>
       <c r="B294" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="C294"/>
+        <v>606</v>
+      </c>
+      <c r="C294" t="s">
+        <v>10</v>
+      </c>
       <c r="D294" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E294" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F294">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G294"/>
-      <c r="H294" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H294"/>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>562</v>
+        <v>607</v>
       </c>
       <c r="B295" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="C295"/>
+        <v>608</v>
+      </c>
+      <c r="C295" t="s">
+        <v>10</v>
+      </c>
       <c r="D295" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F295">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G295"/>
-      <c r="H295" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H295"/>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>564</v>
+        <v>609</v>
       </c>
       <c r="B296" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="C296"/>
+        <v>610</v>
+      </c>
+      <c r="C296" t="s">
+        <v>49</v>
+      </c>
       <c r="D296" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F296">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G296"/>
-      <c r="H296" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H296"/>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>566</v>
+        <v>611</v>
       </c>
       <c r="B297" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C297"/>
+        <v>612</v>
+      </c>
+      <c r="C297" t="s">
+        <v>49</v>
+      </c>
       <c r="D297" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F297">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G297"/>
-      <c r="H297" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H297"/>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>567</v>
+        <v>613</v>
       </c>
       <c r="B298" t="s">
-        <v>568</v>
+        <v>614</v>
       </c>
       <c r="C298" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D298" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F298">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G298"/>
-      <c r="H298" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H298"/>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>569</v>
+        <v>615</v>
       </c>
       <c r="B299" t="s">
-        <v>570</v>
+        <v>616</v>
       </c>
       <c r="C299" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D299" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E299" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F299">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G299"/>
-      <c r="H299" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H299"/>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>571</v>
+        <v>617</v>
       </c>
       <c r="B300" t="s">
-        <v>572</v>
+        <v>618</v>
       </c>
       <c r="C300" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D300" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E300" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F300">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G300"/>
-      <c r="H300" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>573</v>
+        <v>619</v>
       </c>
       <c r="B301" t="s">
-        <v>574</v>
+        <v>620</v>
       </c>
       <c r="C301" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D301" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F301">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G301"/>
-      <c r="H301" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H301"/>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>575</v>
+        <v>621</v>
       </c>
       <c r="B302" t="s">
-        <v>576</v>
+        <v>622</v>
       </c>
       <c r="C302" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D302" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E302" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F302">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G302"/>
-      <c r="H302" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H302"/>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>577</v>
+        <v>623</v>
       </c>
       <c r="B303" t="s">
-        <v>578</v>
+        <v>624</v>
       </c>
       <c r="C303" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D303" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F303">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G303"/>
-      <c r="H303" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H303"/>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>579</v>
+        <v>625</v>
       </c>
       <c r="B304" t="s">
-        <v>580</v>
+        <v>626</v>
       </c>
       <c r="C304" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D304" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E304" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F304">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="G304"/>
-      <c r="H304" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H304"/>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>581</v>
+        <v>627</v>
       </c>
       <c r="B305" t="s">
-        <v>582</v>
+        <v>628</v>
       </c>
       <c r="C305" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D305" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E305" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F305">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>583</v>
+        <v>629</v>
       </c>
       <c r="B306" t="s">
-        <v>584</v>
+        <v>630</v>
       </c>
       <c r="C306" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D306" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E306" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F306">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>585</v>
+        <v>631</v>
       </c>
       <c r="B307" t="s">
-        <v>586</v>
+        <v>632</v>
       </c>
       <c r="C307" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D307" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F307">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>58</v>
+        <v>226</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>587</v>
+        <v>633</v>
       </c>
       <c r="B308" t="s">
-        <v>588</v>
+        <v>634</v>
       </c>
       <c r="C308" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D308" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E308" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F308">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>72</v>
+        <v>237</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>589</v>
+        <v>635</v>
       </c>
       <c r="B309" t="s">
-        <v>590</v>
+        <v>636</v>
       </c>
       <c r="C309" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D309" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E309" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F309">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>101</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>591</v>
+        <v>637</v>
       </c>
       <c r="B310" t="s">
-        <v>592</v>
+        <v>638</v>
       </c>
       <c r="C310" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D310" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F310">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>72</v>
+        <v>295</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>593</v>
+        <v>639</v>
       </c>
       <c r="B311" t="s">
-        <v>594</v>
+        <v>640</v>
       </c>
       <c r="C311" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D311" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E311" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F311">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>58</v>
+        <v>295</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>595</v>
+        <v>641</v>
       </c>
       <c r="B312" t="s">
-        <v>596</v>
+        <v>642</v>
       </c>
       <c r="C312" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D312" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E312" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F312">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G312"/>
-      <c r="H312" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H312"/>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>597</v>
+        <v>643</v>
       </c>
       <c r="B313" t="s">
-        <v>598</v>
+        <v>644</v>
       </c>
       <c r="C313" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D313" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F313">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G313"/>
-      <c r="H313" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H313"/>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>599</v>
+        <v>645</v>
       </c>
       <c r="B314" t="s">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="C314" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D314" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E314" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F314">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G314"/>
-      <c r="H314" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H314"/>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>601</v>
+        <v>647</v>
       </c>
       <c r="B315" t="s">
-        <v>602</v>
+        <v>648</v>
       </c>
       <c r="C315" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D315" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F315">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G315"/>
-      <c r="H315" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H315"/>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>603</v>
+        <v>649</v>
       </c>
       <c r="B316" t="s">
-        <v>604</v>
+        <v>650</v>
       </c>
       <c r="C316" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D316" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E316" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F316">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G316"/>
-      <c r="H316" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H316"/>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>605</v>
+        <v>651</v>
       </c>
       <c r="B317" t="s">
-        <v>606</v>
+        <v>652</v>
       </c>
       <c r="C317" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D317" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E317" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F317">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="G317"/>
-      <c r="H317" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H317"/>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>607</v>
+        <v>653</v>
       </c>
       <c r="B318" t="s">
-        <v>608</v>
-[...1 lines deleted...]
-      <c r="C318"/>
+        <v>654</v>
+      </c>
+      <c r="C318" t="s">
+        <v>10</v>
+      </c>
       <c r="D318" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E318" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F318">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G318"/>
-      <c r="H318" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H318"/>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>609</v>
+        <v>655</v>
       </c>
       <c r="B319" t="s">
-        <v>610</v>
+        <v>656</v>
       </c>
       <c r="C319" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D319" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F319">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G319"/>
-      <c r="H319" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H319"/>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>611</v>
+        <v>657</v>
       </c>
       <c r="B320" t="s">
-        <v>612</v>
+        <v>658</v>
       </c>
       <c r="C320" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D320" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E320" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F320">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G320"/>
-      <c r="H320" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H320"/>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>613</v>
+        <v>659</v>
       </c>
       <c r="B321" t="s">
-        <v>614</v>
+        <v>660</v>
       </c>
       <c r="C321" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D321" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F321">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G321"/>
-      <c r="H321" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H321"/>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>615</v>
+        <v>661</v>
       </c>
       <c r="B322" t="s">
-        <v>616</v>
+        <v>662</v>
       </c>
       <c r="C322" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D322" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E322" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F322">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G322"/>
-      <c r="H322" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>617</v>
+        <v>663</v>
       </c>
       <c r="B323" t="s">
-        <v>618</v>
+        <v>664</v>
       </c>
       <c r="C323" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F323">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G323"/>
-      <c r="H323" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H323"/>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>619</v>
+        <v>665</v>
       </c>
       <c r="B324" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="C324" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D324" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F324">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G324"/>
-      <c r="H324" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H324"/>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>621</v>
+        <v>667</v>
       </c>
       <c r="B325" t="s">
-        <v>622</v>
+        <v>668</v>
       </c>
       <c r="C325" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D325" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F325">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>623</v>
+        <v>669</v>
       </c>
       <c r="B326" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="C326" t="s">
+        <v>670</v>
+      </c>
+      <c r="C326"/>
+      <c r="D326" t="s">
+        <v>106</v>
+      </c>
+      <c r="E326" t="s">
         <v>28</v>
       </c>
-      <c r="D326" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F326">
-        <v>2005</v>
-[...4 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G326" t="s">
+        <v>107</v>
+      </c>
+      <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>625</v>
+        <v>671</v>
       </c>
       <c r="B327" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="C327" t="s">
+        <v>672</v>
+      </c>
+      <c r="C327"/>
+      <c r="D327" t="s">
+        <v>27</v>
+      </c>
+      <c r="E327" t="s">
         <v>28</v>
       </c>
-      <c r="D327" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F327">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>627</v>
+        <v>673</v>
       </c>
       <c r="B328" t="s">
-        <v>628</v>
+        <v>674</v>
       </c>
       <c r="C328" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D328" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E328" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F328">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>629</v>
+        <v>675</v>
       </c>
       <c r="B329" t="s">
-        <v>630</v>
+        <v>676</v>
       </c>
       <c r="C329" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D329" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F329">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>631</v>
+        <v>677</v>
       </c>
       <c r="B330" t="s">
-        <v>632</v>
+        <v>678</v>
       </c>
       <c r="C330" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D330" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F330">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>633</v>
+        <v>679</v>
       </c>
       <c r="B331" t="s">
-        <v>634</v>
+        <v>680</v>
       </c>
       <c r="C331" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D331" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E331" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F331">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>72</v>
+        <v>148</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>635</v>
+        <v>681</v>
       </c>
       <c r="B332" t="s">
-        <v>636</v>
+        <v>682</v>
       </c>
       <c r="C332" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D332" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E332" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F332">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G332"/>
-      <c r="H332" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>637</v>
+        <v>683</v>
       </c>
       <c r="B333" t="s">
-        <v>638</v>
+        <v>684</v>
       </c>
       <c r="C333" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D333" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F333">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G333"/>
-      <c r="H333" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H333"/>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>639</v>
+        <v>685</v>
       </c>
       <c r="B334" t="s">
-        <v>640</v>
+        <v>686</v>
       </c>
       <c r="C334" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D334" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F334">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G334"/>
-      <c r="H334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>641</v>
+        <v>687</v>
       </c>
       <c r="B335" t="s">
-        <v>642</v>
+        <v>688</v>
       </c>
       <c r="C335" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D335" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E335" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F335">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G335"/>
-      <c r="H335" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>643</v>
+        <v>689</v>
       </c>
       <c r="B336" t="s">
-        <v>644</v>
+        <v>690</v>
       </c>
       <c r="C336" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D336" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F336">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G336"/>
-      <c r="H336" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H336"/>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>645</v>
+        <v>691</v>
       </c>
       <c r="B337" t="s">
-        <v>646</v>
+        <v>692</v>
       </c>
       <c r="C337" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D337" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F337">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G337"/>
-      <c r="H337" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H337"/>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>647</v>
+        <v>693</v>
       </c>
       <c r="B338" t="s">
-        <v>648</v>
+        <v>694</v>
       </c>
       <c r="C338" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D338" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E338" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F338">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G338"/>
-      <c r="H338" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>649</v>
+        <v>695</v>
       </c>
       <c r="B339" t="s">
-        <v>650</v>
+        <v>696</v>
       </c>
       <c r="C339" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D339" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F339">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G339"/>
-      <c r="H339" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H339"/>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>651</v>
+        <v>697</v>
       </c>
       <c r="B340" t="s">
-        <v>652</v>
+        <v>698</v>
       </c>
       <c r="C340" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D340" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E340" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F340">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="G340"/>
-      <c r="H340" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>653</v>
+        <v>699</v>
       </c>
       <c r="B341" t="s">
-        <v>654</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="C341"/>
       <c r="D341" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E341" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F341">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>26</v>
+        <v>253</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>655</v>
+        <v>701</v>
       </c>
       <c r="B342" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="C342"/>
       <c r="D342" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E342" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F342">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>657</v>
+        <v>703</v>
       </c>
       <c r="B343" t="s">
-        <v>658</v>
+        <v>704</v>
       </c>
       <c r="C343" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E343" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F343">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>659</v>
+        <v>705</v>
       </c>
       <c r="B344" t="s">
-        <v>660</v>
+        <v>706</v>
       </c>
       <c r="C344" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D344" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F344">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>661</v>
+        <v>707</v>
       </c>
       <c r="B345" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="C345" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D345" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E345" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F345">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="B346" t="s">
-        <v>664</v>
+        <v>710</v>
       </c>
       <c r="C346" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D346" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F346">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>58</v>
+        <v>295</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="B347" t="s">
-        <v>666</v>
+        <v>712</v>
       </c>
       <c r="C347" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D347" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E347" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F347">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>42</v>
+        <v>295</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>667</v>
+        <v>713</v>
       </c>
       <c r="B348" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="C348" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D348" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E348" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F348">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>65</v>
+        <v>295</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>669</v>
+        <v>715</v>
       </c>
       <c r="B349" t="s">
-        <v>670</v>
+        <v>716</v>
       </c>
       <c r="C349" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D349" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F349">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G349"/>
-      <c r="H349" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H349"/>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>671</v>
+        <v>717</v>
       </c>
       <c r="B350" t="s">
-        <v>672</v>
+        <v>718</v>
       </c>
       <c r="C350" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D350" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E350" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F350">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G350"/>
-      <c r="H350" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H350"/>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>673</v>
+        <v>719</v>
       </c>
       <c r="B351" t="s">
-        <v>674</v>
+        <v>720</v>
       </c>
       <c r="C351" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D351" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F351">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G351"/>
-      <c r="H351" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H351"/>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>675</v>
+        <v>721</v>
       </c>
       <c r="B352" t="s">
-        <v>676</v>
+        <v>722</v>
       </c>
       <c r="C352" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D352" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E352" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F352">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G352"/>
-      <c r="H352" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H352"/>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>677</v>
+        <v>723</v>
       </c>
       <c r="B353" t="s">
-        <v>678</v>
+        <v>724</v>
       </c>
       <c r="C353" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D353" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F353">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G353"/>
-      <c r="H353" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H353"/>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="B354" t="s">
-        <v>680</v>
+        <v>726</v>
       </c>
       <c r="C354" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D354" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E354" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F354">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G354"/>
-      <c r="H354" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>681</v>
+        <v>727</v>
       </c>
       <c r="B355" t="s">
-        <v>682</v>
+        <v>728</v>
       </c>
       <c r="C355" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D355" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E355" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F355">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G355"/>
-      <c r="H355" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H355"/>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>683</v>
+        <v>729</v>
       </c>
       <c r="B356" t="s">
-        <v>684</v>
+        <v>730</v>
       </c>
       <c r="C356" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D356" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E356" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F356">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G356"/>
-      <c r="H356" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H356"/>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>685</v>
+        <v>731</v>
       </c>
       <c r="B357" t="s">
-        <v>686</v>
+        <v>732</v>
       </c>
       <c r="C357" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D357" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E357" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F357">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G357"/>
-      <c r="H357" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>687</v>
+        <v>733</v>
       </c>
       <c r="B358" t="s">
-        <v>688</v>
+        <v>734</v>
       </c>
       <c r="C358" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D358" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E358" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F358">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="G358"/>
-      <c r="H358" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H358"/>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>689</v>
+        <v>735</v>
       </c>
       <c r="B359" t="s">
-        <v>690</v>
+        <v>736</v>
       </c>
       <c r="C359" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D359" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E359" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F359">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>691</v>
+        <v>737</v>
       </c>
       <c r="B360" t="s">
-        <v>692</v>
+        <v>738</v>
       </c>
       <c r="C360" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D360" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E360" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F360">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>693</v>
+        <v>739</v>
       </c>
       <c r="B361" t="s">
-        <v>694</v>
+        <v>740</v>
       </c>
       <c r="C361" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D361" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E361" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F361">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>695</v>
+        <v>741</v>
       </c>
       <c r="B362" t="s">
-        <v>696</v>
+        <v>742</v>
       </c>
       <c r="C362" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D362" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E362" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F362">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G362"/>
-      <c r="H362" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H362"/>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>697</v>
+        <v>743</v>
       </c>
       <c r="B363" t="s">
-        <v>698</v>
+        <v>744</v>
       </c>
       <c r="C363" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D363" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E363" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F363">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G363"/>
-      <c r="H363" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H363"/>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>699</v>
+        <v>745</v>
       </c>
       <c r="B364" t="s">
-        <v>700</v>
+        <v>746</v>
       </c>
       <c r="C364" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D364" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E364" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F364">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G364"/>
-      <c r="H364" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H364"/>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>701</v>
+        <v>747</v>
       </c>
       <c r="B365" t="s">
-        <v>702</v>
+        <v>748</v>
       </c>
       <c r="C365" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D365" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E365" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F365">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="G365"/>
-      <c r="H365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H365"/>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>703</v>
+        <v>749</v>
       </c>
       <c r="B366" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="C366"/>
+        <v>750</v>
+      </c>
+      <c r="C366" t="s">
+        <v>10</v>
+      </c>
       <c r="D366" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="E366" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F366">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="G366"/>
       <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>705</v>
+        <v>751</v>
       </c>
       <c r="B367" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="C367"/>
+        <v>752</v>
+      </c>
+      <c r="C367" t="s">
+        <v>10</v>
+      </c>
       <c r="D367" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E367" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F367">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="G367"/>
-      <c r="H367" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H367"/>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>707</v>
+        <v>753</v>
       </c>
       <c r="B368" t="s">
-        <v>708</v>
+        <v>754</v>
       </c>
       <c r="C368" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D368" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E368" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F368">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="G368"/>
-      <c r="H368" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H368"/>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>709</v>
+        <v>755</v>
       </c>
       <c r="B369" t="s">
-        <v>710</v>
+        <v>756</v>
       </c>
       <c r="C369" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D369" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E369" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F369">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="G369"/>
-      <c r="H369" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H369"/>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>711</v>
+        <v>757</v>
       </c>
       <c r="B370" t="s">
-        <v>712</v>
+        <v>758</v>
       </c>
       <c r="C370" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D370" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E370" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F370">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="G370"/>
-      <c r="H370" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>713</v>
+        <v>759</v>
       </c>
       <c r="B371" t="s">
-        <v>714</v>
+        <v>760</v>
       </c>
       <c r="C371" t="s">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="D371" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E371" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F371">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="G371"/>
-      <c r="H371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H371"/>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>715</v>
+        <v>761</v>
       </c>
       <c r="B372" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="C372"/>
       <c r="D372" t="s">
-        <v>52</v>
+        <v>428</v>
       </c>
       <c r="E372" t="s">
-        <v>22</v>
+        <v>429</v>
       </c>
       <c r="F372">
-        <v>2003</v>
-[...4 lines deleted...]
-      </c>
+        <v>2000</v>
+      </c>
+      <c r="G372" t="s">
+        <v>430</v>
+      </c>
+      <c r="H372"/>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>717</v>
+        <v>763</v>
       </c>
       <c r="B373" t="s">
-        <v>718</v>
-[...6 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="C373"/>
+      <c r="D373"/>
       <c r="E373" t="s">
-        <v>22</v>
+        <v>765</v>
       </c>
       <c r="F373">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="G373"/>
+        <v>2000</v>
+      </c>
+      <c r="G373" t="s">
+        <v>430</v>
+      </c>
       <c r="H373" t="s">
-        <v>26</v>
+        <v>253</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>719</v>
+        <v>766</v>
       </c>
       <c r="B374" t="s">
-        <v>720</v>
+        <v>767</v>
       </c>
       <c r="C374" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D374" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E374" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F374">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>721</v>
+        <v>768</v>
       </c>
       <c r="B375" t="s">
-        <v>722</v>
+        <v>769</v>
       </c>
       <c r="C375" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D375" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E375" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F375">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>723</v>
+        <v>770</v>
       </c>
       <c r="B376" t="s">
-        <v>724</v>
+        <v>771</v>
       </c>
       <c r="C376" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D376" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E376" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F376">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>725</v>
+        <v>772</v>
       </c>
       <c r="B377" t="s">
-        <v>726</v>
+        <v>773</v>
       </c>
       <c r="C377" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D377" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E377" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F377">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G377"/>
-      <c r="H377" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H377"/>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>727</v>
+        <v>774</v>
       </c>
       <c r="B378" t="s">
-        <v>728</v>
+        <v>775</v>
       </c>
       <c r="C378" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D378" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E378" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F378">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G378"/>
-      <c r="H378" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H378"/>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>729</v>
+        <v>776</v>
       </c>
       <c r="B379" t="s">
-        <v>730</v>
+        <v>777</v>
       </c>
       <c r="C379" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D379" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E379" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F379">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G379"/>
-      <c r="H379" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H379"/>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>731</v>
+        <v>778</v>
       </c>
       <c r="B380" t="s">
-        <v>732</v>
+        <v>779</v>
       </c>
       <c r="C380" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D380" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E380" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F380">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G380"/>
-      <c r="H380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H380"/>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>733</v>
+        <v>780</v>
       </c>
       <c r="B381" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="C381"/>
+        <v>781</v>
+      </c>
+      <c r="C381" t="s">
+        <v>10</v>
+      </c>
       <c r="D381" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E381" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F381">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="G381"/>
-      <c r="H381" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H381"/>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>735</v>
+        <v>782</v>
       </c>
       <c r="B382" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="C382"/>
+        <v>783</v>
+      </c>
+      <c r="C382" t="s">
+        <v>10</v>
+      </c>
       <c r="D382" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E382" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F382">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="G382"/>
-      <c r="H382" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>737</v>
+        <v>784</v>
       </c>
       <c r="B383" t="s">
-        <v>738</v>
+        <v>785</v>
       </c>
       <c r="C383" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D383" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E383" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F383">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="G383"/>
-      <c r="H383" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H383"/>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>739</v>
+        <v>786</v>
       </c>
       <c r="B384" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="C384"/>
       <c r="D384" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E384" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F384">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>741</v>
+        <v>788</v>
       </c>
       <c r="B385" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="C385" t="s">
+        <v>789</v>
+      </c>
+      <c r="C385"/>
+      <c r="D385" t="s">
+        <v>27</v>
+      </c>
+      <c r="E385" t="s">
         <v>28</v>
       </c>
-      <c r="D385" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F385">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>77</v>
+        <v>253</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>743</v>
+        <v>790</v>
       </c>
       <c r="B386" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="C386" t="s">
+        <v>791</v>
+      </c>
+      <c r="C386"/>
+      <c r="D386" t="s">
+        <v>27</v>
+      </c>
+      <c r="E386" t="s">
         <v>28</v>
       </c>
-      <c r="D386" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F386">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>77</v>
+        <v>295</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>745</v>
+        <v>792</v>
       </c>
       <c r="B387" t="s">
-        <v>746</v>
+        <v>793</v>
       </c>
       <c r="C387" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D387" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E387" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F387">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>77</v>
+        <v>794</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>747</v>
+        <v>795</v>
       </c>
       <c r="B388" t="s">
-        <v>748</v>
+        <v>796</v>
       </c>
       <c r="C388" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D388" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E388" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F388">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>77</v>
+        <v>247</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>749</v>
+        <v>797</v>
       </c>
       <c r="B389" t="s">
-        <v>750</v>
+        <v>798</v>
       </c>
       <c r="C389" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D389" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E389" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F389">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>50</v>
+        <v>247</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>751</v>
+        <v>799</v>
       </c>
       <c r="B390" t="s">
-        <v>752</v>
+        <v>800</v>
       </c>
       <c r="C390" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D390" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E390" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F390">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>50</v>
+        <v>247</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>753</v>
+        <v>801</v>
       </c>
       <c r="B391" t="s">
-        <v>754</v>
+        <v>802</v>
       </c>
       <c r="C391" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D391" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E391" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F391">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>755</v>
+        <v>803</v>
       </c>
       <c r="B392" t="s">
-        <v>756</v>
+        <v>804</v>
       </c>
       <c r="C392" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D392" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E392" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F392">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>42</v>
+        <v>295</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>757</v>
+        <v>805</v>
       </c>
       <c r="B393" t="s">
-        <v>758</v>
+        <v>806</v>
       </c>
       <c r="C393" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D393" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E393" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F393">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
-        <v>42</v>
+        <v>295</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>759</v>
+        <v>807</v>
       </c>
       <c r="B394" t="s">
-        <v>760</v>
+        <v>808</v>
       </c>
       <c r="C394" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D394" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E394" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F394">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G394"/>
-      <c r="H394" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H394"/>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>761</v>
+        <v>809</v>
       </c>
       <c r="B395" t="s">
-        <v>762</v>
+        <v>810</v>
       </c>
       <c r="C395" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D395" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E395" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F395">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G395"/>
-      <c r="H395" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H395"/>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>763</v>
+        <v>811</v>
       </c>
       <c r="B396" t="s">
-        <v>764</v>
+        <v>812</v>
       </c>
       <c r="C396" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D396" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E396" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F396">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G396"/>
-      <c r="H396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H396"/>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>765</v>
+        <v>813</v>
       </c>
       <c r="B397" t="s">
-        <v>766</v>
+        <v>814</v>
       </c>
       <c r="C397" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D397" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E397" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F397">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G397"/>
-      <c r="H397" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H397"/>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>767</v>
+        <v>815</v>
       </c>
       <c r="B398" t="s">
-        <v>768</v>
+        <v>816</v>
       </c>
       <c r="C398" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D398" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E398" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F398">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G398"/>
-      <c r="H398" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H398"/>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>769</v>
+        <v>817</v>
       </c>
       <c r="B399" t="s">
-        <v>770</v>
+        <v>818</v>
       </c>
       <c r="C399" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D399" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E399" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F399">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G399"/>
-      <c r="H399" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H399"/>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>771</v>
+        <v>819</v>
       </c>
       <c r="B400" t="s">
-        <v>772</v>
+        <v>820</v>
       </c>
       <c r="C400" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D400" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E400" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F400">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G400"/>
-      <c r="H400" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H400"/>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>773</v>
+        <v>821</v>
       </c>
       <c r="B401" t="s">
-        <v>774</v>
+        <v>822</v>
       </c>
       <c r="C401" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D401" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E401" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F401">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G401"/>
-      <c r="H401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H401"/>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>775</v>
+        <v>823</v>
       </c>
       <c r="B402" t="s">
-        <v>776</v>
+        <v>824</v>
       </c>
       <c r="C402" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D402" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E402" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F402">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G402"/>
-      <c r="H402" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H402"/>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>777</v>
+        <v>825</v>
       </c>
       <c r="B403" t="s">
-        <v>778</v>
+        <v>826</v>
       </c>
       <c r="C403" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D403" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E403" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F403">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G403"/>
-      <c r="H403" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H403"/>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>779</v>
+        <v>827</v>
       </c>
       <c r="B404" t="s">
-        <v>780</v>
+        <v>828</v>
       </c>
       <c r="C404" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D404" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E404" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F404">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G404"/>
-      <c r="H404" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H404"/>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>781</v>
+        <v>829</v>
       </c>
       <c r="B405" t="s">
-        <v>782</v>
+        <v>830</v>
       </c>
       <c r="C405" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D405" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E405" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F405">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="G405"/>
-      <c r="H405" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H405"/>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>783</v>
+        <v>831</v>
       </c>
       <c r="B406" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="C406" t="s">
+        <v>832</v>
+      </c>
+      <c r="C406"/>
+      <c r="D406" t="s">
+        <v>27</v>
+      </c>
+      <c r="E406" t="s">
         <v>28</v>
       </c>
-      <c r="D406" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F406">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>58</v>
+        <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>785</v>
+        <v>833</v>
       </c>
       <c r="B407" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="C407" t="s">
+        <v>834</v>
+      </c>
+      <c r="C407"/>
+      <c r="D407" t="s">
+        <v>27</v>
+      </c>
+      <c r="E407" t="s">
         <v>28</v>
       </c>
-      <c r="D407" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F407">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
-        <v>13</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>787</v>
+        <v>835</v>
       </c>
       <c r="B408" t="s">
-        <v>788</v>
-[...1 lines deleted...]
-      <c r="C408" t="s">
+        <v>836</v>
+      </c>
+      <c r="C408"/>
+      <c r="D408" t="s">
+        <v>27</v>
+      </c>
+      <c r="E408" t="s">
         <v>28</v>
       </c>
-      <c r="D408" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F408">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>41</v>
+        <v>237</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>789</v>
+        <v>837</v>
       </c>
       <c r="B409" t="s">
-        <v>790</v>
+        <v>838</v>
       </c>
       <c r="C409" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D409" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E409" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F409">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>72</v>
+        <v>247</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>791</v>
+        <v>839</v>
       </c>
       <c r="B410" t="s">
-        <v>792</v>
+        <v>840</v>
       </c>
       <c r="C410" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="D410" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E410" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F410">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="G410"/>
-      <c r="H410" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H410"/>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>793</v>
+        <v>841</v>
       </c>
       <c r="B411" t="s">
-        <v>794</v>
+        <v>842</v>
       </c>
       <c r="C411" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D411" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E411" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F411">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="G411"/>
-      <c r="H411" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H411"/>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>795</v>
+        <v>843</v>
       </c>
       <c r="B412" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="C412"/>
+        <v>844</v>
+      </c>
+      <c r="C412" t="s">
+        <v>10</v>
+      </c>
       <c r="D412" t="s">
-        <v>467</v>
+        <v>11</v>
       </c>
       <c r="E412" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F412">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="G412"/>
       <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>797</v>
+        <v>845</v>
       </c>
       <c r="B413" t="s">
-        <v>798</v>
-[...2 lines deleted...]
-      <c r="D413"/>
+        <v>846</v>
+      </c>
+      <c r="C413" t="s">
+        <v>10</v>
+      </c>
+      <c r="D413" t="s">
+        <v>11</v>
+      </c>
       <c r="E413" t="s">
-        <v>799</v>
+        <v>12</v>
       </c>
       <c r="F413">
-        <v>2000</v>
-[...6 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="G413"/>
+      <c r="H413"/>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>800</v>
+        <v>847</v>
       </c>
       <c r="B414" t="s">
-        <v>801</v>
+        <v>848</v>
       </c>
       <c r="C414" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D414" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E414" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F414">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G414"/>
-      <c r="H414" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H414"/>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>802</v>
+        <v>849</v>
       </c>
       <c r="B415" t="s">
-        <v>803</v>
+        <v>850</v>
       </c>
       <c r="C415" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D415" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E415" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F415">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G415"/>
-      <c r="H415" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H415"/>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>804</v>
+        <v>851</v>
       </c>
       <c r="B416" t="s">
-        <v>805</v>
+        <v>852</v>
       </c>
       <c r="C416" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D416" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E416" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F416">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G416"/>
-      <c r="H416" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H416"/>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>806</v>
+        <v>853</v>
       </c>
       <c r="B417" t="s">
-        <v>807</v>
+        <v>854</v>
       </c>
       <c r="C417" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D417" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E417" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F417">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G417"/>
-      <c r="H417" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H417"/>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>808</v>
+        <v>855</v>
       </c>
       <c r="B418" t="s">
-        <v>809</v>
+        <v>856</v>
       </c>
       <c r="C418" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D418" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E418" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F418">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G418"/>
-      <c r="H418" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H418"/>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>810</v>
+        <v>857</v>
       </c>
       <c r="B419" t="s">
-        <v>811</v>
+        <v>858</v>
       </c>
       <c r="C419" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D419" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E419" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F419">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G419"/>
-      <c r="H419" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H419"/>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>812</v>
+        <v>859</v>
       </c>
       <c r="B420" t="s">
-        <v>813</v>
+        <v>860</v>
       </c>
       <c r="C420" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D420" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E420" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F420">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>814</v>
+        <v>861</v>
       </c>
       <c r="B421" t="s">
-        <v>815</v>
+        <v>862</v>
       </c>
       <c r="C421" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D421" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E421" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F421">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="G421"/>
-      <c r="H421" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H421"/>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>816</v>
+        <v>863</v>
       </c>
       <c r="B422" t="s">
-        <v>817</v>
+        <v>864</v>
       </c>
       <c r="C422" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D422" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E422" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F422">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="G422"/>
-      <c r="H422" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H422"/>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>818</v>
+        <v>865</v>
       </c>
       <c r="B423" t="s">
-        <v>819</v>
+        <v>866</v>
       </c>
       <c r="C423" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D423" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E423" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F423">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="G423"/>
-      <c r="H423" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H423"/>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>820</v>
+        <v>867</v>
       </c>
       <c r="B424" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="C424"/>
+        <v>868</v>
+      </c>
+      <c r="C424" t="s">
+        <v>10</v>
+      </c>
       <c r="D424" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E424" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F424">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="G424"/>
-      <c r="H424" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H424"/>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>822</v>
+        <v>869</v>
       </c>
       <c r="B425" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="C425"/>
+        <v>870</v>
+      </c>
+      <c r="C425" t="s">
+        <v>10</v>
+      </c>
       <c r="D425" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E425" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F425">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="G425"/>
-      <c r="H425" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H425"/>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>824</v>
+        <v>871</v>
       </c>
       <c r="B426" t="s">
-        <v>825</v>
+        <v>872</v>
       </c>
       <c r="C426"/>
       <c r="D426" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E426" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F426">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
-        <v>77</v>
+        <v>247</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>826</v>
+        <v>873</v>
       </c>
       <c r="B427" t="s">
-        <v>827</v>
+        <v>874</v>
       </c>
       <c r="C427" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D427" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E427" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F427">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>41</v>
+        <v>295</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>828</v>
+        <v>875</v>
       </c>
       <c r="B428" t="s">
-        <v>829</v>
+        <v>876</v>
       </c>
       <c r="C428" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D428" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E428" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F428">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>29</v>
+        <v>250</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>830</v>
+        <v>877</v>
       </c>
       <c r="B429" t="s">
-        <v>831</v>
+        <v>878</v>
       </c>
       <c r="C429" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D429" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E429" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F429">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G429"/>
-      <c r="H429" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H429"/>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>832</v>
+        <v>879</v>
       </c>
       <c r="B430" t="s">
-        <v>833</v>
+        <v>880</v>
       </c>
       <c r="C430" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D430" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E430" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F430">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G430"/>
-      <c r="H430" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H430"/>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>834</v>
+        <v>881</v>
       </c>
       <c r="B431" t="s">
-        <v>835</v>
+        <v>882</v>
       </c>
       <c r="C431" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D431" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E431" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F431">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G431"/>
-      <c r="H431" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>836</v>
+        <v>883</v>
       </c>
       <c r="B432" t="s">
-        <v>837</v>
+        <v>884</v>
       </c>
       <c r="C432" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D432" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E432" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F432">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G432"/>
-      <c r="H432" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H432"/>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>838</v>
+        <v>885</v>
       </c>
       <c r="B433" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="C433" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D433" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E433" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F433">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G433"/>
-      <c r="H433" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H433"/>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>840</v>
+        <v>887</v>
       </c>
       <c r="B434" t="s">
-        <v>841</v>
+        <v>888</v>
       </c>
       <c r="C434" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D434" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E434" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F434">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="G434"/>
-      <c r="H434" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>842</v>
+        <v>889</v>
       </c>
       <c r="B435" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="C435" t="s">
+        <v>890</v>
+      </c>
+      <c r="C435"/>
+      <c r="D435" t="s">
+        <v>27</v>
+      </c>
+      <c r="E435" t="s">
         <v>28</v>
       </c>
-      <c r="D435" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F435">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>13</v>
+        <v>237</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>844</v>
+        <v>891</v>
       </c>
       <c r="B436" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="C436" t="s">
+        <v>892</v>
+      </c>
+      <c r="C436"/>
+      <c r="D436" t="s">
+        <v>27</v>
+      </c>
+      <c r="E436" t="s">
         <v>28</v>
       </c>
-      <c r="D436" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F436">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>846</v>
+        <v>893</v>
       </c>
       <c r="B437" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="C437" t="s">
+        <v>894</v>
+      </c>
+      <c r="C437"/>
+      <c r="D437" t="s">
+        <v>27</v>
+      </c>
+      <c r="E437" t="s">
         <v>28</v>
       </c>
-      <c r="D437" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F437">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>848</v>
+        <v>895</v>
       </c>
       <c r="B438" t="s">
-        <v>849</v>
+        <v>896</v>
       </c>
       <c r="C438" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D438" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E438" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F438">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>850</v>
+        <v>897</v>
       </c>
       <c r="B439" t="s">
-        <v>851</v>
+        <v>898</v>
       </c>
       <c r="C439" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D439" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E439" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F439">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>852</v>
+        <v>899</v>
       </c>
       <c r="B440" t="s">
-        <v>853</v>
+        <v>900</v>
       </c>
       <c r="C440" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D440" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E440" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F440">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G440"/>
-      <c r="H440" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H440"/>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>854</v>
+        <v>901</v>
       </c>
       <c r="B441" t="s">
-        <v>855</v>
+        <v>902</v>
       </c>
       <c r="C441" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D441" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E441" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F441">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="G441"/>
-      <c r="H441" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H441"/>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>856</v>
+        <v>903</v>
       </c>
       <c r="B442" t="s">
-        <v>857</v>
-[...6 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="C442"/>
+      <c r="D442"/>
       <c r="E442" t="s">
-        <v>22</v>
+        <v>765</v>
       </c>
       <c r="F442">
-        <v>1999</v>
-[...4 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="G442" t="s">
+        <v>430</v>
+      </c>
+      <c r="H442"/>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>858</v>
+        <v>905</v>
       </c>
       <c r="B443" t="s">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="C443" t="s">
+        <v>906</v>
+      </c>
+      <c r="C443"/>
+      <c r="D443" t="s">
+        <v>27</v>
+      </c>
+      <c r="E443" t="s">
         <v>28</v>
       </c>
-      <c r="D443" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F443">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
-        <v>13</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>860</v>
+        <v>907</v>
       </c>
       <c r="B444" t="s">
-        <v>861</v>
+        <v>908</v>
       </c>
       <c r="C444" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D444" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E444" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F444">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>72</v>
+        <v>295</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>862</v>
+        <v>909</v>
       </c>
       <c r="B445" t="s">
-        <v>863</v>
+        <v>910</v>
       </c>
       <c r="C445" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D445" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E445" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F445">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>101</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>864</v>
+        <v>911</v>
       </c>
       <c r="B446" t="s">
-        <v>865</v>
-[...1 lines deleted...]
-      <c r="C446"/>
+        <v>912</v>
+      </c>
+      <c r="C446" t="s">
+        <v>10</v>
+      </c>
       <c r="D446" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E446" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F446">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G446"/>
-      <c r="H446" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H446"/>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>866</v>
+        <v>913</v>
       </c>
       <c r="B447" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="C447"/>
+        <v>914</v>
+      </c>
+      <c r="C447" t="s">
+        <v>10</v>
+      </c>
       <c r="D447" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E447" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F447">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G447"/>
-      <c r="H447" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H447"/>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>868</v>
+        <v>915</v>
       </c>
       <c r="B448" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="C448"/>
+        <v>916</v>
+      </c>
+      <c r="C448" t="s">
+        <v>10</v>
+      </c>
       <c r="D448" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E448" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F448">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G448"/>
-      <c r="H448" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H448"/>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>870</v>
+        <v>917</v>
       </c>
       <c r="B449" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="C449" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D449" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E449" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F449">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G449"/>
-      <c r="H449" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H449"/>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>872</v>
+        <v>919</v>
       </c>
       <c r="B450" t="s">
-        <v>873</v>
+        <v>920</v>
       </c>
       <c r="C450" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D450" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E450" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F450">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G450"/>
-      <c r="H450" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H450"/>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>874</v>
+        <v>921</v>
       </c>
       <c r="B451" t="s">
-        <v>875</v>
+        <v>922</v>
       </c>
       <c r="C451" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D451" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E451" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F451">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G451"/>
-      <c r="H451" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H451"/>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>876</v>
+        <v>923</v>
       </c>
       <c r="B452" t="s">
-        <v>877</v>
+        <v>924</v>
       </c>
       <c r="C452" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D452" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E452" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F452">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G452"/>
-      <c r="H452" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H452"/>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>878</v>
+        <v>925</v>
       </c>
       <c r="B453" t="s">
-        <v>879</v>
+        <v>926</v>
       </c>
       <c r="C453" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D453" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E453" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F453">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G453"/>
-      <c r="H453" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H453"/>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>880</v>
+        <v>927</v>
       </c>
       <c r="B454" t="s">
-        <v>881</v>
+        <v>928</v>
       </c>
       <c r="C454" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D454" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E454" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F454">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G454"/>
-      <c r="H454" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H454"/>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>882</v>
+        <v>929</v>
       </c>
       <c r="B455" t="s">
-        <v>883</v>
+        <v>930</v>
       </c>
       <c r="C455" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D455" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E455" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F455">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G455"/>
-      <c r="H455" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H455"/>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>884</v>
+        <v>931</v>
       </c>
       <c r="B456" t="s">
-        <v>885</v>
+        <v>932</v>
       </c>
       <c r="C456" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D456" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E456" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F456">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G456"/>
-      <c r="H456" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H456"/>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>886</v>
+        <v>933</v>
       </c>
       <c r="B457" t="s">
-        <v>887</v>
+        <v>934</v>
       </c>
       <c r="C457" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D457" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E457" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F457">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G457"/>
-      <c r="H457" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H457"/>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>888</v>
+        <v>935</v>
       </c>
       <c r="B458" t="s">
-        <v>889</v>
+        <v>936</v>
       </c>
       <c r="C458" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D458" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E458" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F458">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G458"/>
-      <c r="H458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H458"/>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>890</v>
+        <v>937</v>
       </c>
       <c r="B459" t="s">
-        <v>891</v>
+        <v>938</v>
       </c>
       <c r="C459" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D459" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E459" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F459">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="G459"/>
-      <c r="H459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H459"/>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>892</v>
+        <v>939</v>
       </c>
       <c r="B460" t="s">
-        <v>893</v>
+        <v>940</v>
       </c>
       <c r="C460" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D460" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E460" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F460">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="G460"/>
-      <c r="H460" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H460"/>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>894</v>
+        <v>941</v>
       </c>
       <c r="B461" t="s">
-        <v>895</v>
+        <v>942</v>
       </c>
       <c r="C461" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D461" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E461" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F461">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="G461"/>
-      <c r="H461" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H461"/>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>896</v>
+        <v>943</v>
       </c>
       <c r="B462" t="s">
-        <v>897</v>
+        <v>944</v>
       </c>
       <c r="C462" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D462" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E462" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F462">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="G462"/>
-      <c r="H462" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H462"/>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>898</v>
+        <v>945</v>
       </c>
       <c r="B463" t="s">
-        <v>899</v>
+        <v>946</v>
       </c>
       <c r="C463" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D463" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E463" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F463">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="G463"/>
-      <c r="H463" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H463"/>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>900</v>
+        <v>947</v>
       </c>
       <c r="B464" t="s">
-        <v>901</v>
+        <v>948</v>
       </c>
       <c r="C464" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D464" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E464" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F464">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="G464"/>
-      <c r="H464" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H464"/>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>902</v>
+        <v>949</v>
       </c>
       <c r="B465" t="s">
-        <v>903</v>
+        <v>950</v>
       </c>
       <c r="C465" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D465" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E465" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F465">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="G465"/>
-      <c r="H465" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>904</v>
+        <v>951</v>
       </c>
       <c r="B466" t="s">
-        <v>905</v>
-[...1 lines deleted...]
-      <c r="C466"/>
+        <v>952</v>
+      </c>
+      <c r="C466" t="s">
+        <v>10</v>
+      </c>
       <c r="D466" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E466" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F466">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="G466"/>
-      <c r="H466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>906</v>
+        <v>953</v>
       </c>
       <c r="B467" t="s">
-        <v>907</v>
+        <v>954</v>
       </c>
       <c r="C467" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D467" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E467" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F467">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="G467"/>
-      <c r="H467" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H467"/>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>908</v>
+        <v>955</v>
       </c>
       <c r="B468" t="s">
-        <v>909</v>
+        <v>956</v>
       </c>
       <c r="C468" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D468" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E468" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F468">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="G468"/>
-      <c r="H468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H468"/>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>910</v>
+        <v>957</v>
       </c>
       <c r="B469" t="s">
-        <v>911</v>
+        <v>958</v>
       </c>
       <c r="C469" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="D469" t="s">
-        <v>52</v>
+        <v>315</v>
       </c>
       <c r="E469" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F469">
-        <v>1996</v>
-[...4 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="G469" t="s">
+        <v>107</v>
+      </c>
+      <c r="H469"/>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>912</v>
+        <v>959</v>
       </c>
       <c r="B470" t="s">
-        <v>913</v>
-[...1 lines deleted...]
-      <c r="C470" t="s">
+        <v>960</v>
+      </c>
+      <c r="C470"/>
+      <c r="D470" t="s">
+        <v>27</v>
+      </c>
+      <c r="E470" t="s">
         <v>28</v>
       </c>
-      <c r="D470" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F470">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>29</v>
+        <v>295</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>914</v>
+        <v>961</v>
       </c>
       <c r="B471" t="s">
-        <v>915</v>
+        <v>962</v>
       </c>
       <c r="C471" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D471" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E471" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F471">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="G471"/>
-      <c r="H471" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H471"/>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>916</v>
+        <v>963</v>
       </c>
       <c r="B472" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="C472" t="s">
+        <v>964</v>
+      </c>
+      <c r="C472"/>
+      <c r="D472" t="s">
+        <v>27</v>
+      </c>
+      <c r="E472" t="s">
         <v>28</v>
       </c>
-      <c r="D472" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F472">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>918</v>
+        <v>965</v>
       </c>
       <c r="B473" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="C473" t="s">
+        <v>966</v>
+      </c>
+      <c r="C473"/>
+      <c r="D473" t="s">
+        <v>27</v>
+      </c>
+      <c r="E473" t="s">
         <v>28</v>
       </c>
-      <c r="D473" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F473">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>132</v>
+        <v>295</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>920</v>
+        <v>967</v>
       </c>
       <c r="B474" t="s">
-        <v>921</v>
+        <v>968</v>
       </c>
       <c r="C474" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D474" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E474" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F474">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>132</v>
+        <v>247</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>922</v>
+        <v>969</v>
       </c>
       <c r="B475" t="s">
-        <v>923</v>
-[...1 lines deleted...]
-      <c r="C475"/>
+        <v>970</v>
+      </c>
+      <c r="C475" t="s">
+        <v>49</v>
+      </c>
       <c r="D475" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E475" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F475">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="G475"/>
-      <c r="H475" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H475"/>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>924</v>
+        <v>971</v>
       </c>
       <c r="B476" t="s">
-        <v>925</v>
-[...1 lines deleted...]
-      <c r="C476"/>
+        <v>972</v>
+      </c>
+      <c r="C476" t="s">
+        <v>10</v>
+      </c>
       <c r="D476" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E476" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F476">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="G476"/>
-      <c r="H476" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H476"/>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>926</v>
+        <v>973</v>
       </c>
       <c r="B477" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="C477"/>
+        <v>974</v>
+      </c>
+      <c r="C477" t="s">
+        <v>10</v>
+      </c>
       <c r="D477" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E477" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F477">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="G477"/>
-      <c r="H477" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H477"/>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>928</v>
+        <v>975</v>
       </c>
       <c r="B478" t="s">
-        <v>929</v>
+        <v>976</v>
       </c>
       <c r="C478" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="D478" t="s">
-        <v>52</v>
+        <v>315</v>
       </c>
       <c r="E478" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F478">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="G478" t="s">
+        <v>107</v>
+      </c>
+      <c r="H478"/>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>930</v>
+        <v>977</v>
       </c>
       <c r="B479" t="s">
-        <v>931</v>
+        <v>978</v>
       </c>
       <c r="C479" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D479" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E479" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F479">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>77</v>
+        <v>247</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>932</v>
+        <v>979</v>
       </c>
       <c r="B480" t="s">
-        <v>933</v>
+        <v>980</v>
       </c>
       <c r="C480" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D480" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E480" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F480">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>934</v>
+        <v>981</v>
       </c>
       <c r="B481" t="s">
-        <v>935</v>
+        <v>982</v>
       </c>
       <c r="C481" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D481" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E481" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F481">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
-        <v>72</v>
+        <v>247</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>936</v>
+        <v>983</v>
       </c>
       <c r="B482" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-      <c r="D482"/>
+        <v>984</v>
+      </c>
+      <c r="C482" t="s">
+        <v>10</v>
+      </c>
+      <c r="D482" t="s">
+        <v>11</v>
+      </c>
       <c r="E482" t="s">
-        <v>799</v>
+        <v>12</v>
       </c>
       <c r="F482">
-        <v>1994</v>
-[...4 lines deleted...]
-      <c r="H482"/>
+        <v>1989</v>
+      </c>
+      <c r="G482"/>
+      <c r="H482" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>938</v>
+        <v>985</v>
       </c>
       <c r="B483" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="C483"/>
+        <v>986</v>
+      </c>
+      <c r="C483" t="s">
+        <v>10</v>
+      </c>
       <c r="D483" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E483" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F483">
-        <v>1994</v>
+        <v>1987</v>
       </c>
       <c r="G483"/>
-      <c r="H483" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H483"/>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>940</v>
+        <v>987</v>
       </c>
       <c r="B484" t="s">
-        <v>941</v>
+        <v>988</v>
       </c>
       <c r="C484" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D484" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E484" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F484">
-        <v>1994</v>
+        <v>1986</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
-        <v>77</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>942</v>
+        <v>989</v>
       </c>
       <c r="B485" t="s">
-        <v>943</v>
+        <v>990</v>
       </c>
       <c r="C485" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D485" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E485" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F485">
-        <v>1994</v>
+        <v>1986</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>944</v>
+        <v>991</v>
       </c>
       <c r="B486" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="C486" t="s">
+        <v>992</v>
+      </c>
+      <c r="C486"/>
+      <c r="D486" t="s">
+        <v>27</v>
+      </c>
+      <c r="E486" t="s">
         <v>28</v>
       </c>
-      <c r="D486" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F486">
-        <v>1994</v>
+        <v>1984</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>946</v>
+        <v>993</v>
       </c>
       <c r="B487" t="s">
-        <v>947</v>
+        <v>994</v>
       </c>
       <c r="C487" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D487" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E487" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F487">
-        <v>1994</v>
+        <v>1974</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>948</v>
-[...15 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="B488"/>
+      <c r="C488"/>
+      <c r="D488"/>
+      <c r="E488"/>
+      <c r="F488"/>
       <c r="G488"/>
-      <c r="H488" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H488"/>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>950</v>
-[...15 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="B489"/>
+      <c r="C489"/>
+      <c r="D489"/>
+      <c r="E489"/>
+      <c r="F489"/>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>952</v>
-[...15 lines deleted...]
-      </c>
+        <v>997</v>
+      </c>
+      <c r="B490"/>
+      <c r="C490"/>
+      <c r="D490"/>
+      <c r="E490"/>
+      <c r="F490"/>
       <c r="G490"/>
-      <c r="H490" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H490"/>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>954</v>
-[...15 lines deleted...]
-      </c>
+        <v>998</v>
+      </c>
+      <c r="B491"/>
+      <c r="C491"/>
+      <c r="D491"/>
+      <c r="E491"/>
+      <c r="F491"/>
       <c r="G491"/>
-      <c r="H491" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H491"/>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>956</v>
-[...15 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="B492"/>
+      <c r="C492"/>
+      <c r="D492"/>
+      <c r="E492"/>
+      <c r="F492"/>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>958</v>
-[...15 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="B493"/>
+      <c r="C493"/>
+      <c r="D493"/>
+      <c r="E493"/>
+      <c r="F493"/>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>960</v>
+        <v>1001</v>
       </c>
       <c r="B494" t="s">
-        <v>961</v>
-[...12 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="C494"/>
+      <c r="D494"/>
+      <c r="E494"/>
+      <c r="F494"/>
       <c r="G494"/>
       <c r="H494" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>962</v>
+        <v>1003</v>
       </c>
       <c r="B495" t="s">
-        <v>963</v>
-[...12 lines deleted...]
-      </c>
+        <v>1004</v>
+      </c>
+      <c r="C495"/>
+      <c r="D495"/>
+      <c r="E495"/>
+      <c r="F495"/>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>964</v>
+        <v>1005</v>
       </c>
       <c r="B496" t="s">
-        <v>965</v>
-[...12 lines deleted...]
-      </c>
+        <v>1006</v>
+      </c>
+      <c r="C496"/>
+      <c r="D496"/>
+      <c r="E496"/>
+      <c r="F496"/>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>966</v>
+        <v>1007</v>
       </c>
       <c r="B497" t="s">
-        <v>967</v>
-[...12 lines deleted...]
-      </c>
+        <v>1008</v>
+      </c>
+      <c r="C497"/>
+      <c r="D497"/>
+      <c r="E497"/>
+      <c r="F497"/>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>968</v>
+        <v>1009</v>
       </c>
       <c r="B498" t="s">
-        <v>969</v>
-[...12 lines deleted...]
-      </c>
+        <v>1010</v>
+      </c>
+      <c r="C498"/>
+      <c r="D498"/>
+      <c r="E498"/>
+      <c r="F498"/>
       <c r="G498"/>
       <c r="H498" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>970</v>
+        <v>1011</v>
       </c>
       <c r="B499" t="s">
-        <v>971</v>
-[...12 lines deleted...]
-      </c>
+        <v>1012</v>
+      </c>
+      <c r="C499"/>
+      <c r="D499"/>
+      <c r="E499"/>
+      <c r="F499"/>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>972</v>
+        <v>1013</v>
       </c>
       <c r="B500" t="s">
-        <v>973</v>
-[...12 lines deleted...]
-      </c>
+        <v>1014</v>
+      </c>
+      <c r="C500"/>
+      <c r="D500"/>
+      <c r="E500"/>
+      <c r="F500"/>
       <c r="G500"/>
       <c r="H500" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>974</v>
+        <v>1015</v>
       </c>
       <c r="B501" t="s">
-        <v>975</v>
-[...12 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="C501"/>
+      <c r="D501"/>
+      <c r="E501"/>
+      <c r="F501"/>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>976</v>
+        <v>1017</v>
       </c>
       <c r="B502" t="s">
-        <v>977</v>
-[...12 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="C502"/>
+      <c r="D502"/>
+      <c r="E502"/>
+      <c r="F502"/>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>978</v>
+        <v>1018</v>
       </c>
       <c r="B503" t="s">
-        <v>979</v>
-[...12 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="C503"/>
+      <c r="D503"/>
+      <c r="E503"/>
+      <c r="F503"/>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>980</v>
+        <v>1019</v>
       </c>
       <c r="B504" t="s">
-        <v>981</v>
-[...12 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="C504"/>
+      <c r="D504"/>
+      <c r="E504"/>
+      <c r="F504"/>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>982</v>
+        <v>1020</v>
       </c>
       <c r="B505" t="s">
-        <v>983</v>
-[...12 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="C505"/>
+      <c r="D505"/>
+      <c r="E505"/>
+      <c r="F505"/>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>26</v>
+        <v>260</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>984</v>
+        <v>1022</v>
       </c>
       <c r="B506" t="s">
-        <v>985</v>
-[...12 lines deleted...]
-      </c>
+        <v>1023</v>
+      </c>
+      <c r="C506"/>
+      <c r="D506"/>
+      <c r="E506"/>
+      <c r="F506"/>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>29</v>
+        <v>260</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>986</v>
+        <v>1024</v>
       </c>
       <c r="B507" t="s">
-        <v>987</v>
-[...12 lines deleted...]
-      </c>
+        <v>1025</v>
+      </c>
+      <c r="C507"/>
+      <c r="D507"/>
+      <c r="E507"/>
+      <c r="F507"/>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>26</v>
+        <v>260</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>988</v>
+        <v>1026</v>
       </c>
       <c r="B508" t="s">
-        <v>989</v>
-[...12 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="C508"/>
+      <c r="D508"/>
+      <c r="E508"/>
+      <c r="F508"/>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>990</v>
+        <v>1028</v>
       </c>
       <c r="B509" t="s">
-        <v>991</v>
-[...16 lines deleted...]
-      <c r="H509"/>
+        <v>1029</v>
+      </c>
+      <c r="C509"/>
+      <c r="D509"/>
+      <c r="E509"/>
+      <c r="F509"/>
+      <c r="G509"/>
+      <c r="H509" t="s">
+        <v>1030</v>
+      </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="B510" t="s">
-        <v>993</v>
+        <v>1032</v>
       </c>
       <c r="C510"/>
-      <c r="D510" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D510"/>
+      <c r="E510"/>
+      <c r="F510"/>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>994</v>
+        <v>1033</v>
       </c>
       <c r="B511" t="s">
-        <v>995</v>
-[...12 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="C511"/>
+      <c r="D511"/>
+      <c r="E511"/>
+      <c r="F511"/>
       <c r="G511"/>
       <c r="H511" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>996</v>
+        <v>1035</v>
       </c>
       <c r="B512" t="s">
-        <v>997</v>
+        <v>1016</v>
       </c>
       <c r="C512"/>
-      <c r="D512" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D512"/>
+      <c r="E512"/>
+      <c r="F512"/>
       <c r="G512"/>
       <c r="H512" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>998</v>
+        <v>1036</v>
       </c>
       <c r="B513" t="s">
-        <v>999</v>
+        <v>432</v>
       </c>
       <c r="C513"/>
       <c r="D513" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E513" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F513"/>
       <c r="G513"/>
       <c r="H513" t="s">
-        <v>77</v>
+        <v>295</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1000</v>
+        <v>1037</v>
       </c>
       <c r="B514" t="s">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="C514" t="s">
+        <v>890</v>
+      </c>
+      <c r="C514"/>
+      <c r="D514" t="s">
+        <v>27</v>
+      </c>
+      <c r="E514" t="s">
         <v>28</v>
       </c>
-      <c r="D514" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F514"/>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>29</v>
+        <v>237</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1002</v>
+        <v>1038</v>
       </c>
       <c r="B515" t="s">
-        <v>1003</v>
+        <v>1039</v>
       </c>
       <c r="C515" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D515" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E515" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="F515"/>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>50</v>
+        <v>253</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1004</v>
+        <v>1040</v>
       </c>
       <c r="B516" t="s">
-        <v>1005</v>
+        <v>1041</v>
       </c>
       <c r="C516" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D516" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E516" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="F516"/>
       <c r="G516"/>
       <c r="H516" t="s">
-        <v>13</v>
-[...747 lines deleted...]
-        <v>42</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">