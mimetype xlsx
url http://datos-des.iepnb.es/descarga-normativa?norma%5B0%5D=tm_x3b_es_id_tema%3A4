--- v2 (2026-02-03)
+++ v3 (2026-02-04)
@@ -12,200 +12,360 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1042">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1074">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
+    <t>Borrar cosas Pruebas</t>
+  </si>
+  <si>
+    <t>https://www.google.com/</t>
+  </si>
+  <si>
+    <t>Comunicación</t>
+  </si>
+  <si>
+    <t>Normativa Comunitaria</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>Prueba de nueva norma región de Murcia modificado</t>
+  </si>
+  <si>
+    <t>www.google.es</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Prueba modif. norma
+BORRAR</t>
+  </si>
+  <si>
+    <t>www.modif.es</t>
+  </si>
+  <si>
+    <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
+  </si>
+  <si>
+    <t>Entidades locales</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Pruebass Legislación Cancelar.</t>
+  </si>
+  <si>
+    <t>https://www.google.com/test</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Nueva Norma Añadir Legislación con CCAA.</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>sg2</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>sg5</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
+  </si>
+  <si>
+    <t>https://www.google.com/testing/branch</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Norma Prueba Alta</t>
+  </si>
+  <si>
+    <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
+  </si>
+  <si>
+    <t>https://www.google.com/test/branch</t>
+  </si>
+  <si>
+    <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Prueba de Modificación dentro de Legislación.</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>prueba 
+borrar
+enter</t>
+  </si>
+  <si>
+    <t>https://1.es</t>
+  </si>
+  <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>borrar 
+norma</t>
+  </si>
+  <si>
+    <t>Circular o instrucción</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Pruebas Edición Publicador</t>
+  </si>
+  <si>
+    <t>Local/Municipal</t>
+  </si>
+  <si>
+    <t>sg4</t>
+  </si>
+  <si>
+    <t>https://www.google.com/testsg4</t>
+  </si>
+  <si>
     <t>Decreto 47/2022, de 17 de agosto, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del alto Najerilla  (BOR nº 160 de 22 de agosto de 2022)</t>
   </si>
   <si>
     <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=21778282-1-PDF-548057-X</t>
   </si>
   <si>
-    <t>Decreto</t>
-[...5 lines deleted...]
-    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+    <t>La Rioja</t>
   </si>
   <si>
     <t>Decreto 46/2022, de 17 de agosto, por el que se amplía la Red Natura 2000 en La Rioja y se aprueban los planes de gestión y Ordenación de los recursos naturales (BOR nº 159 de 19 de agosto de 2022)</t>
   </si>
   <si>
     <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=21766343-1-PDF-548053</t>
   </si>
   <si>
+    <t>Prueba Editar Norma Ids2</t>
+  </si>
+  <si>
+    <t>https://www.google.com/testsg7</t>
+  </si>
+  <si>
     <t>Decreto 112/2021, de 6 de agosto, del Consell, por el que se aprueba el Plan de Ordenación de los recursos naturales del Turia. DOGV 9183, de 28/09/2021</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/resultat-dogv?signatura=2021/9665&amp;L=1</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Decreto 7/2021, de 22 de febrero, por el cual se aprueba el Plan de Ordenación de los recursos naturales (PORN) de s'albufera de Mallorca y se modifica el Decreto 4/1988, de 28 de enero, por el cual se declara parque natural s'albufera de Mallorca. BOIB 027, de 25 de febrero</t>
   </si>
   <si>
     <t>https://www.caib.es/eboibfront/es/2021/11345/645277/Decreto-7-2021-de-22-de-febrero-por-el-cual-se-apr</t>
   </si>
   <si>
     <t>Decreto 52/2019, de 18 de junio, por el que se declara el Monumento Natural Chorreras del Cabriel en los términos municipales de Enguídanos y Víllora, provincia de Cuenca. DOCM 127 de 1 de julio de 2019</t>
   </si>
   <si>
     <t>https://docm.castillalamancha.es/portaldocm/descargarArchivo.do?ruta=2019/07/01/pdf/2019_6150.pdf&amp;tipo=rutaDocm</t>
   </si>
   <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
     <t>Decreto 141/2020, de 5 de noviembre, de declaración del Monumento Natural de la Sima de la Higuera (BORM nº 262, de 11.11.2020)</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2020/numero/6368/pdf?id=789027</t>
   </si>
   <si>
-    <t>Región de Murcia</t>
-[...1 lines deleted...]
-  <si>
     <t>Ley 5/2019, de 2 de agosto, del patrimonio natural y de la biodiversidad de Galicia. DOG 149 de 7 de agosto de 2019</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ga/l/2019/08/02/5</t>
   </si>
   <si>
-    <t>Leyes autonómicas</t>
-[...4 lines deleted...]
-  <si>
     <t>Decreto 24/2019, de 1 de abril, por el que se modifica el Decreto 115/1997, de 23 de septiembre, por el que se declara Monumento Natural la Mina La Jayona. DOE 68 de 8 de abril de 2019</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/eli/es-ex/d/2019/04/01/24/dof/spa/pdf</t>
   </si>
   <si>
     <t>Decreto 6/2019, de 21 de marzo, de declaración del paisaje protegido «Las Tuerces» (Palencia y Burgos) y del monumento natural «Laberinto de las Tuerces» (Palencia).</t>
   </si>
   <si>
     <t>http://bocyl.jcyl.es/boletines/2019/03/25/pdf/BOCYL-D-25032019-2.pdf</t>
   </si>
   <si>
     <t>Decreto 111/2018, de 17 de julio, por el que se modifica el Decreto  208/2014, de 2 de septiembre, por el que se aprueba el Plan de Ordenación  de los Recursos Naturales del Parque Natural del Tajo Internacional. DOE 142, de 23 de julio</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2018/1420o/18040128.pdf</t>
   </si>
   <si>
     <t>Decreto 162/2018, de 4 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales del ámbito de Sierra de las Nieves y el Plan Rector de Uso y Gestión del Parque Natural Sierra de las Nieves (BOJA 184, 21/09/2018)</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2018/184/4</t>
   </si>
   <si>
     <t>Decreto 7/2018, de 28 de marzo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de los Espacios Naturales Covalagua y Las Tuerces (Palencia y Burgos). BOCYL 65, de 4 de abril</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2018/04/04/pdf/BOCYL-D-04042018-2.pdf</t>
   </si>
   <si>
-    <t>"Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan deOrdenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar"</t>
+    <t>Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan deOrdenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar</t>
   </si>
   <si>
     <t>Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar. BOJA 23 de 03/02/2017</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2017/23/5</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 191/2017, de 28 de noviembre, por el que se declara la zona especial de conservación Sierras de Cazorla, Segura y Las Villas (ES0000035) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. BOJA 246 de 27/12/2017</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2017/246/4</t>
   </si>
   <si>
     <t>Decreto 150/2017, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del ámbito Los alcornocales, se amplía el ámbito territorial del Parque Natural Los alcornocales y de la Zona de Especial Protección para las Aves Los alcornocales (ES0000049), y se aprueba el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 194, de 9 de octubre</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/medioambiente/portal_web/servicios_generales/Normativa/2017/BOJA17-194-00474-17124-01_00122237.pdf</t>
   </si>
   <si>
     <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 328/2015. BOPA 24 de 31/01/2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/31/2017-00566.pdf</t>
   </si>
   <si>
-    <t>Resolución</t>
+    <t>Principado de Asturias</t>
   </si>
   <si>
     <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 330/2015. BOPA 24 de 31/01/2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/31/2017-00565.pdf</t>
   </si>
   <si>
     <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 332/2015. BOPA 24 de 31/01/2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/31/2017-00564.pdf</t>
   </si>
   <si>
     <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 250/2015. BOPA 24, de 31 de enero de 2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/31/2017-00563.pdf</t>
   </si>
   <si>
     <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 317/2015. BOPA 24, de 31 de enero de 2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/31/2017-00562.pdf</t>
   </si>
@@ -230,74 +390,68 @@
   <si>
     <t>Resolución de 17 de noviembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el Recurso Contencioso-Administrativo, procedimiento ordinario 167/2015. BOPA 10 de 14/01/2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/14/2017-00157.pdf</t>
   </si>
   <si>
     <t>Resolución de 29 de diciembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 316/2015. BOPA 18 de 24 de enero de 2017</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/2017/01/24/2017-00355.pdf</t>
   </si>
   <si>
     <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera , Laguna de Medina, Complejo Endorreico de Chiclana, Complejo Endorreico del Puerto de Santa María, Complejo Endorreico de Puerto Real, Laguna de los Tollos, Lagunas de Las Canteras y El Tejón, Laguna de La Ratosa, Lagunas de Campillos, Complejo Endorreico de Utrera, Complejo Endorreico La Lantejuela, Laguna del Gosque y Laguna de Coripe y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. BOJA 25 de 07/02/2017</t>
   </si>
   <si>
     <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera (ES0000026), Laguna de Medina (ES0000027), Complejo Endorreico de Chiclana (ES0000028), Complejo Endorreico del Puerto de Santa María (ES0000029), Complejo Endorreico de Puerto Real (ES0000030), Laguna de los Tollos (ES6120011), Lagunas de Las Canteras y El Tejón (ES6120014), Laguna de La Ratosa (ES6170001), Lagunas de Campillos (ES6170015), Complejo Endorreico de Utrera (ES6180001), Complejo Endorreico La Lantejuela (ES6180002), Laguna del Gosque (ES6180003) y Laguna de Coripe (ES6180006) y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. (juntadeandalucia.es)</t>
   </si>
   <si>
     <t>Plan de Ordenación de los Recursos Naturales (PORN) de las Reservas Naturales de las Lagunas de Cádiz. BOJA 25 de 7 de febrero de 2017</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/eboja/2017/25/BOJA17-025-00131-1711-02_00107082.pdf</t>
   </si>
   <si>
-    <t>Circular o instrucción</t>
-[...1 lines deleted...]
-  <si>
     <t>Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. BOJA 25 de 7 de febrero de 2017</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/eboja/2017/25/BOJA17-025-00098-1711-04_00107082.pdf</t>
   </si>
   <si>
-    <t>"Decreto 142/2016, de 2 de agosto, por el que se amplía el ámbito territorial del Parque Natural de Doñana, se declara la Zona Especial de Conservación Doñana Norte y Oeste (ES6150009) yse aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Espacio Natural Doñana."</t>
-[...2 lines deleted...]
-    <t>"Decreto 172/2016, DE 8 DE NOVIEMBRE, POR EL QUE SE DECLARAN LA ZONAS ESPECIalES DE CONSERVACIÓN DE LA RED ECOLÓGICA EUROPEA NATURA 2000 KARST EN YESOS DE SORBAS (ES6110002), SIERRA alHAMILLA (ES0000045), DESIERTO DE TABERNAS (ES0000047), SIERRA PELADA Y RIVERA DEL ASERRADOR (ES0000052), PEÑAS DE AROCHE (ES6150007), alTO GUADalQUIVIR (ES6160002) Y LAGUNA GRANDE (ES6160004) Y SE APRUEBAN EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DEL PARAJE NATURal KARST EN YESOS DE SORBAS, EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DE LOS PARAJES NATURalES SIERRA alHAMILLA Y DESIERTO DE TABERNAS, EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DE LOS PARAJES NATURalESSIERRA PELADA Y RIVERA DEL ASERRADOR Y PEÑAS DE AROCHE Y EL PLAN DE OrdenACIÓN DE LOS RECURSOS NATURalES DE LOS PARAJES NATURalES alTO GUADalQUIVIR Y LAGUNA GRANDE"</t>
+    <t>Decreto 142/2016, de 2 de agosto, por el que se amplía el ámbito territorial del Parque Natural de Doñana, se declara la Zona Especial de Conservación Doñana Norte y Oeste (ES6150009) yse aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Espacio Natural Doñana.</t>
+  </si>
+  <si>
+    <t>Decreto 172/2016, DE 8 DE NOVIEMBRE, POR EL QUE SE DECLARAN LA ZONAS ESPECIALES DE CONSERVACIÓN DE LA RED ECOLÓGICA EUROPEA NATURA 2000 KARST EN YESOS DE SORBAS (ES6110002), SIERRA ALHAMILLA (ES0000045), DESIERTO DE TABERNAS (ES0000047), SIERRA PELADA Y RIVERA DEL ASERRADOR (ES0000052), PEÑAS DE AROCHE (ES6150007), ALTO GUADALQUIVIR (ES6160002) Y LAGUNA GRANDE (ES6160004) Y SE APRUEBAN EL PLAN DE ORDENACIÓN DE LOS RECURSOS NATURALES DEL PARAJE NATURAL KARST EN YESOS DE SORBAS, EL PLAN DE ORDENACIÓN DE LOS RECURSOS NATURALES DE LOS PARAJES NATURALES SIERRA ALHAMILLA Y DESIERTO DE TABERNAS, EL PLAN DE ORDENACIÓN DE LOS RECURSOS NATURALES DE LOS PARAJES NATURALES SIERRA PELADA Y RIVERA DEL ASERRADOR Y PEÑAS DE AROCHE Y EL PLAN DE ORDENACIÓN DE LOS RECURSOS NATURALES DE LOS PARAJES NATURALES ALTO GUADALQUIVIR Y LAGUNA GRANDE</t>
   </si>
   <si>
     <t>Ley de Cantabria 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, de 3 de agosto de 2006</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cb/l/2006/05/19/4</t>
   </si>
   <si>
-    <t>Cantabria</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto Foral 53/2016, de 31 de agosto, por el que se designa el Lugar de Importancia Comunitaria denominado Tramo medio del río Aragón como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y del Enclave Natural Soto de Campo allende (EN-5) y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural Caparreta (RN-26). BON 178 de 14 de septiembre de 2016</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=37850</t>
   </si>
   <si>
     <t>Comunidad Foral de Navarra</t>
   </si>
   <si>
     <t>Decreto Foral 50/2016, de 20 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado “Laguna del Juncal” como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural “Laguna del Juncal” (RN-33). BON 157 de 16/08/2016</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=37795</t>
   </si>
   <si>
     <t>Decreto Foral 107/2016, de 23 de noviembre, por el que se designa el Lugar de Importancia Comunitaria denominado Badina Escudera como Zona Especial de Conservación y se aprueba el Plan de Gestión de la Zona Especial de Conservación y del Enclave Natural EN-8 Badina Escudera. BON 246 de 23 de Diciembre de 2016</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=38231</t>
   </si>
   <si>
     <t>Decreto Foral 108/2016, de 23 de noviembre, por el que se designa el Lugar de Importancia Comunitaria denominado Balsa del Pulguer como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural Balsa del Pulguer (RN-35). BON 246 de 23 de Diciembre de 2016</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=38232</t>
@@ -335,176 +489,164 @@
   <si>
     <t>Plan de Ordenación de los Recursos Naturales del Paraje Natural Sierra Alhamilla. BOJA 245 de 23 de diciembre de 2016</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/boja/2016/245/BOJA16-245-00122-21925-04_00104550.pdf</t>
   </si>
   <si>
     <t>Plan de Ordenación de los Recursos Naturales del Paraje Natural Desierto de Tabernas. BOJA 245 de 23 de diciembre de 2016</t>
   </si>
   <si>
     <t>Plan de Ordenación de los Recursos Naturales del Paraje Natural Sierra Pelada y  Rivera del Aserrador y Peñas de Aroche. BOJA 245 de 23 de diciembre de 2016</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/boja/2016/245/BOJA16-245-00107-21925-05_00104550.pdf</t>
   </si>
   <si>
     <t>Ley 33/2015, de 21 de septiembre, por la que se modifica la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. (BOE nº 227, 22.09.2015)</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/l/2015/09/21/33</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
-    <t>Nacional</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 14/2015, de 27 de marzo, por el que se aprueban cinco planes de gestión de determinados espacios protegidos red Natura 2000 de las Illes Balears. BOIB 5563 de 09/04/2015</t>
   </si>
   <si>
     <t>https://intranet.caib.es/eboibfront/es/2015/10279/561779/Decreto-14-2015-de-27-de-marzo-por-el-que-se-aprue</t>
   </si>
   <si>
-    <t>Illes Balears</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 7/2015, de 20 de enero, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 albufera de Adra (ES6110001) y Laguna Honda (ES6160001) y se aprueban el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra y el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche.</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/boja/2015/51/BOJA15-051-00164-4356-01_00065594.pdf</t>
   </si>
   <si>
     <t>Decreto 55/2015, de 17 de abril, de Declaración de Zonas Especiales de Conservación y Aprobación del Plan de Gestión Integral de los espacios protegidos Red Natura 2000 del Noroeste de la Región de Murcia. BORM 109 Suplemento, de 14 de mayo de 2015</t>
   </si>
   <si>
     <t>https://www.borm.es/eli/es-mc/d/2015/4/17/55/dof/spa/html</t>
   </si>
   <si>
     <t>Decreto 7/2015, de 20 de enero, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 albufera de Adra (ES6110001) y Laguna Honda (ES6160001) y se aprueban el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra y el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche. BOJA 51, de 16/03/2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2015/51/BOJA15-051-00164-4356-01_00065594.pdf</t>
   </si>
   <si>
     <t>Decreto 128/2015, de 14 de abril, por el que se declaran las zonas especiales de conservación Cascada de Cimbarra (ES6160003) y Cuencas del Rumblar, Guadalén y Guadalmena (ES6160008) y se aprueba el Plan de Ordenación de los recursos naturales del Paraje Natural Cascada de Cimbarra. BOJA 94, de 19/05/2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2015/94/2</t>
   </si>
   <si>
     <t>Decreto 6/2015, de 20 de enero, por el que se declara la Zona de Especial Conservación de la Red Ecológica Europea Natura 2000 Acantilados de Maro-Cerro Gordo (ES6770002), se amplía el ámbito territorial del Paraje Natural Acantilado de Marco-Cerro Gordo y se aprueba el Plan de Ordenación de los Recursos Naturales del citado Paraje Natural. BOJA 52, 17/03/2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2015/52/8</t>
   </si>
   <si>
     <t>Orden de 18 de marzo de 2015, por la que se aprueban los Planes de Gestión de las Zonas Especiales de Conservación (ZEC) que se citan. BOJA 59 de 26 de marzo de 2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2015/59/BOJA15-059-00002-5464-01_00066670.pdf</t>
   </si>
   <si>
-    <t>Orden</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden de 17 de marzo de 2015, por la que se aprueba el Plan de Gestión de la Zona Especial de Conservación Acebuchales de la Campiña Sur de Cádiz, el Plan de Gestión de las Zonas Especiales de Conservación Río Guadalmez y Sierra de Santa Eufemia y el Plan de la Zona Especial de Conservación Corredor Ecológico del Río Guadiamar. BOJA 60 de 27 de marzo de 2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/eboja/2015/60/BOJA15-060-00002-5582-01_00066810.pdf</t>
   </si>
   <si>
     <t>Orden de 8 de mayo de 2015, por la que se aprueban los Planes de Gestión de las Zonas Especiales de Conservación pertenecientes a la Cuenca Hidrográfica del Guadiana y de la Zona Especial de Conservación Corredor Ecológico del Río Tinto. BOJA 100 de 27 de mayo de 2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/medioambiente/portal_web/web/temas_ambientales/espacios_protegidos/planificacion/pg_aprobados/d_111_2015_guadiana_tinto/Orden_8mayo2015_guadiana_tinto_boja.pdf</t>
   </si>
   <si>
     <t>Decreto 49/2015, de 8 de abril, del Gobierno de Aragón, por el que aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Ordesa y Monte Perdido. BOA 80 de 29/04/2015</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=851182221717</t>
   </si>
   <si>
     <t>Decreto 6/2015, de 20 de enero, por el que se declara la Zona de Especial Conservación de la Red Ecológica Europea Natura 2000 Acantilados de Maro-Cerro Gordo, se amplía el ámbito territorial del Paraje Natural Acantilado de Marco-Cerro Gordo y se aprueba el Plan de Ordenación de los Recursos Naturales del citado Paraje Natural. BOJA 52, 17/03/2015</t>
   </si>
   <si>
     <t>Decreto 61/2015, de 21 de abril, del Gobierno de Aragón, por el que aprueba el Plan de Conservación de la Reserva Natural de las Saladas de Chiprana. BOA 82 de 04/05/2015</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=851743260909</t>
   </si>
   <si>
     <t>Decreto 72/2015, de 10 de febrero, por el que se modifican el Plan de Ordenación de los Recursos Naturales, el Plan Rector de Uso y Gestión y la Descripción Literaria de los límites del Parque Natural Sierra de Grazalema, aprobados por el Decreto 90/2006, de 18 de abril, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Grazalema. BOJA 49, de 12 de marzo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2015/49/BOJA15-049-00009-4374-01_00065619.pdf</t>
   </si>
   <si>
-    <t>"Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es"</t>
-[...14 lines deleted...]
-    <t>"Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es"</t>
+    <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
-    <t>"Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es"</t>
-[...8 lines deleted...]
-    <t>"Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es"</t>
+    <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Decreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio. BOPA 3 de 5 de enero de 2015</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22568&amp;p_r_p_dispositionReference=2014-22568&amp;p_r_p_dispositionDate=05%2F01%2F2015</t>
   </si>
   <si>
-    <t>Principado de Asturias</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 163/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ponga-Amieva (ES1200009) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Ponga y Amieva. BOPA 3 de 5 de enero de 2015</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_cur=1&amp;p_r_p_dispositionReference=+2014-22569&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_delta=20&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=true</t>
   </si>
   <si>
     <t>Decreto 166/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría del Eo (ES1200016) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en la Ría del Eo. BOPA 3 de 05 de enero de 2015</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+166%2F2014&amp;p_r_p_dispositionReference=2014-22560&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
   </si>
   <si>
     <t>Decreto 161/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Playa de Vega (ES1200022) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en la Playa de Vega. BOPA 2 de 03 de enero de 2015</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22566&amp;p_r_p_dispositionReference=2014-22566&amp;p_r_p_dispositionDate=03%2F01%2F2015</t>
   </si>
   <si>
     <t>Decreto 149/2014, de 23 de diciembre, por el que se declara la Zona Especial de Conservación Río Eo (Asturias) (ES1200023) y se aprueba su I Instrumento de Gestión. BOPA 299 de 29 de diciembre de 2014</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2014-22351&amp;p_r_p_dispositionReference=2014-22351&amp;p_r_p_dispositionDate=29%2F12%2F2014</t>
   </si>
   <si>
     <t>Decreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía y se aprueba su I Instrumento de Gestión. BOPA 295 de 23 de diciembe de 2014</t>
@@ -692,155 +834,137 @@
   <si>
     <t>Decreto Foral 49/2014, de 11 de junio, por el que se designa el Lugar de Importancia Comunitaria denominado "Río Baztan y Regata Artesiaga" como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 125 de 27/06/2014</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=34076</t>
   </si>
   <si>
     <t>Decreto Foral 54/2014, de 2 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado "Sistema fluvial de los ríos Irati, Urrobi y Erro" como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 158 de 13 de agosto de 2014</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=34342</t>
   </si>
   <si>
     <t>Decreto Foral 56/2014, de 2 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado "Ríos Eska y Biniés" como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 159 de 14/08/2014</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=34354</t>
   </si>
   <si>
     <t>Decreto 103/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Lozoya y Sierra Norte, y se aprueba su Plan de Gestión y el de la Zona de Especial Protección para las aves alto Lozoya. BOCM 213, 08/09/2014.</t>
   </si>
   <si>
     <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-3.PDF</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 106/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Guadalix y se aprueba su Plan de Gestión. BOCM 213 de 08/09/2014</t>
   </si>
   <si>
     <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-6.PDF</t>
   </si>
   <si>
     <t>Decreto 102/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Manzanares y se aprueba su Plan de Gestión y el de las Zonas de Especial Protección para las Aves Monte de El Pardo y Soto de Viñuelas. BOCM 213, 8 de septiembre de 2014.</t>
   </si>
   <si>
     <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-2.PDF</t>
   </si>
   <si>
     <t>Decreto 105/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Cuenca del río Guadarrama y se aprueba su Plan de Gestión. BOCM 213 de 08/09/2014</t>
   </si>
   <si>
     <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-5.PDF</t>
   </si>
   <si>
     <t>Decreto 104/2014, de 3 de septiembre, del Consejo de Gobierno, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria Vegas, Cuestas y Páramos del Sureste de Madrid y se aprueba su Plan de Gestión y el de las Zonas de Especial Protección para las Aves Carrizales y Sotos de Aranjuez y Cortados y Cantiles de los ríos Jarama y Manzanares. BOCM 213 de 08/09/2014.</t>
   </si>
   <si>
     <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2014/09/08/BOCM-20140908-4.PDF</t>
   </si>
   <si>
     <t>Decreto 9/2014, de 21 de febrero, por el que se declaran las zonas especiales de conservación de la Red Natura 2000 en la Comunidad Autónoma de La Rioja y se aprueban sus planes de gestión y Ordenación de los recursos naturales. Boletín Oficial de La Rioja nº 24 de 24 de febrero de 2014</t>
   </si>
   <si>
     <t>http://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1517427-1-PDF-475993</t>
   </si>
   <si>
-    <t>La Rioja</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 221/2013, de 5 de noviembre (BOJA 7, 13/01/2014)</t>
   </si>
   <si>
     <t>http://juntadeandalucia.es/boja/2014/7/BOJA14-007-00066-66-01_00039879.pdf</t>
   </si>
   <si>
     <t>Decreto 7/2014, de 20 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Babia y Luna (León). BOCYL 37, de24/02/2014</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2014/02/24/pdf/BOCYL-D-24022014-3.pdf</t>
   </si>
   <si>
     <t>Orden FYM/17/2014, de 20 de enero, por la que se acuerda la iniciación del Plan de Ordenación de los Recursos Naturales del Parque Nacional de los Picos de Europa en la Comunidad de Castilla y León. BOCYL 17, de 27/01/2014</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2014/01/27/pdf/BOCYL-D-27012014-84.pdf</t>
   </si>
   <si>
-    <t>"Decreto 221/2013, de 5 de noviembre, por el que se declaran las zonas especiales de conservación Marismas del río Palmones (ES6120006) y Estuario del río Guadiaro (ES6120003), se amplía el ámbito territorial de los parajes naturales Marismas del río Palmones y Estuario del río Guadiaroy se aprueba el Plan de Ordenación de los Recursos Naturales de los citados espacios naturales."</t>
+    <t>Decreto 221/2013, de 5 de noviembre, por el que se declaran las zonas especiales de conservación Marismas del río Palmones (ES6120006) y Estuario del río Guadiaro (ES6120003), se amplía el ámbito territorial de los parajes naturales Marismas del río Palmones y Estuario del río Guadiaroy se aprueba el Plan de Ordenación de los Recursos Naturales de los citados espacios naturales.</t>
   </si>
   <si>
     <t>Ley 9/2013, de 3 de diciembre, de Pesca de Castilla y León. BOCyL 239 de 13 de diciembre de 2013</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/2013/12/03/9</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Ley 2/2013, de 10 de octubre, de modificación de la Ley 16/1994, de 30 de junio, de Conservación de la Naturaleza del País Vasco</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-pv/l/2013/10/10/2</t>
   </si>
   <si>
-    <t>País Vasco</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden de 3 de junio de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente por la que se aprueba el Plan General de Caza para la temporada 2013-2014. BOA, 124 27 de junio de 2012</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=677698861313</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden de 9 de enero de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se aprueba el Plan General de Pesca de Aragón para el año 2013. BOA 18 de 28/01/2013</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=716068464646</t>
   </si>
   <si>
     <t>Orden 502/2013, de 4 de marzo, sobre establecimiento de vedas y regulación especial de la actividad piscícola en los ríos, arroyos y embalses de la Comunidad de Madrid, para el ejercicio de 2013. BOCM 60 de 12 de marzo de 2013</t>
   </si>
   <si>
     <t>https://gestiona.comunidad.madrid/rlma_web/Descarga.icm?ver=S&amp;idLegislacion=2343&amp;idDocumento=1</t>
   </si>
   <si>
     <t>Orden de 9 de mayo de 2013 general de vedas de caza para la temporada 2013/2014, de la Comunidad Autónoma de Extremadura. DOE 94 de 17 de mayo de 2013</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2013/940o/13050112.pdf</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 37/2013, de 26 de abril, del Consejo de Gobierno de la Comunidad Autónoma de la Región de Murcia, por el que se declara bien de interés cultural, con categoría de sitio histórico, la Isla del Fraile, la Punta del Cigarro y su entorno subacuático, en Águilas. BORM 98, 30/04/2013.</t>
   </si>
   <si>
     <t>https://www.borm.es/#/home/Anuncio/30-04-2013/6514</t>
   </si>
   <si>
     <t>Decreto 38/2013, de 25 de julio, por el que se modifica el Decreto 83/1998, de 30 de abril, por el que se desarrolla reglamentariamente el Título IV «De los terrenos», de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BCyL 146 de 31/07/2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/07/31/pdf/BOCYL-D-31072013-3.pdf</t>
   </si>
   <si>
     <t>Orden FYM/502/2013, de 25 de junio, por la que se aprueba la Orden Anual de Caza. BOCyL 122 de 27 de junio de 2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-1.pdf</t>
   </si>
   <si>
     <t>Orden FYM/41/2013, de 21 de enero, por la que se modifica la Orden MAM/39/2009, de 16 de enero, por la que se establecen las bases reguladoras para la concesión de ayudas a la primera forestación de tierras agrícolas, cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (FEADER), en el marco del programa de desarrollo rural de Castilla y León 2007-2013. BOCyL 26, 7 de febrero de 2013.</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/02/07/pdf/BOCYL-D-07022013-1.pdf</t>
   </si>
   <si>
     <t>Decreto 222/2013, de 5 de noviembre, por el que declaran las Zonas Especiales de Conservación Torcal de Antequera (ES0000032), Los Reales de Sierra Bermeja (ES6170004), Sierra Crestellina ES6170005) y Desfiladero de los Gaitanes (ES6170003), se amplía el ámbito territorial del Paraje Natural Torcal de Antequera y se aprueba el Plan de Ordenación de los Recursos Naturales de los Parajes Naturales Torcal de Antequera, Los Reales de Sierra Bermeja, Sierra Crestellina y Desfiladero de los Gaitanes. BOJA 8, de 14/01/2014</t>
@@ -899,53 +1023,50 @@
   <si>
     <t>Decreto 140 /2012, de 22 de mayo, del Gobierno de Aragón, por el que se aprueba el Reglamento del procedimiento de elaboración y los contenidos mínimos de los Planes de Ordenación de los Recursos Forestales (PORF). BOA 105 de 01/06/2012</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=671674821212</t>
   </si>
   <si>
     <t>Orden de 18 de junio de 2012, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se regula el aprovechamiento de la biomasa forestal con destino energético en Aragón. BOA 143 de 24/07/2012 </t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=683330185959</t>
   </si>
   <si>
     <t>Resolución de 22 de octubre de 2012, de la Dirección General de Gestión Forestal, por la que se aprueba el Pliego General de Condiciones Técnicas para la redacción y presentación de resultados de Planes Básicos de Gestión Forestal de montes gestionados por el Departamento competente en materia de gestión forestal del Gobierno de Aragón</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=706791623434</t>
   </si>
   <si>
     <t>Decreto 131/2012, de 17/08/2012, por el que se modifica el Decreto 141/1996, de 9 de diciembre, por el que se aprueba el Reglamento General de aplicación de la Ley 2/1993, de 15 de julio, de Caza de Castilla-La Mancha. Corrección de Errores (DOCM, 11 de septiembre de 2012)</t>
   </si>
   <si>
     <t>http://docm.jccm.es/docm/eli/es-cm/d/2012/08/17/131</t>
   </si>
   <si>
-    <t>Castilla-La Mancha</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 1/2012, de 12 de enero, por el que se regulan los aprovechamientos maderables y leñosos en montes y otras zonas arboladas no gestionados por la Junta de Castilla y León. (BOCyL 12 de 18-01-2012)</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2012/01/18/pdf/BOCYL-D-18012012-1.pdf</t>
   </si>
   <si>
     <t>Orden 1833/2012, de 14 de junio, por la que se fijan las limitaciones y épocas hábiles de caza que regirán durante la temporada 2012-2013. BOCM de 22 de junio de 2012.</t>
   </si>
   <si>
     <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?idNorma=8161&amp;eli=true#no-back-button</t>
   </si>
   <si>
     <t>Decreto 216/2012, de 16 de octubre, por el que se establece el listado de especies cinegéticas de la Comunidad Autónoma del País Vasco. BOPV 208 de 26 de octubre de 2012</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2012/10/1204735a.shtml</t>
   </si>
   <si>
     <t>Orden de 11 de mayo de 2012 por la que se establecen las condiciones para desarrollar, como medio de prevención de incendios forestales y eliminación de la vegetación en competencia con la forestación, determinadas actividades puntuales de pastoreo ovino en las superficies acogidas a las ayudas a la forestación de tierras agrícolas en Extremadura. DOE 93 de 16 de mayo de 2012</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2012/930o/12050093.pdf</t>
   </si>
   <si>
     <t>Orden de 30 de julio de 2012 General de Vedas de Caza para la temporada 2012/2013, de la Comunidad Autónoma de Extremadura. DOE 152 de 7 de agosto de 2012</t>
@@ -1301,86 +1422,74 @@
   <si>
     <t>https://www.juntadeandalucia.es/boja/2009/106/d44.pdf</t>
   </si>
   <si>
     <t>Orden de 8 de mayo de 2009, por la que se prorroga la vigencia del Plan de Ordenación de los Recursos Naturales de la Reserva Natural Peñón de Zaframagón, aprobado por Decreto 461/2000. BOJA 106, 04/06/2009</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2009/106/d43.pdf</t>
   </si>
   <si>
     <t>Decreto 96/2009, de 18 de noviembre, del Consejo de Gobierno, por el que se aprueba la Ordenación de los Recursos Naturales de la Sierra de Guadarrama en el ámbito territorial de la Comunidad de Madrid (BOCM nº 11, de 14 de enero de 2010).</t>
   </si>
   <si>
     <t>http://www.bocm.es/boletin/CM_Orden_BOCM/2010/01/14/2010-01-14_11012010_0068.pdf</t>
   </si>
   <si>
     <t>Directiva 2008/56/CE del Parlamento Europeo y del Consejo, de 17 de junio de 2008, por la que se establece un marco de acción comunitaria para la política del medio marino (Directiva marco sobre la estrategia marina). DOUE L 164/19 de 25 de junio de 2008</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2008:164:0019:0040:ES:PDF</t>
   </si>
   <si>
     <t>Directiva</t>
   </si>
   <si>
-    <t>Normativa Comunitaria</t>
-[...4 lines deleted...]
-  <si>
     <t>Ley 3/2008, de 12 de junio, de Montes y Gestión Forestal Sostenible de Castilla-La Mancha. DOCM 130 de 23 de junio de 2008</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cm/l/2008/06/12/3</t>
   </si>
   <si>
     <t>Decreto 14/2008, de 22 de enero por el que se regula la certificación y el distintivo de calidad cinegética de Andalucía. BOJA 26 de 06/02/2008</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2008/26/6</t>
   </si>
   <si>
     <t>Decreto 25/2008, de 12 de febrero, del Gobierno de Aragón, por el que se aprueba el Reglamento de la Ley 2/1999, de 24 de febrero, de Pesca en Aragón. BOA 22 de 22 de febrero de 2008 </t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=250293385858</t>
   </si>
   <si>
     <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del Monte "El Castellar" del término municipal de Bullas (Murcia). BORM 97, de 26 de abril de 2008</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2008/numero/4551/pdf?id=341144</t>
   </si>
   <si>
-    <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
-[...4 lines deleted...]
-  <si>
     <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "El Salto y Capellanía" del término municipal de Moratalla (Murcia). BORM 75, de 01 de abril de 2008</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2008/numero/3416/pdf?id=339576</t>
   </si>
   <si>
     <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "Casa Manta" del término municipal de Moratalla (Murcia). BORM 18, de 22 de enero de 2008</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2008/numero/328/pdf?id=336122</t>
   </si>
   <si>
     <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "La alberquilla" del término municipal de Caravaca de la Cruz (Murcia). BORM , de 08 de abril de 2008</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2008/numero/3703/pdf?id=340049</t>
   </si>
   <si>
     <t>Orden de 16 enero de 2008 de la Consejería de Desarrollo Sostenible y Ordenación del Territorio, por la que se declara de utilidad pública e inclusión en el Catálogo de montes de utilidad pública, de la Finca Forestal: "Peñas Blancas", perteneciente a la Comunidad Autónoma de la Región de Murcia, sita en el término municipal de Lorca (Murcia). BORM 40, 16/02/2008.</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2008/numero/1401/pdf?id=337109</t>
   </si>
   <si>
     <t>Orden de la Consejería de Desarrollo Sostenible y Ordenación del Territorio, por la que, a propuesta de la Dirección General del Medio Natural, se aprueba la declaración de utilidad pública de la finca forestal: "Cerro de San Jorge", perteneciente a la Comunidad Autónoma de la Región de Murcia, sita en el término municipal de Moratalla (Murcia). BORM 98, 28/04/2008.</t>
@@ -1457,53 +1566,50 @@
   <si>
     <t>Ley 8/2007, de 15-3-2007, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 72 de 5 de abril de 2007</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cm/l/2007/03/15/8</t>
   </si>
   <si>
     <t>Ley 2/2007, de 12 de marzo, de Pesca Marítima y Acuicultura de la Región de Murcia. BOE 175, de 21 de julio de 2008</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-mc/l/2007/03/12/2</t>
   </si>
   <si>
     <t>Decreto 54/2007, de 24 de mayo, por el que se regula la comercialización de los materiales forestales de reproducción en la Comunidad de Castilla y León. BOCyL 104, 30 de mayo 2007</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2007/05/30/pdf/BOCYL-D-30052007-2.pdf</t>
   </si>
   <si>
     <t>Norma Foral de Montes 11/2007, de 26 de marzo. BOTHA 44 SUPL de 13 de Abril de 2007</t>
   </si>
   <si>
     <t>https://www.araba.eus/botha/Busquedas/Resultado.aspx?File=Boletines/2007/044/2007_044_02377_C.xml&amp;hl=</t>
   </si>
   <si>
-    <t>Local/Municipal</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 125/2007, de 5 de octubre, por el que se dictan Normas sobre el uso del fuego y se regula el ejercicio de determinadas actividades susceptibles de incrementar el riesgo de incendio forestal. BOIB 153 de 11/10/2007</t>
   </si>
   <si>
     <t>http://boib.caib.es/pdf/2007153/mp56.pdf</t>
   </si>
   <si>
     <t>Decreto 43/2007, de 13 de marzo, por el que se aprueba definitivamente el Plan Territorial Sectorial de Protección y Ordenación del Litoral de la Comunidad Autónoma del País Vasco. BOPV 65 de 2 de abril de 2007</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2007/04/0701974a.shtml</t>
   </si>
   <si>
     <t>Edicto de la Dirección General del Medio Natural de la Región de Murcia, anunciando expediente de declaración de utilidad pública del monte "Las Purgas" del término municipal de Lorca (Murcia). BORM 256, de 06 de noviembre de 2007</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2007/numero/14191/pdf?id=327502</t>
   </si>
   <si>
     <t>Decreto Foral 228/2007, de 8 de octubre, por el que se designa el Lugar de Importancia Comunitaria denominado  Urbasa y Andía  como Zona Especial de Conservación y se aprueba su Plan de Gestión. BON 139, 07/11/2007</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=29528</t>
   </si>
   <si>
     <t>Decreto 18/2007, de 20/03/2007, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Lagunas de Cañada del Hoyo situadas en el término municipal de Cañada del Hoyo de Cuenca y se declara el Monumento Natural de las Lagunas de Cañada del Hoyo. DOCM 63 de 23/03/2007</t>
@@ -2396,53 +2502,50 @@
   <si>
     <t>Ley 2/1999, de 24 de febrero, de Pesca en Aragón. BOA 26 de 4 de marzo de 1999 </t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ar/l/1999/02/24/2</t>
   </si>
   <si>
     <t>Ley 3/1999, de 10 de marzo, del Patrimonio Cultural Aragonés. BOA 36 de 29 de marzo de 1999</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ar/l/1999/03/10/3</t>
   </si>
   <si>
     <t>Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 40 de 12 de junio de 1999</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cm/l/1999/05/26/9</t>
   </si>
   <si>
     <t>Orden de 1 de junio de 1999, por la que se crea el Banco de Datos de Biodiversidad de Canarias. BOC 84 de 30 de Junio de 1999</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/1999/084/005.html</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 104/1999, de 12 de mayo, por el que se aprueban las Instrucciones Generales para la Ordenación de los Montes Arbolados en Castilla y León. (BOCyL 94 de 19-5-99)</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/1999/05/19/pdf/BOCYL-D-19051999-1.pdf</t>
   </si>
   <si>
     <t>Decreto 130/1999, de 17 de junio, por el que se Ordenan y regulan los aprovechamientos micológicos, en los montes ubicados en la Comunidad de Castilla y León. (BOCyL 119 de 23-6-99)</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/1999/06/23/pdf/BOCYL-D-23061999-3.pdf</t>
   </si>
   <si>
     <t>Decreto 77/1999, de 22 de Abril, por el que se regula la participación de los Ayuntamientos y Entidades Locales menores en los ingresos provenientes de productos obtenidos en los montes patrimoniales pertenecientes a la comunidad de Castilla y León. BOCyL 78 de 28 de abril de 1999.</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/1999/04/28/pdf/BOCYL-D-28041999-17.pdf</t>
   </si>
   <si>
     <t>Decreto 50/1999, de 8 de abril, por el que se aprueba el Plan Forestal de la Comunidad de Madrid. BOCM 21 de abril de 1999.</t>
   </si>
   <si>
     <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?opcion=VerHtml&amp;nmNorma=1302&amp;eli=true#no-back-button</t>
   </si>
   <si>
     <t>Decreto 207/1999, de 05/10/1999, por el que se aprueba el Plan de Ordenación de los recursos naturales de La Laguna de Fuentillejos o de la Posadilla, en Valverde, y se declara el Monumento Natural de La Laguna y volcán de la Posadilla.</t>
@@ -3102,53 +3205,50 @@
     <t>http://doe.juntaex.es/pdfs/doe/2013/70o/13050006.pdf</t>
   </si>
   <si>
     <t>Orden de 22 de enero de 2009 por la que se aprueba en Plan Rector de Uso y Gestión del Parque Natural de Cornalvo (DOE nº 23, de 4 de febrero de 2009)</t>
   </si>
   <si>
     <t>http://doe.gobex.es/pdfs/doe/2009/230o/09050044.pdf</t>
   </si>
   <si>
     <t>Plan Rector de Uso y Gestión de la Zona de Interés Regional “Llanos de Cáceres y Sierra de Fuentes”, aprobado mediante Orden de 28 de agosto de 2009</t>
   </si>
   <si>
     <t>http://doe.gobex.es/pdfs/doe/2009/1770o/09050412.pdf</t>
   </si>
   <si>
     <t>PORN y PRUG del Parque Natural Bahía de Cádiz (Incluye los Parajes Naturales Isla del Trocadero y Marismas de Sancti Petri). Decreto 79/2004, de 24 de febrero</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/boja/2004/71/2</t>
   </si>
   <si>
     <t>Plan director de la Red Natura 2000 de Galicia</t>
   </si>
   <si>
     <t>http://www.cmati.xunta.es/seccion-tema/c/Conservacion?content=Direccion_Xeral_Conservacion_Natureza/Espazos_protexidos/seccion.html&amp;sub=Rede_natura_2000/</t>
-  </si>
-[...1 lines deleted...]
-    <t>Galicia</t>
   </si>
   <si>
     <t>PORN del Paraje Natural Brazo del Este</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/medioambiente/site/portalweb/menuitem.7e1cf46ddf59bb227a9ebe205510e1ca/?vgnextoid=83aa444221b9a110VgnVCM1000000624e50aRCRD&amp;vgnextchannel=3377e6f6301f4310VgnVCM2000000624e50aRCRD</t>
   </si>
   <si>
     <t>PORN Frente Litoral Algeciras-Tarifa. (Incluye el Paraje Natural Playa de Los Lances) y PRUG del Parque Natural del Estrecho</t>
   </si>
   <si>
     <t>http://www.juntadeandalucia.es/medioambiente/site/portalweb/menuitem.7e1cf46ddf59bb227a9ebe205510e1ca/?vgnextoid=c9458337acdf9010VgnVCM1000000624e50aRCRD&amp;vgnextchannel=d8d64e5bf01f4310VgnVCM1000001325e50aRCRD</t>
   </si>
   <si>
     <t>Plan de gestión y ordenación de los recursos naturales del espacio protegido red natura 2000 (ES2300006) “Sotos y Riberas del Ebro”</t>
   </si>
   <si>
     <t>Ley 3/2008, de 12 de junio, de Montes y Gestión Forestal Sostenible de Castilla-La Mancha</t>
   </si>
   <si>
     <t>Ley 2/1995 de 10 de febrero de 1995, de Protección y Desarrollo del Patrimonio Forestal de La Rioja.</t>
   </si>
   <si>
     <t>Resolución de 22 de octubre de 2012, de la Dirección General de Gestión Forestal, por la que se aprueba el Pliego General de Condiciones Técnicas para la redacción y presentación de resultados de Proyectos de Ordenación de montes gestionados por el Departamento competente en materia de gestión forestal del Gobierno de Aragón</t>
   </si>
@@ -3485,11538 +3585,12962 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H516"/>
+  <dimension ref="A1:H557"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="1424.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="1422.653" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2">
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...3 lines deleted...]
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="C3"/>
+      <c r="D3"/>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F3">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F5">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G5"/>
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
         <v>10</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>11</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6">
+        <v>2024</v>
+      </c>
+      <c r="G6" t="s">
         <v>12</v>
       </c>
-      <c r="F6">
-[...3 lines deleted...]
-      <c r="H6"/>
+      <c r="H6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" t="s">
         <v>10</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>11</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7">
+        <v>2024</v>
+      </c>
+      <c r="G7" t="s">
         <v>12</v>
       </c>
-      <c r="F7">
-[...2 lines deleted...]
-      <c r="G7"/>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8">
+        <v>2024</v>
+      </c>
+      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H8" t="s">
         <v>26</v>
       </c>
-      <c r="C8"/>
-[...10 lines deleted...]
-      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
         <v>10</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>11</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9">
+        <v>2024</v>
+      </c>
+      <c r="G9" t="s">
         <v>12</v>
       </c>
-      <c r="F9">
-[...3 lines deleted...]
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10">
+        <v>2024</v>
+      </c>
+      <c r="G10" t="s">
         <v>12</v>
       </c>
-      <c r="F10">
-[...3 lines deleted...]
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11">
+        <v>2024</v>
+      </c>
+      <c r="G11" t="s">
         <v>12</v>
       </c>
-      <c r="F11">
-[...3 lines deleted...]
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12">
+        <v>2024</v>
+      </c>
+      <c r="G12" t="s">
         <v>12</v>
       </c>
-      <c r="F12">
-[...3 lines deleted...]
-      <c r="H12"/>
+      <c r="H12" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
         <v>37</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13"/>
+      <c r="D13" t="s">
         <v>38</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13">
+        <v>2024</v>
+      </c>
+      <c r="G13" t="s">
         <v>12</v>
       </c>
-      <c r="F13">
-[...3 lines deleted...]
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="B14"/>
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
+        <v>37</v>
+      </c>
       <c r="C14"/>
-      <c r="D14"/>
-      <c r="E14"/>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
+        <v>16</v>
+      </c>
       <c r="F14">
-        <v>2017</v>
-[...2 lines deleted...]
-      <c r="H14"/>
+        <v>2024</v>
+      </c>
+      <c r="G14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>16</v>
+      </c>
+      <c r="F15">
+        <v>2024</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
         <v>40</v>
-      </c>
-[...17 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16">
+        <v>2024</v>
+      </c>
+      <c r="G16" t="s">
         <v>12</v>
       </c>
-      <c r="F16">
-[...2 lines deleted...]
-      <c r="G16"/>
       <c r="H16" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C17"/>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F17">
+        <v>2024</v>
+      </c>
+      <c r="G17" t="s">
         <v>12</v>
       </c>
-      <c r="F17">
-[...2 lines deleted...]
-      <c r="G17"/>
       <c r="H17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C18"/>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
+        <v>16</v>
+      </c>
+      <c r="F18">
+        <v>2024</v>
+      </c>
+      <c r="G18" t="s">
         <v>12</v>
       </c>
-      <c r="F18">
-[...3 lines deleted...]
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
+        <v>16</v>
+      </c>
+      <c r="F19">
+        <v>2024</v>
+      </c>
+      <c r="G19" t="s">
         <v>12</v>
       </c>
-      <c r="F19">
-[...3 lines deleted...]
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
-[...6 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="C20"/>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F20">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F21">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C22"/>
+      <c r="D22"/>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F22">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G22"/>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>16</v>
+      </c>
+      <c r="F23">
+        <v>2024</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23" t="s">
         <v>49</v>
       </c>
-      <c r="D23" t="s">
-[...9 lines deleted...]
-      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C24"/>
+      <c r="D24"/>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F24">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G24"/>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C25"/>
+      <c r="D25"/>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F25">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G25"/>
-      <c r="H25"/>
+      <c r="H25" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C26"/>
+      <c r="D26"/>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F26">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G26"/>
-      <c r="H26"/>
+      <c r="H26" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C27"/>
+      <c r="D27"/>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F27">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G27"/>
-      <c r="H27"/>
+      <c r="H27" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="B28" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C28"/>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F28">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="C29" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E29" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29">
+        <v>2024</v>
+      </c>
+      <c r="G29" t="s">
         <v>12</v>
       </c>
-      <c r="F29">
-[...2 lines deleted...]
-      <c r="G29"/>
       <c r="H29" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>25</v>
       </c>
       <c r="C30" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E30" t="s">
+        <v>22</v>
+      </c>
+      <c r="F30">
+        <v>2024</v>
+      </c>
+      <c r="G30" t="s">
         <v>12</v>
       </c>
-      <c r="F30">
-[...2 lines deleted...]
-      <c r="G30"/>
       <c r="H30" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-      <c r="E31"/>
+        <v>51</v>
+      </c>
+      <c r="B31" t="s">
+        <v>25</v>
+      </c>
+      <c r="C31" t="s">
+        <v>35</v>
+      </c>
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" t="s">
+        <v>22</v>
+      </c>
       <c r="F31">
-        <v>2016</v>
-[...2 lines deleted...]
-      <c r="H31"/>
+        <v>2024</v>
+      </c>
+      <c r="G31" t="s">
+        <v>12</v>
+      </c>
+      <c r="H31" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="B32"/>
+        <v>53</v>
+      </c>
+      <c r="B32" t="s">
+        <v>54</v>
+      </c>
       <c r="C32"/>
       <c r="D32"/>
-      <c r="E32"/>
+      <c r="E32" t="s">
+        <v>22</v>
+      </c>
       <c r="F32">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G32"/>
+        <v>2024</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>54</v>
+      </c>
+      <c r="C33" t="s">
+        <v>57</v>
+      </c>
       <c r="D33" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E33" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F33">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G33"/>
+        <v>2024</v>
+      </c>
+      <c r="G33" t="s">
+        <v>12</v>
+      </c>
       <c r="H33" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F34">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G34"/>
+        <v>2024</v>
+      </c>
+      <c r="G34" t="s">
+        <v>60</v>
+      </c>
       <c r="H34" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F35">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G35"/>
+        <v>2024</v>
+      </c>
+      <c r="G35" t="s">
+        <v>60</v>
+      </c>
       <c r="H35" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C36"/>
+      <c r="D36"/>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F36">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F37">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F38">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>69</v>
       </c>
       <c r="C39" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E39" t="s">
+        <v>22</v>
+      </c>
+      <c r="F39">
+        <v>2022</v>
+      </c>
+      <c r="G39" t="s">
         <v>12</v>
       </c>
-      <c r="F39">
-[...2 lines deleted...]
-      <c r="G39"/>
       <c r="H39" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E40" t="s">
+        <v>22</v>
+      </c>
+      <c r="F40">
+        <v>2022</v>
+      </c>
+      <c r="G40" t="s">
         <v>12</v>
       </c>
-      <c r="F40">
-[...2 lines deleted...]
-      <c r="G40"/>
       <c r="H40" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="C41" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E41" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41">
+        <v>2022</v>
+      </c>
+      <c r="G41" t="s">
         <v>12</v>
       </c>
-      <c r="F41">
-[...3 lines deleted...]
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>97</v>
+        <v>68</v>
       </c>
       <c r="B42" t="s">
-        <v>98</v>
+        <v>69</v>
       </c>
       <c r="C42" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E42" t="s">
+        <v>22</v>
+      </c>
+      <c r="F42">
+        <v>2022</v>
+      </c>
+      <c r="G42" t="s">
         <v>12</v>
       </c>
-      <c r="F42">
-[...2 lines deleted...]
-      <c r="G42"/>
       <c r="H42" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="C43" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F43">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>101</v>
+        <v>73</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="C44" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F44">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="B45" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="C45" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F45">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>79</v>
+      </c>
+      <c r="C46" t="s">
+        <v>28</v>
+      </c>
       <c r="D46" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="E46" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F46">
-        <v>2015</v>
-[...4 lines deleted...]
-      <c r="H46"/>
+        <v>2020</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F47">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>110</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="B48" t="s">
-        <v>112</v>
+        <v>83</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F48">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="B49" t="s">
-        <v>114</v>
+        <v>85</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F49">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>115</v>
+        <v>86</v>
       </c>
       <c r="B50" t="s">
-        <v>116</v>
+        <v>87</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F50">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F51">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="B52" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F52">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>121</v>
-[...12 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
+      <c r="E53"/>
       <c r="F53">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>124</v>
+        <v>93</v>
       </c>
       <c r="B54" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="C54" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F54">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>126</v>
+        <v>95</v>
       </c>
       <c r="B55" t="s">
-        <v>127</v>
+        <v>96</v>
       </c>
       <c r="C55" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F55">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="B56" t="s">
-        <v>129</v>
+        <v>98</v>
       </c>
       <c r="C56" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F56">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G56"/>
-      <c r="H56"/>
+      <c r="H56" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>130</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="C57" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F57">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G57"/>
-      <c r="H57"/>
+      <c r="H57" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="B58" t="s">
-        <v>132</v>
+        <v>103</v>
       </c>
       <c r="C58" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F58">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G58"/>
-      <c r="H58"/>
+      <c r="H58" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="B59" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="C59" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F59">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G59"/>
-      <c r="H59"/>
+      <c r="H59" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      <c r="E60"/>
+        <v>106</v>
+      </c>
+      <c r="B60" t="s">
+        <v>107</v>
+      </c>
+      <c r="C60" t="s">
+        <v>33</v>
+      </c>
+      <c r="D60" t="s">
+        <v>52</v>
+      </c>
+      <c r="E60" t="s">
+        <v>22</v>
+      </c>
       <c r="F60">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G60"/>
-      <c r="H60"/>
+      <c r="H60" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-      <c r="E61"/>
+        <v>108</v>
+      </c>
+      <c r="B61" t="s">
+        <v>109</v>
+      </c>
+      <c r="C61" t="s">
+        <v>33</v>
+      </c>
+      <c r="D61" t="s">
+        <v>52</v>
+      </c>
+      <c r="E61" t="s">
+        <v>22</v>
+      </c>
       <c r="F61">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G61"/>
-      <c r="H61"/>
+      <c r="H61" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>137</v>
-[...4 lines deleted...]
-      <c r="E62"/>
+        <v>110</v>
+      </c>
+      <c r="B62" t="s">
+        <v>111</v>
+      </c>
+      <c r="C62" t="s">
+        <v>33</v>
+      </c>
+      <c r="D62" t="s">
+        <v>52</v>
+      </c>
+      <c r="E62" t="s">
+        <v>22</v>
+      </c>
       <c r="F62">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G62"/>
-      <c r="H62"/>
+      <c r="H62" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-      <c r="E63"/>
+        <v>112</v>
+      </c>
+      <c r="B63" t="s">
+        <v>113</v>
+      </c>
+      <c r="C63" t="s">
+        <v>33</v>
+      </c>
+      <c r="D63" t="s">
+        <v>52</v>
+      </c>
+      <c r="E63" t="s">
+        <v>22</v>
+      </c>
       <c r="F63">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G63"/>
-      <c r="H63"/>
+      <c r="H63" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-      <c r="E64"/>
+        <v>114</v>
+      </c>
+      <c r="B64" t="s">
+        <v>115</v>
+      </c>
+      <c r="C64" t="s">
+        <v>33</v>
+      </c>
+      <c r="D64" t="s">
+        <v>52</v>
+      </c>
+      <c r="E64" t="s">
+        <v>22</v>
+      </c>
       <c r="F64">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G64"/>
-      <c r="H64"/>
+      <c r="H64" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-      <c r="E65"/>
+        <v>116</v>
+      </c>
+      <c r="B65" t="s">
+        <v>117</v>
+      </c>
+      <c r="C65" t="s">
+        <v>33</v>
+      </c>
+      <c r="D65" t="s">
+        <v>52</v>
+      </c>
+      <c r="E65" t="s">
+        <v>22</v>
+      </c>
       <c r="F65">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G65"/>
-      <c r="H65"/>
+      <c r="H65" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      <c r="E66"/>
+        <v>118</v>
+      </c>
+      <c r="B66" t="s">
+        <v>119</v>
+      </c>
+      <c r="C66" t="s">
+        <v>33</v>
+      </c>
+      <c r="D66" t="s">
+        <v>52</v>
+      </c>
+      <c r="E66" t="s">
+        <v>22</v>
+      </c>
       <c r="F66">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G66"/>
-      <c r="H66"/>
+      <c r="H66" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-      <c r="E67"/>
+        <v>120</v>
+      </c>
+      <c r="B67" t="s">
+        <v>121</v>
+      </c>
+      <c r="C67" t="s">
+        <v>28</v>
+      </c>
+      <c r="D67" t="s">
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
+        <v>22</v>
+      </c>
       <c r="F67">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G67"/>
-      <c r="H67"/>
+      <c r="H67" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="E68"/>
+        <v>120</v>
+      </c>
+      <c r="B68" t="s">
+        <v>121</v>
+      </c>
+      <c r="C68" t="s">
+        <v>28</v>
+      </c>
+      <c r="D68" t="s">
+        <v>52</v>
+      </c>
+      <c r="E68" t="s">
+        <v>22</v>
+      </c>
       <c r="F68">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G68"/>
-      <c r="H68"/>
+      <c r="H68" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-      <c r="E69"/>
+        <v>122</v>
+      </c>
+      <c r="B69" t="s">
+        <v>123</v>
+      </c>
+      <c r="C69" t="s">
+        <v>57</v>
+      </c>
+      <c r="D69" t="s">
+        <v>52</v>
+      </c>
+      <c r="E69" t="s">
+        <v>22</v>
+      </c>
       <c r="F69">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G69"/>
-      <c r="H69"/>
+      <c r="H69" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>145</v>
-[...4 lines deleted...]
-      <c r="E70"/>
+        <v>124</v>
+      </c>
+      <c r="B70" t="s">
+        <v>125</v>
+      </c>
+      <c r="C70" t="s">
+        <v>57</v>
+      </c>
+      <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>22</v>
+      </c>
       <c r="F70">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="G70"/>
-      <c r="H70"/>
+      <c r="H70" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>146</v>
-[...12 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71"/>
       <c r="F71">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>149</v>
-[...12 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
       <c r="F72">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>151</v>
+        <v>128</v>
       </c>
       <c r="B73" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="C73"/>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F73">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>148</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>153</v>
+        <v>130</v>
       </c>
       <c r="B74" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F74">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>155</v>
+        <v>133</v>
       </c>
       <c r="B75" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E75" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F75">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>157</v>
+        <v>135</v>
       </c>
       <c r="B76" t="s">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F76">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>159</v>
+        <v>137</v>
       </c>
       <c r="B77" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F77">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>161</v>
+        <v>139</v>
       </c>
       <c r="B78" t="s">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="C78" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F78">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="B79" t="s">
-        <v>164</v>
+        <v>142</v>
       </c>
       <c r="C79" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F79">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>165</v>
+        <v>143</v>
       </c>
       <c r="B80" t="s">
-        <v>166</v>
+        <v>144</v>
       </c>
       <c r="C80" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F80">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="B81" t="s">
-        <v>168</v>
+        <v>146</v>
       </c>
       <c r="C81" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F81">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>169</v>
+        <v>147</v>
       </c>
       <c r="B82" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F82">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>171</v>
+        <v>149</v>
       </c>
       <c r="B83" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="C83" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E83" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F83">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="B84" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E84" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F84">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>175</v>
+        <v>152</v>
       </c>
       <c r="B85" t="s">
-        <v>176</v>
+        <v>153</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F85">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>177</v>
+        <v>154</v>
       </c>
       <c r="B86" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="C86"/>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="E86" t="s">
+        <v>16</v>
+      </c>
+      <c r="F86">
+        <v>2015</v>
+      </c>
+      <c r="G86" t="s">
         <v>12</v>
       </c>
-      <c r="F86">
-[...5 lines deleted...]
-      </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="B87" t="s">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="C87" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E87" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F87">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>148</v>
+        <v>48</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>181</v>
+        <v>159</v>
       </c>
       <c r="B88" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E88" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F88">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="B89" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E89" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F89">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>185</v>
+        <v>163</v>
       </c>
       <c r="B90" t="s">
-        <v>186</v>
+        <v>164</v>
       </c>
       <c r="C90" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E90" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F90">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>187</v>
+        <v>165</v>
       </c>
       <c r="B91" t="s">
-        <v>188</v>
+        <v>166</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F91">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>189</v>
+        <v>167</v>
       </c>
       <c r="B92" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="C92" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F92">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="B93" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E93" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F93">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="B94" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F94">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="B95" t="s">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E95" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F95">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="B96" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E96" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F96">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="B97" t="s">
-        <v>200</v>
+        <v>168</v>
       </c>
       <c r="C97" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E97" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F97">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="B98" t="s">
-        <v>202</v>
+        <v>179</v>
       </c>
       <c r="C98" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E98" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F98">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>203</v>
+        <v>180</v>
       </c>
       <c r="B99" t="s">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="C99" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E99" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F99">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>205</v>
-[...12 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="B100"/>
+      <c r="C100"/>
+      <c r="D100"/>
+      <c r="E100"/>
       <c r="F100">
         <v>2014</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>206</v>
-[...12 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="B101"/>
+      <c r="C101"/>
+      <c r="D101"/>
+      <c r="E101"/>
       <c r="F101">
         <v>2014</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>208</v>
-[...12 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="B102"/>
+      <c r="C102"/>
+      <c r="D102"/>
+      <c r="E102"/>
       <c r="F102">
         <v>2014</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>210</v>
-[...12 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="B103"/>
+      <c r="C103"/>
+      <c r="D103"/>
+      <c r="E103"/>
       <c r="F103">
         <v>2014</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>212</v>
-[...12 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="B104"/>
+      <c r="C104"/>
+      <c r="D104"/>
+      <c r="E104"/>
       <c r="F104">
         <v>2014</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>214</v>
-[...12 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="B105"/>
+      <c r="C105"/>
+      <c r="D105"/>
+      <c r="E105"/>
       <c r="F105">
         <v>2014</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>216</v>
-[...12 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="B106"/>
+      <c r="C106"/>
+      <c r="D106"/>
+      <c r="E106"/>
       <c r="F106">
         <v>2014</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>218</v>
-[...12 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="B107"/>
+      <c r="C107"/>
+      <c r="D107"/>
+      <c r="E107"/>
       <c r="F107">
         <v>2014</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>220</v>
-[...12 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="B108"/>
+      <c r="C108"/>
+      <c r="D108"/>
+      <c r="E108"/>
       <c r="F108">
         <v>2014</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>222</v>
-[...12 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="B109"/>
+      <c r="C109"/>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2014</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>224</v>
-[...12 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="B110"/>
+      <c r="C110"/>
+      <c r="D110"/>
+      <c r="E110"/>
       <c r="F110">
         <v>2014</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>227</v>
+        <v>193</v>
       </c>
       <c r="B111" t="s">
-        <v>228</v>
+        <v>194</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E111" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F111">
         <v>2014</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>229</v>
+        <v>195</v>
       </c>
       <c r="B112" t="s">
-        <v>230</v>
+        <v>196</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F112">
         <v>2014</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>231</v>
+        <v>197</v>
       </c>
       <c r="B113" t="s">
-        <v>232</v>
+        <v>198</v>
       </c>
       <c r="C113" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D113" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F113">
         <v>2014</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>233</v>
+        <v>199</v>
       </c>
       <c r="B114" t="s">
-        <v>234</v>
+        <v>200</v>
       </c>
       <c r="C114" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E114" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F114">
         <v>2014</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>235</v>
+        <v>201</v>
       </c>
       <c r="B115" t="s">
-        <v>236</v>
+        <v>202</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E115" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F115">
         <v>2014</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>237</v>
+        <v>101</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="B116" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E116" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F116">
         <v>2014</v>
       </c>
       <c r="G116"/>
-      <c r="H116"/>
+      <c r="H116" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>240</v>
+        <v>205</v>
       </c>
       <c r="B117" t="s">
-        <v>241</v>
+        <v>206</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E117" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F117">
         <v>2014</v>
       </c>
       <c r="G117"/>
-      <c r="H117"/>
+      <c r="H117" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>242</v>
+        <v>207</v>
       </c>
       <c r="B118" t="s">
-        <v>243</v>
+        <v>208</v>
       </c>
       <c r="C118" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E118" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
-      <c r="H118"/>
+      <c r="H118" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>244</v>
-[...4 lines deleted...]
-      <c r="E119"/>
+        <v>209</v>
+      </c>
+      <c r="B119" t="s">
+        <v>210</v>
+      </c>
+      <c r="C119" t="s">
+        <v>28</v>
+      </c>
+      <c r="D119" t="s">
+        <v>52</v>
+      </c>
+      <c r="E119" t="s">
+        <v>22</v>
+      </c>
       <c r="F119">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G119"/>
-      <c r="H119"/>
+      <c r="H119" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>245</v>
+        <v>211</v>
       </c>
       <c r="B120" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="C120"/>
+        <v>212</v>
+      </c>
+      <c r="C120" t="s">
+        <v>28</v>
+      </c>
       <c r="D120" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E120" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F120">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>247</v>
+        <v>101</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>248</v>
+        <v>213</v>
       </c>
       <c r="B121" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="C121"/>
+        <v>214</v>
+      </c>
+      <c r="C121" t="s">
+        <v>28</v>
+      </c>
       <c r="D121" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E121" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F121">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>250</v>
+        <v>101</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>251</v>
+        <v>215</v>
       </c>
       <c r="B122" t="s">
-        <v>252</v>
+        <v>216</v>
       </c>
       <c r="C122" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F122">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>254</v>
+        <v>217</v>
       </c>
       <c r="B123" t="s">
-        <v>255</v>
+        <v>218</v>
       </c>
       <c r="C123" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E123" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F123">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>256</v>
+        <v>219</v>
       </c>
       <c r="B124" t="s">
-        <v>257</v>
+        <v>220</v>
       </c>
       <c r="C124" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E124" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F124">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>258</v>
+        <v>221</v>
       </c>
       <c r="B125" t="s">
-        <v>259</v>
+        <v>222</v>
       </c>
       <c r="C125" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E125" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F125">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>260</v>
+        <v>101</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>261</v>
+        <v>223</v>
       </c>
       <c r="B126" t="s">
-        <v>262</v>
+        <v>224</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E126" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F126">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>263</v>
+        <v>225</v>
       </c>
       <c r="B127" t="s">
-        <v>264</v>
+        <v>226</v>
       </c>
       <c r="C127" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E127" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F127">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>247</v>
+        <v>101</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>265</v>
+        <v>227</v>
       </c>
       <c r="B128" t="s">
-        <v>266</v>
+        <v>228</v>
       </c>
       <c r="C128" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E128" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F128">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>247</v>
+        <v>101</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>267</v>
+        <v>229</v>
       </c>
       <c r="B129" t="s">
-        <v>268</v>
+        <v>230</v>
       </c>
       <c r="C129" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E129" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F129">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>247</v>
+        <v>101</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
       <c r="B130" t="s">
-        <v>270</v>
+        <v>232</v>
       </c>
       <c r="C130" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F130">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>271</v>
+        <v>233</v>
       </c>
       <c r="B131" t="s">
-        <v>272</v>
+        <v>234</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E131" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F131">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>273</v>
+        <v>235</v>
       </c>
       <c r="B132" t="s">
-        <v>274</v>
+        <v>236</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E132" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F132">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>275</v>
+        <v>237</v>
       </c>
       <c r="B133" t="s">
-        <v>276</v>
+        <v>238</v>
       </c>
       <c r="C133" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E133" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F133">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G133"/>
-      <c r="H133"/>
+      <c r="H133" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>277</v>
+        <v>239</v>
       </c>
       <c r="B134" t="s">
-        <v>278</v>
+        <v>240</v>
       </c>
       <c r="C134" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E134" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F134">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G134"/>
-      <c r="H134"/>
+      <c r="H134" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>279</v>
+        <v>241</v>
       </c>
       <c r="B135" t="s">
-        <v>280</v>
+        <v>242</v>
       </c>
       <c r="C135" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E135" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F135">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>281</v>
+        <v>243</v>
       </c>
       <c r="B136" t="s">
-        <v>282</v>
+        <v>244</v>
       </c>
       <c r="C136" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E136" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F136">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>283</v>
+        <v>245</v>
       </c>
       <c r="B137" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C137"/>
+        <v>246</v>
+      </c>
+      <c r="C137" t="s">
+        <v>28</v>
+      </c>
       <c r="D137" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="E137" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F137">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>285</v>
+        <v>247</v>
       </c>
       <c r="B138" t="s">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="C138" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E138" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F138">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="B139" t="s">
-        <v>288</v>
+        <v>250</v>
       </c>
       <c r="C139" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F139">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="B140" t="s">
-        <v>290</v>
+        <v>222</v>
       </c>
       <c r="C140" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F140">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>291</v>
+        <v>252</v>
       </c>
       <c r="B141" t="s">
-        <v>292</v>
+        <v>253</v>
       </c>
       <c r="C141" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E141" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F141">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>253</v>
+        <v>101</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>293</v>
+        <v>254</v>
       </c>
       <c r="B142" t="s">
-        <v>294</v>
+        <v>255</v>
       </c>
       <c r="C142" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E142" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F142">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>295</v>
+        <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>296</v>
+        <v>256</v>
       </c>
       <c r="B143" t="s">
-        <v>297</v>
+        <v>257</v>
       </c>
       <c r="C143" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E143" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F143">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>298</v>
+        <v>258</v>
       </c>
       <c r="B144" t="s">
-        <v>299</v>
+        <v>259</v>
       </c>
       <c r="C144" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E144" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F144">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="B145" t="s">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="C145" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E145" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F145">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>250</v>
+        <v>132</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>302</v>
+        <v>262</v>
       </c>
       <c r="B146" t="s">
-        <v>303</v>
+        <v>263</v>
       </c>
       <c r="C146" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E146" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F146">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>304</v>
+        <v>264</v>
       </c>
       <c r="B147" t="s">
-        <v>305</v>
+        <v>265</v>
       </c>
       <c r="C147" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E147" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F147">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>306</v>
+        <v>266</v>
       </c>
       <c r="B148" t="s">
-        <v>307</v>
+        <v>267</v>
       </c>
       <c r="C148" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E148" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F148">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>247</v>
+        <v>132</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>308</v>
+        <v>268</v>
       </c>
       <c r="B149" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="C149"/>
+        <v>269</v>
+      </c>
+      <c r="C149" t="s">
+        <v>28</v>
+      </c>
       <c r="D149" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E149" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F149">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>295</v>
+        <v>132</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>310</v>
+        <v>270</v>
       </c>
       <c r="B150" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="C150"/>
+        <v>271</v>
+      </c>
+      <c r="C150" t="s">
+        <v>28</v>
+      </c>
       <c r="D150" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E150" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F150">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>250</v>
+        <v>39</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>312</v>
+        <v>272</v>
       </c>
       <c r="B151" t="s">
-        <v>313</v>
+        <v>273</v>
       </c>
       <c r="C151" t="s">
-        <v>314</v>
+        <v>28</v>
       </c>
       <c r="D151" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="E151" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F151">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H151"/>
+        <v>2014</v>
+      </c>
+      <c r="G151"/>
+      <c r="H151" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>316</v>
+        <v>274</v>
       </c>
       <c r="B152" t="s">
-        <v>317</v>
+        <v>275</v>
       </c>
       <c r="C152" t="s">
-        <v>314</v>
+        <v>28</v>
       </c>
       <c r="D152" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="E152" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F152">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H152"/>
+        <v>2014</v>
+      </c>
+      <c r="G152"/>
+      <c r="H152" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>318</v>
+        <v>276</v>
       </c>
       <c r="B153" t="s">
-        <v>319</v>
+        <v>277</v>
       </c>
       <c r="C153" t="s">
-        <v>314</v>
+        <v>28</v>
       </c>
       <c r="D153" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="E153" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F153">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H153"/>
+        <v>2014</v>
+      </c>
+      <c r="G153"/>
+      <c r="H153" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>320</v>
+        <v>278</v>
       </c>
       <c r="B154" t="s">
-        <v>321</v>
+        <v>279</v>
       </c>
       <c r="C154" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E154" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F154">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>322</v>
+        <v>280</v>
       </c>
       <c r="B155" t="s">
-        <v>323</v>
+        <v>281</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E155" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F155">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>253</v>
+        <v>65</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>324</v>
+        <v>282</v>
       </c>
       <c r="B156" t="s">
-        <v>325</v>
+        <v>283</v>
       </c>
       <c r="C156" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E156" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F156">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>326</v>
+        <v>284</v>
       </c>
       <c r="B157" t="s">
-        <v>327</v>
+        <v>285</v>
       </c>
       <c r="C157" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E157" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F157">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>253</v>
+        <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>328</v>
+        <v>286</v>
       </c>
       <c r="B158" t="s">
-        <v>329</v>
+        <v>287</v>
       </c>
       <c r="C158" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E158" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F158">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>253</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>330</v>
-[...12 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="B159"/>
+      <c r="C159"/>
+      <c r="D159"/>
+      <c r="E159"/>
       <c r="F159">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>332</v>
+        <v>289</v>
       </c>
       <c r="B160" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="C160"/>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E160" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F160">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>247</v>
+        <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>334</v>
+        <v>291</v>
       </c>
       <c r="B161" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="C161"/>
       <c r="D161" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E161" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F161">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>336</v>
+        <v>293</v>
       </c>
       <c r="B162" t="s">
-        <v>337</v>
+        <v>294</v>
       </c>
       <c r="C162" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E162" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F162">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>338</v>
+        <v>295</v>
       </c>
       <c r="B163" t="s">
-        <v>339</v>
+        <v>296</v>
       </c>
       <c r="C163" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E163" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F163">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>340</v>
+        <v>297</v>
       </c>
       <c r="B164" t="s">
-        <v>341</v>
+        <v>298</v>
       </c>
       <c r="C164" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E164" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F164">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>342</v>
+        <v>299</v>
       </c>
       <c r="B165" t="s">
-        <v>343</v>
+        <v>300</v>
       </c>
       <c r="C165" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E165" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F165">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>344</v>
+        <v>301</v>
       </c>
       <c r="B166" t="s">
-        <v>345</v>
+        <v>302</v>
       </c>
       <c r="C166" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D166" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E166" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F166">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>226</v>
+        <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
       <c r="B167" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="C167" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E167" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F167">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>348</v>
+        <v>305</v>
       </c>
       <c r="B168" t="s">
-        <v>349</v>
+        <v>306</v>
       </c>
       <c r="C168" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E168" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F168">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G168"/>
-      <c r="H168"/>
+      <c r="H168" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>350</v>
+        <v>307</v>
       </c>
       <c r="B169" t="s">
-        <v>351</v>
+        <v>308</v>
       </c>
       <c r="C169" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E169" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F169">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G169"/>
-      <c r="H169"/>
+      <c r="H169" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>352</v>
+        <v>309</v>
       </c>
       <c r="B170" t="s">
-        <v>353</v>
+        <v>310</v>
       </c>
       <c r="C170" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E170" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F170">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G170"/>
-      <c r="H170"/>
+      <c r="H170" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>354</v>
+        <v>311</v>
       </c>
       <c r="B171" t="s">
-        <v>355</v>
+        <v>312</v>
       </c>
       <c r="C171" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E171" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F171">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G171"/>
-      <c r="H171"/>
+      <c r="H171" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>356</v>
+        <v>313</v>
       </c>
       <c r="B172" t="s">
-        <v>357</v>
+        <v>314</v>
       </c>
       <c r="C172" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E172" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F172">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G172"/>
-      <c r="H172"/>
+      <c r="H172" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>358</v>
+        <v>315</v>
       </c>
       <c r="B173" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="C173"/>
+        <v>316</v>
+      </c>
+      <c r="C173" t="s">
+        <v>33</v>
+      </c>
       <c r="D173" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="E173" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F173">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H173"/>
+        <v>2013</v>
+      </c>
+      <c r="G173"/>
+      <c r="H173" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>360</v>
+        <v>317</v>
       </c>
       <c r="B174" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="C174"/>
+        <v>318</v>
+      </c>
+      <c r="C174" t="s">
+        <v>28</v>
+      </c>
       <c r="D174" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E174" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F174">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>362</v>
+        <v>319</v>
       </c>
       <c r="B175" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="C175"/>
+        <v>320</v>
+      </c>
+      <c r="C175" t="s">
+        <v>57</v>
+      </c>
       <c r="D175" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E175" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F175">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>364</v>
+        <v>321</v>
       </c>
       <c r="B176" t="s">
-        <v>365</v>
+        <v>322</v>
       </c>
       <c r="C176" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E176" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F176">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>366</v>
+        <v>323</v>
       </c>
       <c r="B177" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="C177"/>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="E177" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F177">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>368</v>
+        <v>325</v>
       </c>
       <c r="B178" t="s">
-        <v>369</v>
+        <v>326</v>
       </c>
       <c r="C178" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E178" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F178">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>253</v>
+        <v>58</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>370</v>
+        <v>327</v>
       </c>
       <c r="B179" t="s">
-        <v>371</v>
+        <v>328</v>
       </c>
       <c r="C179" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E179" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F179">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>372</v>
+        <v>329</v>
       </c>
       <c r="B180" t="s">
-        <v>373</v>
+        <v>330</v>
       </c>
       <c r="C180" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E180" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F180">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>295</v>
+        <v>58</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>374</v>
+        <v>331</v>
       </c>
       <c r="B181" t="s">
-        <v>375</v>
+        <v>332</v>
       </c>
       <c r="C181" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E181" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F181">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>226</v>
+        <v>58</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>376</v>
+        <v>333</v>
       </c>
       <c r="B182" t="s">
-        <v>377</v>
+        <v>334</v>
       </c>
       <c r="C182" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E182" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F182">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>250</v>
+        <v>77</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="B183" t="s">
-        <v>379</v>
+        <v>336</v>
       </c>
       <c r="C183" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E183" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F183">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>380</v>
+        <v>337</v>
       </c>
       <c r="B184" t="s">
-        <v>381</v>
+        <v>338</v>
       </c>
       <c r="C184" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E184" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F184">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>382</v>
+        <v>339</v>
       </c>
       <c r="B185" t="s">
-        <v>383</v>
+        <v>340</v>
       </c>
       <c r="C185" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E185" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F185">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>295</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>384</v>
+        <v>341</v>
       </c>
       <c r="B186" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="C186" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="D186" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E186" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F186">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G186"/>
-      <c r="H186"/>
+      <c r="H186" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>386</v>
+        <v>343</v>
       </c>
       <c r="B187" t="s">
-        <v>387</v>
+        <v>344</v>
       </c>
       <c r="C187" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E187" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F187">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G187"/>
-      <c r="H187"/>
+      <c r="H187" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>388</v>
+        <v>345</v>
       </c>
       <c r="B188" t="s">
-        <v>389</v>
+        <v>346</v>
       </c>
       <c r="C188" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E188" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F188">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G188"/>
-      <c r="H188"/>
+      <c r="H188" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>390</v>
+        <v>347</v>
       </c>
       <c r="B189" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="C189"/>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E189" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F189">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G189"/>
-      <c r="H189"/>
+      <c r="H189" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>392</v>
+        <v>349</v>
       </c>
       <c r="B190" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="C190"/>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E190" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F190">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G190"/>
-      <c r="H190"/>
+      <c r="H190" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>394</v>
+        <v>351</v>
       </c>
       <c r="B191" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="C191" t="s">
-        <v>123</v>
+        <v>353</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>354</v>
       </c>
       <c r="E191" t="s">
+        <v>22</v>
+      </c>
+      <c r="F191">
+        <v>2011</v>
+      </c>
+      <c r="G191" t="s">
         <v>12</v>
       </c>
-      <c r="F191">
-[...2 lines deleted...]
-      <c r="G191"/>
       <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>396</v>
+        <v>355</v>
       </c>
       <c r="B192" t="s">
-        <v>397</v>
+        <v>356</v>
       </c>
       <c r="C192" t="s">
-        <v>123</v>
+        <v>353</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>354</v>
       </c>
       <c r="E192" t="s">
+        <v>22</v>
+      </c>
+      <c r="F192">
+        <v>2011</v>
+      </c>
+      <c r="G192" t="s">
         <v>12</v>
       </c>
-      <c r="F192">
-[...2 lines deleted...]
-      <c r="G192"/>
       <c r="H192"/>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>398</v>
+        <v>357</v>
       </c>
       <c r="B193" t="s">
-        <v>399</v>
+        <v>358</v>
       </c>
       <c r="C193" t="s">
-        <v>123</v>
+        <v>353</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>354</v>
       </c>
       <c r="E193" t="s">
+        <v>22</v>
+      </c>
+      <c r="F193">
+        <v>2011</v>
+      </c>
+      <c r="G193" t="s">
         <v>12</v>
       </c>
-      <c r="F193">
-[...2 lines deleted...]
-      <c r="G193"/>
       <c r="H193"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>400</v>
+        <v>359</v>
       </c>
       <c r="B194" t="s">
-        <v>401</v>
+        <v>360</v>
       </c>
       <c r="C194" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E194" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F194">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G194"/>
-      <c r="H194"/>
+      <c r="H194" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>402</v>
+        <v>361</v>
       </c>
       <c r="B195" t="s">
-        <v>403</v>
+        <v>362</v>
       </c>
       <c r="C195" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E195" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F195">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G195"/>
-      <c r="H195"/>
+      <c r="H195" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>404</v>
+        <v>363</v>
       </c>
       <c r="B196" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="C196"/>
+        <v>364</v>
+      </c>
+      <c r="C196" t="s">
+        <v>28</v>
+      </c>
       <c r="D196" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E196" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F196">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>253</v>
+        <v>58</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>406</v>
+        <v>365</v>
       </c>
       <c r="B197" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="C197"/>
+        <v>366</v>
+      </c>
+      <c r="C197" t="s">
+        <v>28</v>
+      </c>
       <c r="D197" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E197" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F197">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>247</v>
+        <v>58</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>408</v>
+        <v>367</v>
       </c>
       <c r="B198" t="s">
-        <v>409</v>
+        <v>368</v>
       </c>
       <c r="C198" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E198" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F198">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>253</v>
+        <v>58</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>410</v>
+        <v>369</v>
       </c>
       <c r="B199" t="s">
-        <v>411</v>
+        <v>370</v>
       </c>
       <c r="C199" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E199" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F199">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>295</v>
+        <v>77</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>412</v>
+        <v>371</v>
       </c>
       <c r="B200" t="s">
-        <v>413</v>
+        <v>372</v>
       </c>
       <c r="C200" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E200" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F200">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>226</v>
+        <v>29</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>414</v>
+        <v>373</v>
       </c>
       <c r="B201" t="s">
-        <v>415</v>
+        <v>374</v>
       </c>
       <c r="C201" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E201" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F201">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>260</v>
+        <v>41</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>416</v>
+        <v>375</v>
       </c>
       <c r="B202" t="s">
-        <v>417</v>
+        <v>376</v>
       </c>
       <c r="C202" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E202" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F202">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G202"/>
-      <c r="H202"/>
+      <c r="H202" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>418</v>
+        <v>377</v>
       </c>
       <c r="B203" t="s">
-        <v>419</v>
+        <v>378</v>
       </c>
       <c r="C203" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E203" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F203">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G203"/>
-      <c r="H203"/>
+      <c r="H203" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>420</v>
+        <v>379</v>
       </c>
       <c r="B204" t="s">
-        <v>421</v>
+        <v>380</v>
       </c>
       <c r="C204" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E204" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F204">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G204"/>
-      <c r="H204"/>
+      <c r="H204" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>422</v>
+        <v>381</v>
       </c>
       <c r="B205" t="s">
-        <v>423</v>
+        <v>382</v>
       </c>
       <c r="C205" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F205">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G205"/>
-      <c r="H205"/>
+      <c r="H205" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>424</v>
+        <v>383</v>
       </c>
       <c r="B206" t="s">
-        <v>425</v>
+        <v>384</v>
       </c>
       <c r="C206" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E206" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F206">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G206"/>
-      <c r="H206"/>
+      <c r="H206" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>426</v>
+        <v>385</v>
       </c>
       <c r="B207" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="C207"/>
+        <v>386</v>
+      </c>
+      <c r="C207" t="s">
+        <v>28</v>
+      </c>
       <c r="D207" t="s">
-        <v>428</v>
+        <v>52</v>
       </c>
       <c r="E207" t="s">
-        <v>429</v>
+        <v>22</v>
       </c>
       <c r="F207">
-        <v>2008</v>
-[...4 lines deleted...]
-      <c r="H207"/>
+        <v>2011</v>
+      </c>
+      <c r="G207"/>
+      <c r="H207" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>431</v>
+        <v>387</v>
       </c>
       <c r="B208" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="C208"/>
+        <v>388</v>
+      </c>
+      <c r="C208" t="s">
+        <v>28</v>
+      </c>
       <c r="D208" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E208" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F208">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>433</v>
+        <v>389</v>
       </c>
       <c r="B209" t="s">
-        <v>434</v>
+        <v>390</v>
       </c>
       <c r="C209" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D209" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E209" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F209">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>435</v>
+        <v>391</v>
       </c>
       <c r="B210" t="s">
-        <v>436</v>
+        <v>392</v>
       </c>
       <c r="C210" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D210" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E210" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F210">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>253</v>
+        <v>43</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>437</v>
+        <v>393</v>
       </c>
       <c r="B211" t="s">
-        <v>438</v>
+        <v>394</v>
       </c>
       <c r="C211" t="s">
-        <v>439</v>
+        <v>35</v>
       </c>
       <c r="D211" t="s">
-        <v>440</v>
+        <v>52</v>
       </c>
       <c r="E211" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F211">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>441</v>
+        <v>395</v>
       </c>
       <c r="B212" t="s">
-        <v>442</v>
+        <v>396</v>
       </c>
       <c r="C212" t="s">
-        <v>439</v>
+        <v>35</v>
       </c>
       <c r="D212" t="s">
-        <v>440</v>
+        <v>52</v>
       </c>
       <c r="E212" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F212">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>443</v>
+        <v>397</v>
       </c>
       <c r="B213" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="C213"/>
       <c r="D213" t="s">
-        <v>440</v>
+        <v>156</v>
       </c>
       <c r="E213" t="s">
+        <v>16</v>
+      </c>
+      <c r="F213">
+        <v>2010</v>
+      </c>
+      <c r="G213" t="s">
         <v>12</v>
       </c>
-      <c r="F213">
-[...5 lines deleted...]
-      </c>
+      <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>445</v>
+        <v>399</v>
       </c>
       <c r="B214" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="C214"/>
       <c r="D214" t="s">
-        <v>440</v>
+        <v>38</v>
       </c>
       <c r="E214" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F214">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>447</v>
+        <v>401</v>
       </c>
       <c r="B215" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="C215"/>
       <c r="D215" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E215" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F215">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>449</v>
+        <v>403</v>
       </c>
       <c r="B216" t="s">
-        <v>450</v>
+        <v>404</v>
       </c>
       <c r="C216" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="D216" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E216" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F216">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>451</v>
+        <v>405</v>
       </c>
       <c r="B217" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="C217" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D217" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E217" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F217">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="B218" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="C218" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D218" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E218" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F218">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>455</v>
+        <v>409</v>
       </c>
       <c r="B219" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="C219" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D219" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E219" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F219">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="B220" t="s">
-        <v>458</v>
+        <v>412</v>
       </c>
       <c r="C220" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D220" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E220" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F220">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G220"/>
-      <c r="H220"/>
+      <c r="H220" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="B221" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="C221" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D221" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E221" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F221">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G221"/>
-      <c r="H221"/>
+      <c r="H221" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>461</v>
+        <v>415</v>
       </c>
       <c r="B222" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="C222" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D222" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E222" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F222">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G222"/>
-      <c r="H222"/>
+      <c r="H222" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="B223" t="s">
-        <v>464</v>
+        <v>418</v>
       </c>
       <c r="C223" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E223" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F223">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G223"/>
-      <c r="H223"/>
+      <c r="H223" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="B224" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="C224" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="D224" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E224" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F224">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G224"/>
-      <c r="H224"/>
+      <c r="H224" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>467</v>
+        <v>421</v>
       </c>
       <c r="B225" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="C225"/>
+        <v>422</v>
+      </c>
+      <c r="C225" t="s">
+        <v>28</v>
+      </c>
       <c r="D225" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="E225" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F225">
-        <v>2007</v>
-[...4 lines deleted...]
-      <c r="H225"/>
+        <v>2010</v>
+      </c>
+      <c r="G225"/>
+      <c r="H225" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="B226" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="C226"/>
+        <v>424</v>
+      </c>
+      <c r="C226" t="s">
+        <v>33</v>
+      </c>
       <c r="D226" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="E226" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F226">
-        <v>2007</v>
-[...4 lines deleted...]
-      <c r="H226"/>
+        <v>2010</v>
+      </c>
+      <c r="G226"/>
+      <c r="H226" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>471</v>
+        <v>425</v>
       </c>
       <c r="B227" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="C227"/>
+        <v>426</v>
+      </c>
+      <c r="C227" t="s">
+        <v>28</v>
+      </c>
       <c r="D227" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E227" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F227">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>473</v>
+        <v>427</v>
       </c>
       <c r="B228" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="C228"/>
+        <v>428</v>
+      </c>
+      <c r="C228" t="s">
+        <v>28</v>
+      </c>
       <c r="D228" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E228" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F228">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>295</v>
+        <v>77</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>475</v>
+        <v>429</v>
       </c>
       <c r="B229" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="C229"/>
+        <v>430</v>
+      </c>
+      <c r="C229" t="s">
+        <v>28</v>
+      </c>
       <c r="D229" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E229" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F229">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>477</v>
+        <v>431</v>
       </c>
       <c r="B230" t="s">
-        <v>478</v>
+        <v>432</v>
       </c>
       <c r="C230" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D230" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E230" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F230">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>247</v>
+        <v>26</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>479</v>
+        <v>433</v>
       </c>
       <c r="B231" t="s">
-        <v>480</v>
+        <v>434</v>
       </c>
       <c r="C231" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D231" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E231" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F231">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G231"/>
       <c r="H231" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>482</v>
+        <v>435</v>
       </c>
       <c r="B232" t="s">
-        <v>483</v>
+        <v>436</v>
       </c>
       <c r="C232" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E232" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F232">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>484</v>
+        <v>437</v>
       </c>
       <c r="B233" t="s">
-        <v>485</v>
+        <v>438</v>
       </c>
       <c r="C233" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D233" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E233" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F233">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>486</v>
+        <v>439</v>
       </c>
       <c r="B234" t="s">
-        <v>487</v>
+        <v>440</v>
       </c>
       <c r="C234" t="s">
-        <v>439</v>
+        <v>35</v>
       </c>
       <c r="D234" t="s">
-        <v>440</v>
+        <v>52</v>
       </c>
       <c r="E234" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F234">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>488</v>
+        <v>441</v>
       </c>
       <c r="B235" t="s">
-        <v>489</v>
+        <v>442</v>
       </c>
       <c r="C235" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D235" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E235" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F235">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>490</v>
+        <v>443</v>
       </c>
       <c r="B236" t="s">
-        <v>491</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="C236"/>
       <c r="D236" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E236" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F236">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>295</v>
+        <v>58</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>492</v>
+        <v>445</v>
       </c>
       <c r="B237" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="C237"/>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E237" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F237">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G237"/>
-      <c r="H237"/>
+      <c r="H237" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>494</v>
+        <v>447</v>
       </c>
       <c r="B238" t="s">
-        <v>495</v>
+        <v>448</v>
       </c>
       <c r="C238" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D238" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E238" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F238">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G238"/>
-      <c r="H238"/>
+      <c r="H238" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>496</v>
+        <v>449</v>
       </c>
       <c r="B239" t="s">
-        <v>497</v>
+        <v>450</v>
       </c>
       <c r="C239" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E239" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F239">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G239"/>
-      <c r="H239"/>
+      <c r="H239" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>498</v>
+        <v>451</v>
       </c>
       <c r="B240" t="s">
-        <v>499</v>
+        <v>452</v>
       </c>
       <c r="C240" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D240" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E240" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F240">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G240"/>
-      <c r="H240"/>
+      <c r="H240" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>500</v>
+        <v>453</v>
       </c>
       <c r="B241" t="s">
-        <v>501</v>
+        <v>454</v>
       </c>
       <c r="C241" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D241" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E241" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F241">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G241"/>
-      <c r="H241"/>
+      <c r="H241" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="B242" t="s">
-        <v>503</v>
+        <v>456</v>
       </c>
       <c r="C242" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D242" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E242" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F242">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G242"/>
-      <c r="H242"/>
+      <c r="H242" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>504</v>
+        <v>457</v>
       </c>
       <c r="B243" t="s">
-        <v>505</v>
+        <v>458</v>
       </c>
       <c r="C243" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D243" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E243" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F243">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G243"/>
-      <c r="H243"/>
+      <c r="H243" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>506</v>
+        <v>459</v>
       </c>
       <c r="B244" t="s">
-        <v>507</v>
+        <v>460</v>
       </c>
       <c r="C244" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D244" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E244" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F244">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G244"/>
-      <c r="H244"/>
+      <c r="H244" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>508</v>
+        <v>461</v>
       </c>
       <c r="B245" t="s">
-        <v>509</v>
+        <v>462</v>
       </c>
       <c r="C245" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D245" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E245" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F245">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G245"/>
-      <c r="H245"/>
+      <c r="H245" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>510</v>
+        <v>463</v>
       </c>
       <c r="B246" t="s">
-        <v>511</v>
+        <v>464</v>
       </c>
       <c r="C246" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D246" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E246" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F246">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G246"/>
-      <c r="H246"/>
+      <c r="H246" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>512</v>
+        <v>465</v>
       </c>
       <c r="B247" t="s">
-        <v>513</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="C247"/>
       <c r="D247" t="s">
+        <v>467</v>
+      </c>
+      <c r="E247" t="s">
         <v>11</v>
       </c>
-      <c r="E247" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F247">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="G247"/>
+        <v>2008</v>
+      </c>
+      <c r="G247" t="s">
+        <v>55</v>
+      </c>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>514</v>
+        <v>468</v>
       </c>
       <c r="B248" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="C248"/>
       <c r="D248" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E248" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F248">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G248"/>
-      <c r="H248"/>
+      <c r="H248" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>516</v>
+        <v>470</v>
       </c>
       <c r="B249" t="s">
-        <v>517</v>
+        <v>471</v>
       </c>
       <c r="C249" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D249" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E249" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F249">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G249"/>
-      <c r="H249"/>
+      <c r="H249" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>518</v>
+        <v>472</v>
       </c>
       <c r="B250" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="C250"/>
+        <v>473</v>
+      </c>
+      <c r="C250" t="s">
+        <v>28</v>
+      </c>
       <c r="D250" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E250" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F250">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>253</v>
+        <v>58</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>520</v>
+        <v>474</v>
       </c>
       <c r="B251" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="C251"/>
+        <v>475</v>
+      </c>
+      <c r="C251" t="s">
+        <v>20</v>
+      </c>
       <c r="D251" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E251" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F251">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>522</v>
+        <v>476</v>
       </c>
       <c r="B252" t="s">
-        <v>523</v>
-[...1 lines deleted...]
-      <c r="C252"/>
+        <v>477</v>
+      </c>
+      <c r="C252" t="s">
+        <v>20</v>
+      </c>
       <c r="D252" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E252" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F252">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>524</v>
+        <v>478</v>
       </c>
       <c r="B253" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="C253"/>
+        <v>479</v>
+      </c>
+      <c r="C253" t="s">
+        <v>20</v>
+      </c>
       <c r="D253" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E253" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F253">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>295</v>
+        <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>526</v>
+        <v>480</v>
       </c>
       <c r="B254" t="s">
-        <v>527</v>
-[...1 lines deleted...]
-      <c r="C254"/>
+        <v>481</v>
+      </c>
+      <c r="C254" t="s">
+        <v>20</v>
+      </c>
       <c r="D254" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E254" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F254">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>528</v>
+        <v>482</v>
       </c>
       <c r="B255" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="C255"/>
+        <v>483</v>
+      </c>
+      <c r="C255" t="s">
+        <v>35</v>
+      </c>
       <c r="D255" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E255" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F255">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>237</v>
+        <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>530</v>
+        <v>484</v>
       </c>
       <c r="B256" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="C256"/>
+        <v>485</v>
+      </c>
+      <c r="C256" t="s">
+        <v>35</v>
+      </c>
       <c r="D256" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E256" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F256">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>532</v>
+        <v>486</v>
       </c>
       <c r="B257" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="C257"/>
+        <v>487</v>
+      </c>
+      <c r="C257" t="s">
+        <v>35</v>
+      </c>
       <c r="D257" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E257" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F257">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>533</v>
+        <v>488</v>
       </c>
       <c r="B258" t="s">
-        <v>534</v>
+        <v>489</v>
       </c>
       <c r="C258" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D258" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E258" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F258">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>535</v>
+        <v>490</v>
       </c>
       <c r="B259" t="s">
-        <v>536</v>
+        <v>491</v>
       </c>
       <c r="C259" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D259" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E259" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F259">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G259"/>
-      <c r="H259"/>
+      <c r="H259" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>537</v>
+        <v>492</v>
       </c>
       <c r="B260" t="s">
-        <v>538</v>
+        <v>493</v>
       </c>
       <c r="C260" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E260" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F260">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>539</v>
+        <v>494</v>
       </c>
       <c r="B261" t="s">
-        <v>540</v>
+        <v>495</v>
       </c>
       <c r="C261" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D261" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E261" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F261">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>541</v>
+        <v>496</v>
       </c>
       <c r="B262" t="s">
-        <v>542</v>
+        <v>497</v>
       </c>
       <c r="C262" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D262" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E262" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F262">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>543</v>
+        <v>498</v>
       </c>
       <c r="B263" t="s">
-        <v>544</v>
+        <v>499</v>
       </c>
       <c r="C263" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D263" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E263" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F263">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>545</v>
+        <v>500</v>
       </c>
       <c r="B264" t="s">
-        <v>546</v>
+        <v>501</v>
       </c>
       <c r="C264" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D264" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E264" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F264">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G264"/>
       <c r="H264"/>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>547</v>
+        <v>502</v>
       </c>
       <c r="B265" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="C265"/>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="E265" t="s">
+        <v>16</v>
+      </c>
+      <c r="F265">
+        <v>2007</v>
+      </c>
+      <c r="G265" t="s">
         <v>12</v>
       </c>
-      <c r="F265">
-[...2 lines deleted...]
-      <c r="G265"/>
       <c r="H265"/>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>549</v>
+        <v>504</v>
       </c>
       <c r="B266" t="s">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="C266"/>
       <c r="D266" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="E266" t="s">
+        <v>16</v>
+      </c>
+      <c r="F266">
+        <v>2007</v>
+      </c>
+      <c r="G266" t="s">
         <v>12</v>
       </c>
-      <c r="F266">
-[...2 lines deleted...]
-      <c r="G266"/>
       <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>551</v>
+        <v>506</v>
       </c>
       <c r="B267" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="C267"/>
       <c r="D267" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E267" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F267">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G267"/>
-      <c r="H267"/>
+      <c r="H267" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>553</v>
+        <v>508</v>
       </c>
       <c r="B268" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="C268"/>
       <c r="D268" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E268" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F268">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G268"/>
-      <c r="H268"/>
+      <c r="H268" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>555</v>
+        <v>510</v>
       </c>
       <c r="B269" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="C269"/>
       <c r="D269" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E269" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F269">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G269"/>
-      <c r="H269"/>
+      <c r="H269" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>557</v>
+        <v>512</v>
       </c>
       <c r="B270" t="s">
-        <v>558</v>
+        <v>513</v>
       </c>
       <c r="C270" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D270" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E270" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F270">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G270"/>
-      <c r="H270"/>
+      <c r="H270" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>559</v>
+        <v>514</v>
       </c>
       <c r="B271" t="s">
-        <v>560</v>
+        <v>515</v>
       </c>
       <c r="C271" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D271" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E271" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F271">
-        <v>2006</v>
-[...2 lines deleted...]
-      <c r="H271"/>
+        <v>2007</v>
+      </c>
+      <c r="G271" t="s">
+        <v>60</v>
+      </c>
+      <c r="H271" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>561</v>
+        <v>516</v>
       </c>
       <c r="B272" t="s">
-        <v>562</v>
+        <v>517</v>
       </c>
       <c r="C272" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D272" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E272" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F272">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G272"/>
-      <c r="H272"/>
+      <c r="H272" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>563</v>
+        <v>518</v>
       </c>
       <c r="B273" t="s">
-        <v>564</v>
+        <v>519</v>
       </c>
       <c r="C273" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E273" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F273">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G273"/>
-      <c r="H273"/>
+      <c r="H273" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>565</v>
+        <v>520</v>
       </c>
       <c r="B274" t="s">
-        <v>566</v>
+        <v>521</v>
       </c>
       <c r="C274" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D274" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E274" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F274">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G274"/>
-      <c r="H274"/>
+      <c r="H274" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>567</v>
+        <v>522</v>
       </c>
       <c r="B275" t="s">
-        <v>568</v>
+        <v>523</v>
       </c>
       <c r="C275" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D275" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E275" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F275">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G275"/>
-      <c r="H275"/>
+      <c r="H275" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>569</v>
+        <v>524</v>
       </c>
       <c r="B276" t="s">
-        <v>570</v>
+        <v>525</v>
       </c>
       <c r="C276" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D276" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E276" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F276">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G276"/>
-      <c r="H276"/>
+      <c r="H276" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>571</v>
+        <v>526</v>
       </c>
       <c r="B277" t="s">
-        <v>572</v>
+        <v>527</v>
       </c>
       <c r="C277" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D277" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E277" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F277">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G277"/>
-      <c r="H277"/>
+      <c r="H277" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>573</v>
+        <v>528</v>
       </c>
       <c r="B278" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="C278"/>
+        <v>529</v>
+      </c>
+      <c r="C278" t="s">
+        <v>28</v>
+      </c>
       <c r="D278" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E278" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F278">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>226</v>
+        <v>29</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>575</v>
+        <v>530</v>
       </c>
       <c r="B279" t="s">
-        <v>576</v>
+        <v>531</v>
       </c>
       <c r="C279" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D279" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E279" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F279">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>577</v>
+        <v>532</v>
       </c>
       <c r="B280" t="s">
-        <v>578</v>
+        <v>533</v>
       </c>
       <c r="C280" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D280" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E280" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F280">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>247</v>
+        <v>29</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>579</v>
+        <v>534</v>
       </c>
       <c r="B281" t="s">
-        <v>580</v>
+        <v>535</v>
       </c>
       <c r="C281" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D281" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E281" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F281">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>581</v>
+        <v>536</v>
       </c>
       <c r="B282" t="s">
-        <v>582</v>
+        <v>537</v>
       </c>
       <c r="C282" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D282" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E282" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F282">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>583</v>
+        <v>538</v>
       </c>
       <c r="B283" t="s">
-        <v>584</v>
+        <v>539</v>
       </c>
       <c r="C283" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D283" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E283" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F283">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>295</v>
+        <v>48</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>585</v>
+        <v>540</v>
       </c>
       <c r="B284" t="s">
-        <v>586</v>
+        <v>541</v>
       </c>
       <c r="C284" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D284" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E284" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F284">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G284"/>
-      <c r="H284"/>
+      <c r="H284" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>587</v>
+        <v>542</v>
       </c>
       <c r="B285" t="s">
-        <v>588</v>
+        <v>543</v>
       </c>
       <c r="C285" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D285" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E285" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F285">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G285"/>
-      <c r="H285"/>
+      <c r="H285" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>589</v>
+        <v>544</v>
       </c>
       <c r="B286" t="s">
-        <v>590</v>
+        <v>545</v>
       </c>
       <c r="C286" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D286" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E286" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F286">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G286"/>
-      <c r="H286"/>
+      <c r="H286" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>591</v>
+        <v>546</v>
       </c>
       <c r="B287" t="s">
-        <v>592</v>
+        <v>547</v>
       </c>
       <c r="C287" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D287" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E287" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F287">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G287"/>
-      <c r="H287"/>
+      <c r="H287" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>593</v>
+        <v>548</v>
       </c>
       <c r="B288" t="s">
-        <v>594</v>
+        <v>549</v>
       </c>
       <c r="C288" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D288" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E288" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F288">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G288"/>
-      <c r="H288"/>
+      <c r="H288" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>595</v>
+        <v>550</v>
       </c>
       <c r="B289" t="s">
-        <v>596</v>
+        <v>551</v>
       </c>
       <c r="C289" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D289" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E289" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F289">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G289"/>
-      <c r="H289"/>
+      <c r="H289" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>597</v>
+        <v>552</v>
       </c>
       <c r="B290" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="C290"/>
       <c r="D290" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E290" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F290">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G290"/>
-      <c r="H290"/>
+      <c r="H290" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>599</v>
+        <v>554</v>
       </c>
       <c r="B291" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>555</v>
+      </c>
+      <c r="C291"/>
       <c r="D291" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E291" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F291">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G291"/>
-      <c r="H291"/>
+      <c r="H291" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>601</v>
+        <v>556</v>
       </c>
       <c r="B292" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="C292"/>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E292" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F292">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G292"/>
-      <c r="H292"/>
+      <c r="H292" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>603</v>
+        <v>558</v>
       </c>
       <c r="B293" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>559</v>
+      </c>
+      <c r="C293"/>
       <c r="D293" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E293" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F293">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G293"/>
-      <c r="H293"/>
+      <c r="H293" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>605</v>
+        <v>560</v>
       </c>
       <c r="B294" t="s">
-        <v>606</v>
-[...3 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="C294"/>
       <c r="D294" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E294" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F294">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G294"/>
-      <c r="H294"/>
+      <c r="H294" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>607</v>
+        <v>562</v>
       </c>
       <c r="B295" t="s">
-        <v>608</v>
-[...3 lines deleted...]
-      </c>
+        <v>563</v>
+      </c>
+      <c r="C295"/>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E295" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F295">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G295"/>
-      <c r="H295"/>
+      <c r="H295" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>609</v>
+        <v>564</v>
       </c>
       <c r="B296" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="C296"/>
       <c r="D296" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E296" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F296">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G296"/>
-      <c r="H296"/>
+      <c r="H296" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>611</v>
+        <v>566</v>
       </c>
       <c r="B297" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="C297"/>
       <c r="D297" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E297" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F297">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G297"/>
-      <c r="H297"/>
+      <c r="H297" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>613</v>
+        <v>567</v>
       </c>
       <c r="B298" t="s">
-        <v>614</v>
+        <v>568</v>
       </c>
       <c r="C298" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D298" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E298" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F298">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G298"/>
-      <c r="H298"/>
+      <c r="H298" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>615</v>
+        <v>569</v>
       </c>
       <c r="B299" t="s">
-        <v>616</v>
+        <v>570</v>
       </c>
       <c r="C299" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D299" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E299" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F299">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G299"/>
-      <c r="H299"/>
+      <c r="H299" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>617</v>
+        <v>571</v>
       </c>
       <c r="B300" t="s">
-        <v>618</v>
+        <v>572</v>
       </c>
       <c r="C300" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D300" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E300" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F300">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G300"/>
-      <c r="H300"/>
+      <c r="H300" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>619</v>
+        <v>573</v>
       </c>
       <c r="B301" t="s">
-        <v>620</v>
+        <v>574</v>
       </c>
       <c r="C301" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D301" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E301" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F301">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G301"/>
-      <c r="H301"/>
+      <c r="H301" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>621</v>
+        <v>575</v>
       </c>
       <c r="B302" t="s">
-        <v>622</v>
+        <v>576</v>
       </c>
       <c r="C302" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D302" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E302" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F302">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G302"/>
-      <c r="H302"/>
+      <c r="H302" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>623</v>
+        <v>577</v>
       </c>
       <c r="B303" t="s">
-        <v>624</v>
+        <v>578</v>
       </c>
       <c r="C303" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D303" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E303" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F303">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G303"/>
-      <c r="H303"/>
+      <c r="H303" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>625</v>
+        <v>579</v>
       </c>
       <c r="B304" t="s">
-        <v>626</v>
+        <v>580</v>
       </c>
       <c r="C304" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D304" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E304" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F304">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G304"/>
-      <c r="H304"/>
+      <c r="H304" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>627</v>
+        <v>581</v>
       </c>
       <c r="B305" t="s">
-        <v>628</v>
+        <v>582</v>
       </c>
       <c r="C305" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D305" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E305" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F305">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>629</v>
+        <v>583</v>
       </c>
       <c r="B306" t="s">
-        <v>630</v>
+        <v>584</v>
       </c>
       <c r="C306" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D306" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E306" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F306">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>253</v>
+        <v>30</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>631</v>
+        <v>585</v>
       </c>
       <c r="B307" t="s">
-        <v>632</v>
+        <v>586</v>
       </c>
       <c r="C307" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D307" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E307" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F307">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>226</v>
+        <v>58</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>633</v>
+        <v>587</v>
       </c>
       <c r="B308" t="s">
-        <v>634</v>
+        <v>588</v>
       </c>
       <c r="C308" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D308" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E308" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F308">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>237</v>
+        <v>72</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>635</v>
+        <v>589</v>
       </c>
       <c r="B309" t="s">
-        <v>636</v>
+        <v>590</v>
       </c>
       <c r="C309" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D309" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E309" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F309">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>250</v>
+        <v>101</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>637</v>
+        <v>591</v>
       </c>
       <c r="B310" t="s">
-        <v>638</v>
+        <v>592</v>
       </c>
       <c r="C310" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D310" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E310" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F310">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>639</v>
+        <v>593</v>
       </c>
       <c r="B311" t="s">
-        <v>640</v>
+        <v>594</v>
       </c>
       <c r="C311" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D311" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E311" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F311">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>295</v>
+        <v>58</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>641</v>
+        <v>595</v>
       </c>
       <c r="B312" t="s">
-        <v>642</v>
+        <v>596</v>
       </c>
       <c r="C312" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D312" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E312" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F312">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G312"/>
-      <c r="H312"/>
+      <c r="H312" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>643</v>
+        <v>597</v>
       </c>
       <c r="B313" t="s">
-        <v>644</v>
+        <v>598</v>
       </c>
       <c r="C313" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D313" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E313" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F313">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G313"/>
-      <c r="H313"/>
+      <c r="H313" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>645</v>
+        <v>599</v>
       </c>
       <c r="B314" t="s">
-        <v>646</v>
+        <v>600</v>
       </c>
       <c r="C314" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D314" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E314" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F314">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G314"/>
-      <c r="H314"/>
+      <c r="H314" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>647</v>
+        <v>601</v>
       </c>
       <c r="B315" t="s">
-        <v>648</v>
+        <v>602</v>
       </c>
       <c r="C315" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D315" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E315" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F315">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G315"/>
-      <c r="H315"/>
+      <c r="H315" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>649</v>
+        <v>603</v>
       </c>
       <c r="B316" t="s">
-        <v>650</v>
+        <v>604</v>
       </c>
       <c r="C316" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D316" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E316" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F316">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G316"/>
-      <c r="H316"/>
+      <c r="H316" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>651</v>
+        <v>605</v>
       </c>
       <c r="B317" t="s">
-        <v>652</v>
+        <v>606</v>
       </c>
       <c r="C317" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D317" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E317" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F317">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G317"/>
-      <c r="H317"/>
+      <c r="H317" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>653</v>
+        <v>607</v>
       </c>
       <c r="B318" t="s">
-        <v>654</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="C318"/>
       <c r="D318" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E318" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F318">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G318"/>
-      <c r="H318"/>
+      <c r="H318" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>655</v>
+        <v>609</v>
       </c>
       <c r="B319" t="s">
-        <v>656</v>
+        <v>610</v>
       </c>
       <c r="C319" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D319" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E319" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F319">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G319"/>
-      <c r="H319"/>
+      <c r="H319" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>657</v>
+        <v>611</v>
       </c>
       <c r="B320" t="s">
-        <v>658</v>
+        <v>612</v>
       </c>
       <c r="C320" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D320" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E320" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F320">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G320"/>
-      <c r="H320"/>
+      <c r="H320" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>659</v>
+        <v>613</v>
       </c>
       <c r="B321" t="s">
-        <v>660</v>
+        <v>614</v>
       </c>
       <c r="C321" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D321" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E321" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F321">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G321"/>
-      <c r="H321"/>
+      <c r="H321" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>661</v>
+        <v>615</v>
       </c>
       <c r="B322" t="s">
-        <v>662</v>
+        <v>616</v>
       </c>
       <c r="C322" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D322" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E322" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F322">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G322"/>
-      <c r="H322"/>
+      <c r="H322" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>663</v>
+        <v>617</v>
       </c>
       <c r="B323" t="s">
-        <v>664</v>
+        <v>618</v>
       </c>
       <c r="C323" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D323" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E323" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F323">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G323"/>
-      <c r="H323"/>
+      <c r="H323" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>665</v>
+        <v>619</v>
       </c>
       <c r="B324" t="s">
-        <v>666</v>
+        <v>620</v>
       </c>
       <c r="C324" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D324" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E324" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F324">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G324"/>
-      <c r="H324"/>
+      <c r="H324" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>667</v>
+        <v>621</v>
       </c>
       <c r="B325" t="s">
-        <v>668</v>
+        <v>622</v>
       </c>
       <c r="C325" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="D325" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E325" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F325">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>669</v>
+        <v>623</v>
       </c>
       <c r="B326" t="s">
-        <v>670</v>
-[...1 lines deleted...]
-      <c r="C326"/>
+        <v>624</v>
+      </c>
+      <c r="C326" t="s">
+        <v>28</v>
+      </c>
       <c r="D326" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="E326" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F326">
-        <v>2003</v>
-[...4 lines deleted...]
-      <c r="H326"/>
+        <v>2005</v>
+      </c>
+      <c r="G326"/>
+      <c r="H326" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>671</v>
+        <v>625</v>
       </c>
       <c r="B327" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="C327"/>
+        <v>626</v>
+      </c>
+      <c r="C327" t="s">
+        <v>28</v>
+      </c>
       <c r="D327" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E327" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F327">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>673</v>
+        <v>627</v>
       </c>
       <c r="B328" t="s">
-        <v>674</v>
+        <v>628</v>
       </c>
       <c r="C328" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D328" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E328" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F328">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>675</v>
+        <v>629</v>
       </c>
       <c r="B329" t="s">
-        <v>676</v>
+        <v>630</v>
       </c>
       <c r="C329" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D329" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E329" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F329">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>677</v>
+        <v>631</v>
       </c>
       <c r="B330" t="s">
-        <v>678</v>
+        <v>632</v>
       </c>
       <c r="C330" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D330" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E330" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F330">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>679</v>
+        <v>633</v>
       </c>
       <c r="B331" t="s">
-        <v>680</v>
+        <v>634</v>
       </c>
       <c r="C331" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D331" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E331" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F331">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>148</v>
+        <v>72</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>681</v>
+        <v>635</v>
       </c>
       <c r="B332" t="s">
-        <v>682</v>
+        <v>636</v>
       </c>
       <c r="C332" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D332" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E332" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F332">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G332"/>
-      <c r="H332"/>
+      <c r="H332" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>683</v>
+        <v>637</v>
       </c>
       <c r="B333" t="s">
-        <v>684</v>
+        <v>638</v>
       </c>
       <c r="C333" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D333" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E333" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F333">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G333"/>
-      <c r="H333"/>
+      <c r="H333" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>685</v>
+        <v>639</v>
       </c>
       <c r="B334" t="s">
-        <v>686</v>
+        <v>640</v>
       </c>
       <c r="C334" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D334" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E334" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F334">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G334"/>
-      <c r="H334"/>
+      <c r="H334" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>687</v>
+        <v>641</v>
       </c>
       <c r="B335" t="s">
-        <v>688</v>
+        <v>642</v>
       </c>
       <c r="C335" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D335" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E335" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F335">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G335"/>
-      <c r="H335"/>
+      <c r="H335" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>689</v>
+        <v>643</v>
       </c>
       <c r="B336" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="C336" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D336" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E336" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F336">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G336"/>
-      <c r="H336"/>
+      <c r="H336" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>691</v>
+        <v>645</v>
       </c>
       <c r="B337" t="s">
-        <v>692</v>
+        <v>646</v>
       </c>
       <c r="C337" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D337" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E337" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F337">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G337"/>
-      <c r="H337"/>
+      <c r="H337" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>693</v>
+        <v>647</v>
       </c>
       <c r="B338" t="s">
-        <v>694</v>
+        <v>648</v>
       </c>
       <c r="C338" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D338" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E338" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F338">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G338"/>
-      <c r="H338"/>
+      <c r="H338" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>695</v>
+        <v>649</v>
       </c>
       <c r="B339" t="s">
-        <v>696</v>
+        <v>650</v>
       </c>
       <c r="C339" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D339" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E339" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F339">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G339"/>
-      <c r="H339"/>
+      <c r="H339" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>697</v>
+        <v>651</v>
       </c>
       <c r="B340" t="s">
-        <v>698</v>
+        <v>652</v>
       </c>
       <c r="C340" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D340" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E340" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F340">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G340"/>
-      <c r="H340"/>
+      <c r="H340" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>699</v>
+        <v>653</v>
       </c>
       <c r="B341" t="s">
-        <v>700</v>
-[...1 lines deleted...]
-      <c r="C341"/>
+        <v>654</v>
+      </c>
+      <c r="C341" t="s">
+        <v>33</v>
+      </c>
       <c r="D341" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E341" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F341">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>701</v>
+        <v>655</v>
       </c>
       <c r="B342" t="s">
-        <v>702</v>
-[...1 lines deleted...]
-      <c r="C342"/>
+        <v>656</v>
+      </c>
+      <c r="C342" t="s">
+        <v>33</v>
+      </c>
       <c r="D342" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E342" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F342">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>703</v>
+        <v>657</v>
       </c>
       <c r="B343" t="s">
-        <v>704</v>
+        <v>658</v>
       </c>
       <c r="C343" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D343" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E343" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F343">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>705</v>
+        <v>659</v>
       </c>
       <c r="B344" t="s">
-        <v>706</v>
+        <v>660</v>
       </c>
       <c r="C344" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D344" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E344" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F344">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>707</v>
+        <v>661</v>
       </c>
       <c r="B345" t="s">
-        <v>708</v>
+        <v>662</v>
       </c>
       <c r="C345" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D345" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E345" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F345">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>709</v>
+        <v>663</v>
       </c>
       <c r="B346" t="s">
-        <v>710</v>
+        <v>664</v>
       </c>
       <c r="C346" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D346" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E346" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F346">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>295</v>
+        <v>58</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>711</v>
+        <v>665</v>
       </c>
       <c r="B347" t="s">
-        <v>712</v>
+        <v>666</v>
       </c>
       <c r="C347" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D347" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E347" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F347">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>295</v>
+        <v>39</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>713</v>
+        <v>667</v>
       </c>
       <c r="B348" t="s">
-        <v>714</v>
+        <v>668</v>
       </c>
       <c r="C348" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D348" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E348" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F348">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>295</v>
+        <v>65</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>715</v>
+        <v>669</v>
       </c>
       <c r="B349" t="s">
-        <v>716</v>
+        <v>670</v>
       </c>
       <c r="C349" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D349" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E349" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F349">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G349"/>
-      <c r="H349"/>
+      <c r="H349" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>717</v>
+        <v>671</v>
       </c>
       <c r="B350" t="s">
-        <v>718</v>
+        <v>672</v>
       </c>
       <c r="C350" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D350" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E350" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F350">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G350"/>
-      <c r="H350"/>
+      <c r="H350" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>719</v>
+        <v>673</v>
       </c>
       <c r="B351" t="s">
-        <v>720</v>
+        <v>674</v>
       </c>
       <c r="C351" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D351" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E351" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F351">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G351"/>
-      <c r="H351"/>
+      <c r="H351" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>721</v>
+        <v>675</v>
       </c>
       <c r="B352" t="s">
-        <v>722</v>
+        <v>676</v>
       </c>
       <c r="C352" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D352" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E352" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F352">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G352"/>
-      <c r="H352"/>
+      <c r="H352" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>723</v>
+        <v>677</v>
       </c>
       <c r="B353" t="s">
-        <v>724</v>
+        <v>678</v>
       </c>
       <c r="C353" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D353" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E353" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F353">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G353"/>
-      <c r="H353"/>
+      <c r="H353" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>725</v>
+        <v>679</v>
       </c>
       <c r="B354" t="s">
-        <v>726</v>
+        <v>680</v>
       </c>
       <c r="C354" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D354" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E354" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F354">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G354"/>
-      <c r="H354"/>
+      <c r="H354" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>727</v>
+        <v>681</v>
       </c>
       <c r="B355" t="s">
-        <v>728</v>
+        <v>682</v>
       </c>
       <c r="C355" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D355" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E355" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F355">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G355"/>
-      <c r="H355"/>
+      <c r="H355" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>729</v>
+        <v>683</v>
       </c>
       <c r="B356" t="s">
-        <v>730</v>
+        <v>684</v>
       </c>
       <c r="C356" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D356" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E356" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F356">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G356"/>
-      <c r="H356"/>
+      <c r="H356" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>731</v>
+        <v>685</v>
       </c>
       <c r="B357" t="s">
-        <v>732</v>
+        <v>686</v>
       </c>
       <c r="C357" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D357" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E357" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F357">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G357"/>
-      <c r="H357"/>
+      <c r="H357" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>733</v>
+        <v>687</v>
       </c>
       <c r="B358" t="s">
-        <v>734</v>
+        <v>688</v>
       </c>
       <c r="C358" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D358" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E358" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F358">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G358"/>
-      <c r="H358"/>
+      <c r="H358" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>735</v>
+        <v>689</v>
       </c>
       <c r="B359" t="s">
-        <v>736</v>
+        <v>690</v>
       </c>
       <c r="C359" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D359" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E359" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F359">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>737</v>
+        <v>691</v>
       </c>
       <c r="B360" t="s">
-        <v>738</v>
+        <v>692</v>
       </c>
       <c r="C360" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D360" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E360" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F360">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>739</v>
+        <v>693</v>
       </c>
       <c r="B361" t="s">
-        <v>740</v>
+        <v>694</v>
       </c>
       <c r="C361" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D361" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E361" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F361">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>741</v>
+        <v>695</v>
       </c>
       <c r="B362" t="s">
-        <v>742</v>
+        <v>696</v>
       </c>
       <c r="C362" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D362" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E362" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F362">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G362"/>
-      <c r="H362"/>
+      <c r="H362" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>743</v>
+        <v>697</v>
       </c>
       <c r="B363" t="s">
-        <v>744</v>
+        <v>698</v>
       </c>
       <c r="C363" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D363" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E363" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F363">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G363"/>
-      <c r="H363"/>
+      <c r="H363" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>745</v>
+        <v>699</v>
       </c>
       <c r="B364" t="s">
-        <v>746</v>
+        <v>700</v>
       </c>
       <c r="C364" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D364" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E364" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F364">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G364"/>
-      <c r="H364"/>
+      <c r="H364" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>747</v>
+        <v>701</v>
       </c>
       <c r="B365" t="s">
-        <v>748</v>
+        <v>702</v>
       </c>
       <c r="C365" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D365" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E365" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F365">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="G365"/>
-      <c r="H365"/>
+      <c r="H365" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>749</v>
+        <v>703</v>
       </c>
       <c r="B366" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="C366"/>
       <c r="D366" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="E366" t="s">
+        <v>16</v>
+      </c>
+      <c r="F366">
+        <v>2003</v>
+      </c>
+      <c r="G366" t="s">
         <v>12</v>
       </c>
-      <c r="F366">
-[...2 lines deleted...]
-      <c r="G366"/>
       <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>751</v>
+        <v>705</v>
       </c>
       <c r="B367" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="C367"/>
       <c r="D367" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E367" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F367">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G367"/>
-      <c r="H367"/>
+      <c r="H367" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>753</v>
+        <v>707</v>
       </c>
       <c r="B368" t="s">
-        <v>754</v>
+        <v>708</v>
       </c>
       <c r="C368" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D368" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E368" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F368">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G368"/>
-      <c r="H368"/>
+      <c r="H368" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>755</v>
+        <v>709</v>
       </c>
       <c r="B369" t="s">
-        <v>756</v>
+        <v>710</v>
       </c>
       <c r="C369" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D369" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E369" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F369">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G369"/>
-      <c r="H369"/>
+      <c r="H369" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>757</v>
+        <v>711</v>
       </c>
       <c r="B370" t="s">
-        <v>758</v>
+        <v>712</v>
       </c>
       <c r="C370" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D370" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E370" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F370">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G370"/>
-      <c r="H370"/>
+      <c r="H370" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>759</v>
+        <v>713</v>
       </c>
       <c r="B371" t="s">
-        <v>760</v>
+        <v>714</v>
       </c>
       <c r="C371" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="D371" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E371" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F371">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G371"/>
-      <c r="H371"/>
+      <c r="H371" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>761</v>
+        <v>715</v>
       </c>
       <c r="B372" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="C372"/>
+        <v>716</v>
+      </c>
+      <c r="C372" t="s">
+        <v>28</v>
+      </c>
       <c r="D372" t="s">
-        <v>428</v>
+        <v>52</v>
       </c>
       <c r="E372" t="s">
-        <v>429</v>
+        <v>22</v>
       </c>
       <c r="F372">
-        <v>2000</v>
-[...4 lines deleted...]
-      <c r="H372"/>
+        <v>2003</v>
+      </c>
+      <c r="G372"/>
+      <c r="H372" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>763</v>
+        <v>717</v>
       </c>
       <c r="B373" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-      <c r="D373"/>
+        <v>718</v>
+      </c>
+      <c r="C373" t="s">
+        <v>28</v>
+      </c>
+      <c r="D373" t="s">
+        <v>52</v>
+      </c>
       <c r="E373" t="s">
-        <v>765</v>
+        <v>22</v>
       </c>
       <c r="F373">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G373"/>
       <c r="H373" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>766</v>
+        <v>719</v>
       </c>
       <c r="B374" t="s">
-        <v>767</v>
+        <v>720</v>
       </c>
       <c r="C374" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D374" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E374" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F374">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>768</v>
+        <v>721</v>
       </c>
       <c r="B375" t="s">
-        <v>769</v>
+        <v>722</v>
       </c>
       <c r="C375" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D375" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E375" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F375">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>770</v>
+        <v>723</v>
       </c>
       <c r="B376" t="s">
-        <v>771</v>
+        <v>724</v>
       </c>
       <c r="C376" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D376" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E376" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F376">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>772</v>
+        <v>725</v>
       </c>
       <c r="B377" t="s">
-        <v>773</v>
+        <v>726</v>
       </c>
       <c r="C377" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D377" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E377" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F377">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G377"/>
-      <c r="H377"/>
+      <c r="H377" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>774</v>
+        <v>727</v>
       </c>
       <c r="B378" t="s">
-        <v>775</v>
+        <v>728</v>
       </c>
       <c r="C378" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D378" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E378" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F378">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G378"/>
-      <c r="H378"/>
+      <c r="H378" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>776</v>
+        <v>729</v>
       </c>
       <c r="B379" t="s">
-        <v>777</v>
+        <v>730</v>
       </c>
       <c r="C379" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D379" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E379" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F379">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G379"/>
-      <c r="H379"/>
+      <c r="H379" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>778</v>
+        <v>731</v>
       </c>
       <c r="B380" t="s">
-        <v>779</v>
+        <v>732</v>
       </c>
       <c r="C380" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D380" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E380" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F380">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G380"/>
-      <c r="H380"/>
+      <c r="H380" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>780</v>
+        <v>733</v>
       </c>
       <c r="B381" t="s">
-        <v>781</v>
-[...3 lines deleted...]
-      </c>
+        <v>734</v>
+      </c>
+      <c r="C381"/>
       <c r="D381" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E381" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F381">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="G381"/>
-      <c r="H381"/>
+      <c r="H381" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>782</v>
+        <v>735</v>
       </c>
       <c r="B382" t="s">
-        <v>783</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="C382"/>
       <c r="D382" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E382" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F382">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="G382"/>
-      <c r="H382"/>
+      <c r="H382" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>784</v>
+        <v>737</v>
       </c>
       <c r="B383" t="s">
-        <v>785</v>
+        <v>738</v>
       </c>
       <c r="C383" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D383" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E383" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F383">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="G383"/>
-      <c r="H383"/>
+      <c r="H383" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>786</v>
+        <v>739</v>
       </c>
       <c r="B384" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="C384"/>
+        <v>740</v>
+      </c>
+      <c r="C384" t="s">
+        <v>33</v>
+      </c>
       <c r="D384" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E384" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F384">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>788</v>
+        <v>741</v>
       </c>
       <c r="B385" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="C385"/>
+        <v>742</v>
+      </c>
+      <c r="C385" t="s">
+        <v>28</v>
+      </c>
       <c r="D385" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E385" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F385">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>253</v>
+        <v>77</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="B386" t="s">
-        <v>791</v>
-[...1 lines deleted...]
-      <c r="C386"/>
+        <v>744</v>
+      </c>
+      <c r="C386" t="s">
+        <v>28</v>
+      </c>
       <c r="D386" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E386" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F386">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>295</v>
+        <v>77</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>792</v>
+        <v>745</v>
       </c>
       <c r="B387" t="s">
-        <v>793</v>
+        <v>746</v>
       </c>
       <c r="C387" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D387" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E387" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F387">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>794</v>
+        <v>77</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>795</v>
+        <v>747</v>
       </c>
       <c r="B388" t="s">
-        <v>796</v>
+        <v>748</v>
       </c>
       <c r="C388" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D388" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E388" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F388">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>247</v>
+        <v>77</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>797</v>
+        <v>749</v>
       </c>
       <c r="B389" t="s">
-        <v>798</v>
+        <v>750</v>
       </c>
       <c r="C389" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D389" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E389" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F389">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>247</v>
+        <v>48</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>799</v>
+        <v>751</v>
       </c>
       <c r="B390" t="s">
-        <v>800</v>
+        <v>752</v>
       </c>
       <c r="C390" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D390" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E390" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F390">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>247</v>
+        <v>48</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>801</v>
+        <v>753</v>
       </c>
       <c r="B391" t="s">
-        <v>802</v>
+        <v>754</v>
       </c>
       <c r="C391" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D391" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E391" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F391">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
-        <v>226</v>
+        <v>29</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>803</v>
+        <v>755</v>
       </c>
       <c r="B392" t="s">
-        <v>804</v>
+        <v>756</v>
       </c>
       <c r="C392" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D392" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E392" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F392">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>295</v>
+        <v>39</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>805</v>
+        <v>757</v>
       </c>
       <c r="B393" t="s">
-        <v>806</v>
+        <v>758</v>
       </c>
       <c r="C393" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D393" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E393" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F393">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
-        <v>295</v>
+        <v>39</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>807</v>
+        <v>759</v>
       </c>
       <c r="B394" t="s">
-        <v>808</v>
+        <v>760</v>
       </c>
       <c r="C394" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D394" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E394" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F394">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G394"/>
-      <c r="H394"/>
+      <c r="H394" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>809</v>
+        <v>761</v>
       </c>
       <c r="B395" t="s">
-        <v>810</v>
+        <v>762</v>
       </c>
       <c r="C395" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D395" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E395" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F395">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G395"/>
-      <c r="H395"/>
+      <c r="H395" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>811</v>
+        <v>763</v>
       </c>
       <c r="B396" t="s">
-        <v>812</v>
+        <v>764</v>
       </c>
       <c r="C396" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D396" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E396" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F396">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G396"/>
-      <c r="H396"/>
+      <c r="H396" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>813</v>
+        <v>765</v>
       </c>
       <c r="B397" t="s">
-        <v>814</v>
+        <v>766</v>
       </c>
       <c r="C397" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D397" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E397" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F397">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G397"/>
-      <c r="H397"/>
+      <c r="H397" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>815</v>
+        <v>767</v>
       </c>
       <c r="B398" t="s">
-        <v>816</v>
+        <v>768</v>
       </c>
       <c r="C398" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D398" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E398" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F398">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="G398"/>
-      <c r="H398"/>
+      <c r="H398" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>817</v>
+        <v>769</v>
       </c>
       <c r="B399" t="s">
-        <v>818</v>
+        <v>770</v>
       </c>
       <c r="C399" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D399" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E399" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F399">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G399"/>
-      <c r="H399"/>
+      <c r="H399" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>819</v>
+        <v>771</v>
       </c>
       <c r="B400" t="s">
-        <v>820</v>
+        <v>772</v>
       </c>
       <c r="C400" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D400" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E400" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F400">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G400"/>
-      <c r="H400"/>
+      <c r="H400" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>821</v>
+        <v>773</v>
       </c>
       <c r="B401" t="s">
-        <v>822</v>
+        <v>774</v>
       </c>
       <c r="C401" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D401" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E401" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F401">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G401"/>
-      <c r="H401"/>
+      <c r="H401" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>823</v>
+        <v>775</v>
       </c>
       <c r="B402" t="s">
-        <v>824</v>
+        <v>776</v>
       </c>
       <c r="C402" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D402" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E402" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F402">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G402"/>
-      <c r="H402"/>
+      <c r="H402" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>825</v>
+        <v>777</v>
       </c>
       <c r="B403" t="s">
-        <v>826</v>
+        <v>778</v>
       </c>
       <c r="C403" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D403" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E403" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F403">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G403"/>
-      <c r="H403"/>
+      <c r="H403" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>827</v>
+        <v>779</v>
       </c>
       <c r="B404" t="s">
-        <v>828</v>
+        <v>780</v>
       </c>
       <c r="C404" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D404" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E404" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F404">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G404"/>
-      <c r="H404"/>
+      <c r="H404" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>829</v>
+        <v>781</v>
       </c>
       <c r="B405" t="s">
-        <v>830</v>
+        <v>782</v>
       </c>
       <c r="C405" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D405" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E405" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F405">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G405"/>
-      <c r="H405"/>
+      <c r="H405" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>831</v>
+        <v>783</v>
       </c>
       <c r="B406" t="s">
-        <v>832</v>
-[...1 lines deleted...]
-      <c r="C406"/>
+        <v>784</v>
+      </c>
+      <c r="C406" t="s">
+        <v>28</v>
+      </c>
       <c r="D406" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E406" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F406">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>250</v>
+        <v>58</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>833</v>
+        <v>785</v>
       </c>
       <c r="B407" t="s">
-        <v>834</v>
-[...1 lines deleted...]
-      <c r="C407"/>
+        <v>786</v>
+      </c>
+      <c r="C407" t="s">
+        <v>28</v>
+      </c>
       <c r="D407" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E407" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F407">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>835</v>
+        <v>787</v>
       </c>
       <c r="B408" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="C408"/>
+        <v>788</v>
+      </c>
+      <c r="C408" t="s">
+        <v>28</v>
+      </c>
       <c r="D408" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E408" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F408">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>237</v>
+        <v>43</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>837</v>
+        <v>789</v>
       </c>
       <c r="B409" t="s">
-        <v>838</v>
+        <v>790</v>
       </c>
       <c r="C409" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D409" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E409" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F409">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>247</v>
+        <v>72</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>839</v>
+        <v>791</v>
       </c>
       <c r="B410" t="s">
-        <v>840</v>
+        <v>792</v>
       </c>
       <c r="C410" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D410" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E410" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F410">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G410"/>
-      <c r="H410"/>
+      <c r="H410" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>841</v>
+        <v>793</v>
       </c>
       <c r="B411" t="s">
-        <v>842</v>
+        <v>794</v>
       </c>
       <c r="C411" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D411" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E411" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F411">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G411"/>
-      <c r="H411"/>
+      <c r="H411" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>843</v>
+        <v>795</v>
       </c>
       <c r="B412" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="C412"/>
       <c r="D412" t="s">
+        <v>467</v>
+      </c>
+      <c r="E412" t="s">
         <v>11</v>
       </c>
-      <c r="E412" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F412">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="G412"/>
+        <v>2000</v>
+      </c>
+      <c r="G412" t="s">
+        <v>55</v>
+      </c>
       <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>845</v>
+        <v>797</v>
       </c>
       <c r="B413" t="s">
-        <v>846</v>
-[...6 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="C413"/>
+      <c r="D413"/>
       <c r="E413" t="s">
-        <v>12</v>
+        <v>799</v>
       </c>
       <c r="F413">
-        <v>1998</v>
-[...2 lines deleted...]
-      <c r="H413"/>
+        <v>2000</v>
+      </c>
+      <c r="G413" t="s">
+        <v>55</v>
+      </c>
+      <c r="H413" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>847</v>
+        <v>800</v>
       </c>
       <c r="B414" t="s">
-        <v>848</v>
+        <v>801</v>
       </c>
       <c r="C414" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D414" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E414" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F414">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="G414"/>
-      <c r="H414"/>
+      <c r="H414" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>849</v>
+        <v>802</v>
       </c>
       <c r="B415" t="s">
-        <v>850</v>
+        <v>803</v>
       </c>
       <c r="C415" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D415" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E415" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F415">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="G415"/>
-      <c r="H415"/>
+      <c r="H415" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>851</v>
+        <v>804</v>
       </c>
       <c r="B416" t="s">
-        <v>852</v>
+        <v>805</v>
       </c>
       <c r="C416" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D416" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E416" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F416">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="G416"/>
-      <c r="H416"/>
+      <c r="H416" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>853</v>
+        <v>806</v>
       </c>
       <c r="B417" t="s">
-        <v>854</v>
+        <v>807</v>
       </c>
       <c r="C417" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D417" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E417" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F417">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="G417"/>
-      <c r="H417"/>
+      <c r="H417" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>855</v>
+        <v>808</v>
       </c>
       <c r="B418" t="s">
-        <v>856</v>
+        <v>809</v>
       </c>
       <c r="C418" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D418" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E418" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F418">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="G418"/>
-      <c r="H418"/>
+      <c r="H418" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>857</v>
+        <v>810</v>
       </c>
       <c r="B419" t="s">
-        <v>858</v>
+        <v>811</v>
       </c>
       <c r="C419" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D419" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E419" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F419">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="G419"/>
-      <c r="H419"/>
+      <c r="H419" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>859</v>
+        <v>812</v>
       </c>
       <c r="B420" t="s">
-        <v>860</v>
+        <v>813</v>
       </c>
       <c r="C420" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D420" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E420" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F420">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>861</v>
+        <v>814</v>
       </c>
       <c r="B421" t="s">
-        <v>862</v>
+        <v>815</v>
       </c>
       <c r="C421" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D421" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E421" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F421">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="G421"/>
-      <c r="H421"/>
+      <c r="H421" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>863</v>
+        <v>816</v>
       </c>
       <c r="B422" t="s">
-        <v>864</v>
+        <v>817</v>
       </c>
       <c r="C422" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D422" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E422" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F422">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="G422"/>
-      <c r="H422"/>
+      <c r="H422" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>865</v>
+        <v>818</v>
       </c>
       <c r="B423" t="s">
-        <v>866</v>
+        <v>819</v>
       </c>
       <c r="C423" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D423" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E423" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F423">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="G423"/>
-      <c r="H423"/>
+      <c r="H423" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>867</v>
+        <v>820</v>
       </c>
       <c r="B424" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="C424"/>
       <c r="D424" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E424" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F424">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="G424"/>
-      <c r="H424"/>
+      <c r="H424" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>869</v>
+        <v>822</v>
       </c>
       <c r="B425" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="C425"/>
       <c r="D425" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E425" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F425">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="G425"/>
-      <c r="H425"/>
+      <c r="H425" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>871</v>
+        <v>824</v>
       </c>
       <c r="B426" t="s">
-        <v>872</v>
+        <v>825</v>
       </c>
       <c r="C426"/>
       <c r="D426" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E426" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="F426">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
-        <v>247</v>
+        <v>77</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>873</v>
+        <v>826</v>
       </c>
       <c r="B427" t="s">
-        <v>874</v>
+        <v>827</v>
       </c>
       <c r="C427" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D427" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E427" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F427">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>295</v>
+        <v>43</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>875</v>
+        <v>828</v>
       </c>
       <c r="B428" t="s">
-        <v>876</v>
+        <v>829</v>
       </c>
       <c r="C428" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D428" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E428" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F428">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>877</v>
+        <v>830</v>
       </c>
       <c r="B429" t="s">
-        <v>878</v>
+        <v>831</v>
       </c>
       <c r="C429" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D429" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E429" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F429">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G429"/>
-      <c r="H429"/>
+      <c r="H429" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>879</v>
+        <v>832</v>
       </c>
       <c r="B430" t="s">
-        <v>880</v>
+        <v>833</v>
       </c>
       <c r="C430" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D430" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E430" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F430">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G430"/>
-      <c r="H430"/>
+      <c r="H430" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>881</v>
+        <v>834</v>
       </c>
       <c r="B431" t="s">
-        <v>882</v>
+        <v>835</v>
       </c>
       <c r="C431" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D431" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E431" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F431">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G431"/>
-      <c r="H431"/>
+      <c r="H431" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>883</v>
+        <v>836</v>
       </c>
       <c r="B432" t="s">
-        <v>884</v>
+        <v>837</v>
       </c>
       <c r="C432" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D432" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E432" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F432">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G432"/>
-      <c r="H432"/>
+      <c r="H432" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>885</v>
+        <v>838</v>
       </c>
       <c r="B433" t="s">
-        <v>886</v>
+        <v>839</v>
       </c>
       <c r="C433" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D433" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E433" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F433">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G433"/>
-      <c r="H433"/>
+      <c r="H433" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>887</v>
+        <v>840</v>
       </c>
       <c r="B434" t="s">
-        <v>888</v>
+        <v>841</v>
       </c>
       <c r="C434" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D434" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E434" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F434">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G434"/>
-      <c r="H434"/>
+      <c r="H434" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>889</v>
+        <v>842</v>
       </c>
       <c r="B435" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="C435"/>
+        <v>843</v>
+      </c>
+      <c r="C435" t="s">
+        <v>28</v>
+      </c>
       <c r="D435" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E435" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F435">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>237</v>
+        <v>13</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>891</v>
+        <v>844</v>
       </c>
       <c r="B436" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="C436"/>
+        <v>845</v>
+      </c>
+      <c r="C436" t="s">
+        <v>28</v>
+      </c>
       <c r="D436" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E436" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F436">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>893</v>
+        <v>846</v>
       </c>
       <c r="B437" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="C437"/>
+        <v>847</v>
+      </c>
+      <c r="C437" t="s">
+        <v>28</v>
+      </c>
       <c r="D437" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E437" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F437">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>895</v>
+        <v>848</v>
       </c>
       <c r="B438" t="s">
-        <v>896</v>
+        <v>849</v>
       </c>
       <c r="C438" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D438" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E438" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F438">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>897</v>
+        <v>850</v>
       </c>
       <c r="B439" t="s">
-        <v>898</v>
+        <v>851</v>
       </c>
       <c r="C439" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D439" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E439" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F439">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>899</v>
+        <v>852</v>
       </c>
       <c r="B440" t="s">
-        <v>900</v>
+        <v>853</v>
       </c>
       <c r="C440" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D440" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E440" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F440">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G440"/>
-      <c r="H440"/>
+      <c r="H440" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>901</v>
+        <v>854</v>
       </c>
       <c r="B441" t="s">
-        <v>902</v>
+        <v>855</v>
       </c>
       <c r="C441" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D441" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E441" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F441">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="G441"/>
-      <c r="H441"/>
+      <c r="H441" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>903</v>
+        <v>856</v>
       </c>
       <c r="B442" t="s">
-        <v>904</v>
-[...2 lines deleted...]
-      <c r="D442"/>
+        <v>857</v>
+      </c>
+      <c r="C442" t="s">
+        <v>28</v>
+      </c>
+      <c r="D442" t="s">
+        <v>52</v>
+      </c>
       <c r="E442" t="s">
-        <v>765</v>
+        <v>22</v>
       </c>
       <c r="F442">
-        <v>1994</v>
-[...4 lines deleted...]
-      <c r="H442"/>
+        <v>1999</v>
+      </c>
+      <c r="G442"/>
+      <c r="H442" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>905</v>
+        <v>858</v>
       </c>
       <c r="B443" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="C443"/>
+        <v>859</v>
+      </c>
+      <c r="C443" t="s">
+        <v>28</v>
+      </c>
       <c r="D443" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E443" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F443">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>907</v>
+        <v>860</v>
       </c>
       <c r="B444" t="s">
-        <v>908</v>
+        <v>861</v>
       </c>
       <c r="C444" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D444" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E444" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F444">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>909</v>
+        <v>862</v>
       </c>
       <c r="B445" t="s">
-        <v>910</v>
+        <v>863</v>
       </c>
       <c r="C445" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D445" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E445" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F445">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>250</v>
+        <v>101</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>911</v>
+        <v>864</v>
       </c>
       <c r="B446" t="s">
-        <v>912</v>
-[...3 lines deleted...]
-      </c>
+        <v>865</v>
+      </c>
+      <c r="C446"/>
       <c r="D446" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E446" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F446">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G446"/>
-      <c r="H446"/>
+      <c r="H446" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>913</v>
+        <v>866</v>
       </c>
       <c r="B447" t="s">
-        <v>914</v>
-[...3 lines deleted...]
-      </c>
+        <v>867</v>
+      </c>
+      <c r="C447"/>
       <c r="D447" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E447" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F447">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G447"/>
-      <c r="H447"/>
+      <c r="H447" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>915</v>
+        <v>868</v>
       </c>
       <c r="B448" t="s">
-        <v>916</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="C448"/>
       <c r="D448" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E448" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F448">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G448"/>
-      <c r="H448"/>
+      <c r="H448" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>917</v>
+        <v>870</v>
       </c>
       <c r="B449" t="s">
-        <v>918</v>
+        <v>871</v>
       </c>
       <c r="C449" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D449" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E449" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F449">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G449"/>
-      <c r="H449"/>
+      <c r="H449" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>919</v>
+        <v>872</v>
       </c>
       <c r="B450" t="s">
-        <v>920</v>
+        <v>873</v>
       </c>
       <c r="C450" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D450" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E450" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F450">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G450"/>
-      <c r="H450"/>
+      <c r="H450" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>921</v>
+        <v>874</v>
       </c>
       <c r="B451" t="s">
-        <v>922</v>
+        <v>875</v>
       </c>
       <c r="C451" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D451" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E451" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F451">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G451"/>
-      <c r="H451"/>
+      <c r="H451" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>923</v>
+        <v>876</v>
       </c>
       <c r="B452" t="s">
-        <v>924</v>
+        <v>877</v>
       </c>
       <c r="C452" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D452" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E452" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F452">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G452"/>
-      <c r="H452"/>
+      <c r="H452" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>925</v>
+        <v>878</v>
       </c>
       <c r="B453" t="s">
-        <v>926</v>
+        <v>879</v>
       </c>
       <c r="C453" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D453" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E453" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F453">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G453"/>
-      <c r="H453"/>
+      <c r="H453" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>927</v>
+        <v>880</v>
       </c>
       <c r="B454" t="s">
-        <v>928</v>
+        <v>881</v>
       </c>
       <c r="C454" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D454" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E454" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F454">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G454"/>
-      <c r="H454"/>
+      <c r="H454" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>929</v>
+        <v>882</v>
       </c>
       <c r="B455" t="s">
-        <v>930</v>
+        <v>883</v>
       </c>
       <c r="C455" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D455" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E455" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F455">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G455"/>
-      <c r="H455"/>
+      <c r="H455" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>931</v>
+        <v>884</v>
       </c>
       <c r="B456" t="s">
-        <v>932</v>
+        <v>885</v>
       </c>
       <c r="C456" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D456" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E456" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F456">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G456"/>
-      <c r="H456"/>
+      <c r="H456" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>933</v>
+        <v>886</v>
       </c>
       <c r="B457" t="s">
-        <v>934</v>
+        <v>887</v>
       </c>
       <c r="C457" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D457" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E457" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F457">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G457"/>
-      <c r="H457"/>
+      <c r="H457" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>935</v>
+        <v>888</v>
       </c>
       <c r="B458" t="s">
-        <v>936</v>
+        <v>889</v>
       </c>
       <c r="C458" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D458" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E458" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F458">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G458"/>
-      <c r="H458"/>
+      <c r="H458" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>937</v>
+        <v>890</v>
       </c>
       <c r="B459" t="s">
-        <v>938</v>
+        <v>891</v>
       </c>
       <c r="C459" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D459" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E459" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F459">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="G459"/>
-      <c r="H459"/>
+      <c r="H459" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>939</v>
+        <v>892</v>
       </c>
       <c r="B460" t="s">
-        <v>940</v>
+        <v>893</v>
       </c>
       <c r="C460" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D460" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E460" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F460">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G460"/>
-      <c r="H460"/>
+      <c r="H460" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>941</v>
+        <v>894</v>
       </c>
       <c r="B461" t="s">
-        <v>942</v>
+        <v>895</v>
       </c>
       <c r="C461" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D461" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E461" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F461">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G461"/>
-      <c r="H461"/>
+      <c r="H461" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>943</v>
+        <v>896</v>
       </c>
       <c r="B462" t="s">
-        <v>944</v>
+        <v>897</v>
       </c>
       <c r="C462" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D462" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E462" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F462">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G462"/>
-      <c r="H462"/>
+      <c r="H462" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>945</v>
+        <v>898</v>
       </c>
       <c r="B463" t="s">
-        <v>946</v>
+        <v>899</v>
       </c>
       <c r="C463" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D463" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E463" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F463">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G463"/>
-      <c r="H463"/>
+      <c r="H463" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>947</v>
+        <v>900</v>
       </c>
       <c r="B464" t="s">
-        <v>948</v>
+        <v>901</v>
       </c>
       <c r="C464" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D464" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E464" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F464">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G464"/>
-      <c r="H464"/>
+      <c r="H464" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>949</v>
+        <v>902</v>
       </c>
       <c r="B465" t="s">
-        <v>950</v>
+        <v>903</v>
       </c>
       <c r="C465" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D465" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E465" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F465">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G465"/>
-      <c r="H465"/>
+      <c r="H465" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>951</v>
+        <v>904</v>
       </c>
       <c r="B466" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="C466"/>
       <c r="D466" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E466" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F466">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="G466"/>
-      <c r="H466"/>
+      <c r="H466" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>953</v>
+        <v>906</v>
       </c>
       <c r="B467" t="s">
-        <v>954</v>
+        <v>907</v>
       </c>
       <c r="C467" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D467" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E467" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F467">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="G467"/>
-      <c r="H467"/>
+      <c r="H467" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>955</v>
+        <v>908</v>
       </c>
       <c r="B468" t="s">
-        <v>956</v>
+        <v>909</v>
       </c>
       <c r="C468" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D468" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E468" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F468">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="G468"/>
-      <c r="H468"/>
+      <c r="H468" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>957</v>
+        <v>910</v>
       </c>
       <c r="B469" t="s">
-        <v>958</v>
+        <v>911</v>
       </c>
       <c r="C469" t="s">
-        <v>314</v>
+        <v>28</v>
       </c>
       <c r="D469" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="E469" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F469">
-        <v>1994</v>
-[...4 lines deleted...]
-      <c r="H469"/>
+        <v>1996</v>
+      </c>
+      <c r="G469"/>
+      <c r="H469" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>959</v>
+        <v>912</v>
       </c>
       <c r="B470" t="s">
-        <v>960</v>
-[...1 lines deleted...]
-      <c r="C470"/>
+        <v>913</v>
+      </c>
+      <c r="C470" t="s">
+        <v>28</v>
+      </c>
       <c r="D470" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E470" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F470">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>961</v>
+        <v>914</v>
       </c>
       <c r="B471" t="s">
-        <v>962</v>
+        <v>915</v>
       </c>
       <c r="C471" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D471" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E471" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F471">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="G471"/>
-      <c r="H471"/>
+      <c r="H471" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>963</v>
+        <v>916</v>
       </c>
       <c r="B472" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="C472"/>
+        <v>917</v>
+      </c>
+      <c r="C472" t="s">
+        <v>28</v>
+      </c>
       <c r="D472" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E472" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F472">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>965</v>
+        <v>918</v>
       </c>
       <c r="B473" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="C473"/>
+        <v>919</v>
+      </c>
+      <c r="C473" t="s">
+        <v>28</v>
+      </c>
       <c r="D473" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E473" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F473">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>295</v>
+        <v>132</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>967</v>
+        <v>920</v>
       </c>
       <c r="B474" t="s">
-        <v>968</v>
+        <v>921</v>
       </c>
       <c r="C474" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D474" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E474" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F474">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>247</v>
+        <v>132</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>969</v>
+        <v>922</v>
       </c>
       <c r="B475" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>923</v>
+      </c>
+      <c r="C475"/>
       <c r="D475" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E475" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F475">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="G475"/>
-      <c r="H475"/>
+      <c r="H475" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>971</v>
+        <v>924</v>
       </c>
       <c r="B476" t="s">
-        <v>972</v>
-[...3 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="C476"/>
       <c r="D476" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E476" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F476">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="G476"/>
-      <c r="H476"/>
+      <c r="H476" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>973</v>
+        <v>926</v>
       </c>
       <c r="B477" t="s">
-        <v>974</v>
-[...3 lines deleted...]
-      </c>
+        <v>927</v>
+      </c>
+      <c r="C477"/>
       <c r="D477" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E477" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F477">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="G477"/>
-      <c r="H477"/>
+      <c r="H477" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>975</v>
+        <v>928</v>
       </c>
       <c r="B478" t="s">
-        <v>976</v>
+        <v>929</v>
       </c>
       <c r="C478" t="s">
-        <v>314</v>
+        <v>28</v>
       </c>
       <c r="D478" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="E478" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F478">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="H478"/>
+        <v>1995</v>
+      </c>
+      <c r="G478"/>
+      <c r="H478" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>977</v>
+        <v>930</v>
       </c>
       <c r="B479" t="s">
-        <v>978</v>
+        <v>931</v>
       </c>
       <c r="C479" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D479" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E479" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F479">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>247</v>
+        <v>77</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>979</v>
+        <v>932</v>
       </c>
       <c r="B480" t="s">
-        <v>980</v>
+        <v>933</v>
       </c>
       <c r="C480" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D480" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E480" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F480">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>981</v>
+        <v>934</v>
       </c>
       <c r="B481" t="s">
-        <v>982</v>
+        <v>935</v>
       </c>
       <c r="C481" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D481" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E481" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F481">
-        <v>1989</v>
+        <v>1995</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
-        <v>247</v>
+        <v>72</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>983</v>
+        <v>936</v>
       </c>
       <c r="B482" t="s">
-        <v>984</v>
-[...6 lines deleted...]
-      </c>
+        <v>937</v>
+      </c>
+      <c r="C482"/>
+      <c r="D482"/>
       <c r="E482" t="s">
-        <v>12</v>
+        <v>799</v>
       </c>
       <c r="F482">
-        <v>1989</v>
-[...4 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="G482" t="s">
+        <v>55</v>
+      </c>
+      <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>985</v>
+        <v>938</v>
       </c>
       <c r="B483" t="s">
-        <v>986</v>
-[...3 lines deleted...]
-      </c>
+        <v>939</v>
+      </c>
+      <c r="C483"/>
       <c r="D483" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E483" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F483">
-        <v>1987</v>
+        <v>1994</v>
       </c>
       <c r="G483"/>
-      <c r="H483"/>
+      <c r="H483" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>987</v>
+        <v>940</v>
       </c>
       <c r="B484" t="s">
-        <v>988</v>
+        <v>941</v>
       </c>
       <c r="C484" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D484" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E484" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F484">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
-        <v>250</v>
+        <v>77</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>989</v>
+        <v>942</v>
       </c>
       <c r="B485" t="s">
-        <v>990</v>
+        <v>943</v>
       </c>
       <c r="C485" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D485" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E485" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F485">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>991</v>
+        <v>944</v>
       </c>
       <c r="B486" t="s">
-        <v>992</v>
-[...1 lines deleted...]
-      <c r="C486"/>
+        <v>945</v>
+      </c>
+      <c r="C486" t="s">
+        <v>28</v>
+      </c>
       <c r="D486" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E486" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F486">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>993</v>
+        <v>946</v>
       </c>
       <c r="B487" t="s">
-        <v>994</v>
+        <v>947</v>
       </c>
       <c r="C487" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D487" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E487" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F487">
-        <v>1974</v>
+        <v>1994</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>995</v>
-[...5 lines deleted...]
-      <c r="F488"/>
+        <v>948</v>
+      </c>
+      <c r="B488" t="s">
+        <v>949</v>
+      </c>
+      <c r="C488" t="s">
+        <v>28</v>
+      </c>
+      <c r="D488" t="s">
+        <v>52</v>
+      </c>
+      <c r="E488" t="s">
+        <v>22</v>
+      </c>
+      <c r="F488">
+        <v>1994</v>
+      </c>
       <c r="G488"/>
-      <c r="H488"/>
+      <c r="H488" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>996</v>
-[...5 lines deleted...]
-      <c r="F489"/>
+        <v>950</v>
+      </c>
+      <c r="B489" t="s">
+        <v>951</v>
+      </c>
+      <c r="C489" t="s">
+        <v>28</v>
+      </c>
+      <c r="D489" t="s">
+        <v>52</v>
+      </c>
+      <c r="E489" t="s">
+        <v>22</v>
+      </c>
+      <c r="F489">
+        <v>1994</v>
+      </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>997</v>
-[...5 lines deleted...]
-      <c r="F490"/>
+        <v>952</v>
+      </c>
+      <c r="B490" t="s">
+        <v>953</v>
+      </c>
+      <c r="C490" t="s">
+        <v>28</v>
+      </c>
+      <c r="D490" t="s">
+        <v>52</v>
+      </c>
+      <c r="E490" t="s">
+        <v>22</v>
+      </c>
+      <c r="F490">
+        <v>1994</v>
+      </c>
       <c r="G490"/>
-      <c r="H490"/>
+      <c r="H490" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>998</v>
-[...5 lines deleted...]
-      <c r="F491"/>
+        <v>954</v>
+      </c>
+      <c r="B491" t="s">
+        <v>955</v>
+      </c>
+      <c r="C491" t="s">
+        <v>28</v>
+      </c>
+      <c r="D491" t="s">
+        <v>52</v>
+      </c>
+      <c r="E491" t="s">
+        <v>22</v>
+      </c>
+      <c r="F491">
+        <v>1994</v>
+      </c>
       <c r="G491"/>
-      <c r="H491"/>
+      <c r="H491" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>999</v>
-[...5 lines deleted...]
-      <c r="F492"/>
+        <v>956</v>
+      </c>
+      <c r="B492" t="s">
+        <v>957</v>
+      </c>
+      <c r="C492" t="s">
+        <v>28</v>
+      </c>
+      <c r="D492" t="s">
+        <v>52</v>
+      </c>
+      <c r="E492" t="s">
+        <v>22</v>
+      </c>
+      <c r="F492">
+        <v>1994</v>
+      </c>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1000</v>
-[...5 lines deleted...]
-      <c r="F493"/>
+        <v>958</v>
+      </c>
+      <c r="B493" t="s">
+        <v>959</v>
+      </c>
+      <c r="C493" t="s">
+        <v>28</v>
+      </c>
+      <c r="D493" t="s">
+        <v>52</v>
+      </c>
+      <c r="E493" t="s">
+        <v>22</v>
+      </c>
+      <c r="F493">
+        <v>1994</v>
+      </c>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1001</v>
+        <v>960</v>
       </c>
       <c r="B494" t="s">
-        <v>1002</v>
-[...4 lines deleted...]
-      <c r="F494"/>
+        <v>961</v>
+      </c>
+      <c r="C494" t="s">
+        <v>28</v>
+      </c>
+      <c r="D494" t="s">
+        <v>52</v>
+      </c>
+      <c r="E494" t="s">
+        <v>22</v>
+      </c>
+      <c r="F494">
+        <v>1994</v>
+      </c>
       <c r="G494"/>
       <c r="H494" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1003</v>
+        <v>962</v>
       </c>
       <c r="B495" t="s">
-        <v>1004</v>
-[...4 lines deleted...]
-      <c r="F495"/>
+        <v>963</v>
+      </c>
+      <c r="C495" t="s">
+        <v>28</v>
+      </c>
+      <c r="D495" t="s">
+        <v>52</v>
+      </c>
+      <c r="E495" t="s">
+        <v>22</v>
+      </c>
+      <c r="F495">
+        <v>1994</v>
+      </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1005</v>
+        <v>964</v>
       </c>
       <c r="B496" t="s">
-        <v>1006</v>
-[...4 lines deleted...]
-      <c r="F496"/>
+        <v>965</v>
+      </c>
+      <c r="C496" t="s">
+        <v>28</v>
+      </c>
+      <c r="D496" t="s">
+        <v>52</v>
+      </c>
+      <c r="E496" t="s">
+        <v>22</v>
+      </c>
+      <c r="F496">
+        <v>1994</v>
+      </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1007</v>
+        <v>966</v>
       </c>
       <c r="B497" t="s">
-        <v>1008</v>
-[...4 lines deleted...]
-      <c r="F497"/>
+        <v>967</v>
+      </c>
+      <c r="C497" t="s">
+        <v>28</v>
+      </c>
+      <c r="D497" t="s">
+        <v>52</v>
+      </c>
+      <c r="E497" t="s">
+        <v>22</v>
+      </c>
+      <c r="F497">
+        <v>1994</v>
+      </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1009</v>
+        <v>968</v>
       </c>
       <c r="B498" t="s">
-        <v>1010</v>
-[...4 lines deleted...]
-      <c r="F498"/>
+        <v>969</v>
+      </c>
+      <c r="C498" t="s">
+        <v>28</v>
+      </c>
+      <c r="D498" t="s">
+        <v>52</v>
+      </c>
+      <c r="E498" t="s">
+        <v>22</v>
+      </c>
+      <c r="F498">
+        <v>1994</v>
+      </c>
       <c r="G498"/>
       <c r="H498" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1011</v>
+        <v>970</v>
       </c>
       <c r="B499" t="s">
-        <v>1012</v>
-[...4 lines deleted...]
-      <c r="F499"/>
+        <v>971</v>
+      </c>
+      <c r="C499" t="s">
+        <v>28</v>
+      </c>
+      <c r="D499" t="s">
+        <v>52</v>
+      </c>
+      <c r="E499" t="s">
+        <v>22</v>
+      </c>
+      <c r="F499">
+        <v>1994</v>
+      </c>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1013</v>
+        <v>972</v>
       </c>
       <c r="B500" t="s">
-        <v>1014</v>
-[...4 lines deleted...]
-      <c r="F500"/>
+        <v>973</v>
+      </c>
+      <c r="C500" t="s">
+        <v>28</v>
+      </c>
+      <c r="D500" t="s">
+        <v>52</v>
+      </c>
+      <c r="E500" t="s">
+        <v>22</v>
+      </c>
+      <c r="F500">
+        <v>1994</v>
+      </c>
       <c r="G500"/>
       <c r="H500" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1015</v>
+        <v>974</v>
       </c>
       <c r="B501" t="s">
-        <v>1016</v>
-[...4 lines deleted...]
-      <c r="F501"/>
+        <v>975</v>
+      </c>
+      <c r="C501" t="s">
+        <v>28</v>
+      </c>
+      <c r="D501" t="s">
+        <v>52</v>
+      </c>
+      <c r="E501" t="s">
+        <v>22</v>
+      </c>
+      <c r="F501">
+        <v>1994</v>
+      </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1017</v>
+        <v>976</v>
       </c>
       <c r="B502" t="s">
-        <v>1016</v>
-[...4 lines deleted...]
-      <c r="F502"/>
+        <v>977</v>
+      </c>
+      <c r="C502" t="s">
+        <v>28</v>
+      </c>
+      <c r="D502" t="s">
+        <v>52</v>
+      </c>
+      <c r="E502" t="s">
+        <v>22</v>
+      </c>
+      <c r="F502">
+        <v>1994</v>
+      </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1018</v>
+        <v>978</v>
       </c>
       <c r="B503" t="s">
-        <v>1016</v>
-[...4 lines deleted...]
-      <c r="F503"/>
+        <v>979</v>
+      </c>
+      <c r="C503" t="s">
+        <v>28</v>
+      </c>
+      <c r="D503" t="s">
+        <v>52</v>
+      </c>
+      <c r="E503" t="s">
+        <v>22</v>
+      </c>
+      <c r="F503">
+        <v>1994</v>
+      </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1019</v>
+        <v>980</v>
       </c>
       <c r="B504" t="s">
-        <v>1016</v>
-[...4 lines deleted...]
-      <c r="F504"/>
+        <v>981</v>
+      </c>
+      <c r="C504" t="s">
+        <v>28</v>
+      </c>
+      <c r="D504" t="s">
+        <v>52</v>
+      </c>
+      <c r="E504" t="s">
+        <v>22</v>
+      </c>
+      <c r="F504">
+        <v>1994</v>
+      </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1020</v>
+        <v>982</v>
       </c>
       <c r="B505" t="s">
-        <v>1021</v>
-[...4 lines deleted...]
-      <c r="F505"/>
+        <v>983</v>
+      </c>
+      <c r="C505" t="s">
+        <v>28</v>
+      </c>
+      <c r="D505" t="s">
+        <v>52</v>
+      </c>
+      <c r="E505" t="s">
+        <v>22</v>
+      </c>
+      <c r="F505">
+        <v>1994</v>
+      </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>260</v>
+        <v>26</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1022</v>
+        <v>984</v>
       </c>
       <c r="B506" t="s">
-        <v>1023</v>
-[...4 lines deleted...]
-      <c r="F506"/>
+        <v>985</v>
+      </c>
+      <c r="C506" t="s">
+        <v>28</v>
+      </c>
+      <c r="D506" t="s">
+        <v>52</v>
+      </c>
+      <c r="E506" t="s">
+        <v>22</v>
+      </c>
+      <c r="F506">
+        <v>1994</v>
+      </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>260</v>
+        <v>29</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1024</v>
+        <v>986</v>
       </c>
       <c r="B507" t="s">
-        <v>1025</v>
-[...4 lines deleted...]
-      <c r="F507"/>
+        <v>987</v>
+      </c>
+      <c r="C507" t="s">
+        <v>28</v>
+      </c>
+      <c r="D507" t="s">
+        <v>52</v>
+      </c>
+      <c r="E507" t="s">
+        <v>22</v>
+      </c>
+      <c r="F507">
+        <v>1994</v>
+      </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>260</v>
+        <v>26</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1026</v>
+        <v>988</v>
       </c>
       <c r="B508" t="s">
-        <v>1027</v>
-[...4 lines deleted...]
-      <c r="F508"/>
+        <v>989</v>
+      </c>
+      <c r="C508" t="s">
+        <v>28</v>
+      </c>
+      <c r="D508" t="s">
+        <v>52</v>
+      </c>
+      <c r="E508" t="s">
+        <v>22</v>
+      </c>
+      <c r="F508">
+        <v>1994</v>
+      </c>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1028</v>
+        <v>990</v>
       </c>
       <c r="B509" t="s">
-        <v>1029</v>
-[...8 lines deleted...]
-      </c>
+        <v>991</v>
+      </c>
+      <c r="C509" t="s">
+        <v>353</v>
+      </c>
+      <c r="D509" t="s">
+        <v>354</v>
+      </c>
+      <c r="E509" t="s">
+        <v>22</v>
+      </c>
+      <c r="F509">
+        <v>1994</v>
+      </c>
+      <c r="G509" t="s">
+        <v>12</v>
+      </c>
+      <c r="H509"/>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1031</v>
+        <v>992</v>
       </c>
       <c r="B510" t="s">
-        <v>1032</v>
+        <v>993</v>
       </c>
       <c r="C510"/>
-      <c r="D510"/>
-[...1 lines deleted...]
-      <c r="F510"/>
+      <c r="D510" t="s">
+        <v>38</v>
+      </c>
+      <c r="E510" t="s">
+        <v>16</v>
+      </c>
+      <c r="F510">
+        <v>1993</v>
+      </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1033</v>
+        <v>994</v>
       </c>
       <c r="B511" t="s">
-        <v>1034</v>
-[...4 lines deleted...]
-      <c r="F511"/>
+        <v>995</v>
+      </c>
+      <c r="C511" t="s">
+        <v>28</v>
+      </c>
+      <c r="D511" t="s">
+        <v>52</v>
+      </c>
+      <c r="E511" t="s">
+        <v>22</v>
+      </c>
+      <c r="F511">
+        <v>1993</v>
+      </c>
       <c r="G511"/>
       <c r="H511" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1035</v>
+        <v>996</v>
       </c>
       <c r="B512" t="s">
-        <v>1016</v>
+        <v>997</v>
       </c>
       <c r="C512"/>
-      <c r="D512"/>
-[...1 lines deleted...]
-      <c r="F512"/>
+      <c r="D512" t="s">
+        <v>38</v>
+      </c>
+      <c r="E512" t="s">
+        <v>16</v>
+      </c>
+      <c r="F512">
+        <v>1992</v>
+      </c>
       <c r="G512"/>
       <c r="H512" t="s">
-        <v>237</v>
+        <v>26</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1036</v>
+        <v>998</v>
       </c>
       <c r="B513" t="s">
-        <v>432</v>
+        <v>999</v>
       </c>
       <c r="C513"/>
       <c r="D513" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E513" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F513"/>
+        <v>16</v>
+      </c>
+      <c r="F513">
+        <v>1992</v>
+      </c>
       <c r="G513"/>
       <c r="H513" t="s">
-        <v>295</v>
+        <v>77</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1037</v>
+        <v>1000</v>
       </c>
       <c r="B514" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="C514"/>
+        <v>1001</v>
+      </c>
+      <c r="C514" t="s">
+        <v>28</v>
+      </c>
       <c r="D514" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="E514" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F514"/>
+        <v>22</v>
+      </c>
+      <c r="F514">
+        <v>1992</v>
+      </c>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>237</v>
+        <v>29</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1038</v>
+        <v>1002</v>
       </c>
       <c r="B515" t="s">
-        <v>1039</v>
+        <v>1003</v>
       </c>
       <c r="C515" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D515" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E515" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F515"/>
+        <v>22</v>
+      </c>
+      <c r="F515">
+        <v>1992</v>
+      </c>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>253</v>
+        <v>48</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1040</v>
+        <v>1004</v>
       </c>
       <c r="B516" t="s">
-        <v>1041</v>
+        <v>1005</v>
       </c>
       <c r="C516" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D516" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E516" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F516"/>
+        <v>22</v>
+      </c>
+      <c r="F516">
+        <v>1992</v>
+      </c>
       <c r="G516"/>
       <c r="H516" t="s">
-        <v>226</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C517" t="s">
+        <v>28</v>
+      </c>
+      <c r="D517" t="s">
+        <v>52</v>
+      </c>
+      <c r="E517" t="s">
+        <v>22</v>
+      </c>
+      <c r="F517">
+        <v>1992</v>
+      </c>
+      <c r="G517"/>
+      <c r="H517" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C518" t="s">
+        <v>353</v>
+      </c>
+      <c r="D518" t="s">
+        <v>354</v>
+      </c>
+      <c r="E518" t="s">
+        <v>22</v>
+      </c>
+      <c r="F518">
+        <v>1992</v>
+      </c>
+      <c r="G518" t="s">
+        <v>12</v>
+      </c>
+      <c r="H518"/>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C519" t="s">
+        <v>28</v>
+      </c>
+      <c r="D519" t="s">
+        <v>52</v>
+      </c>
+      <c r="E519" t="s">
+        <v>22</v>
+      </c>
+      <c r="F519">
+        <v>1991</v>
+      </c>
+      <c r="G519"/>
+      <c r="H519" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C520" t="s">
+        <v>28</v>
+      </c>
+      <c r="D520" t="s">
+        <v>52</v>
+      </c>
+      <c r="E520" t="s">
+        <v>22</v>
+      </c>
+      <c r="F520">
+        <v>1990</v>
+      </c>
+      <c r="G520"/>
+      <c r="H520" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C521" t="s">
+        <v>28</v>
+      </c>
+      <c r="D521" t="s">
+        <v>52</v>
+      </c>
+      <c r="E521" t="s">
+        <v>22</v>
+      </c>
+      <c r="F521">
+        <v>1989</v>
+      </c>
+      <c r="G521"/>
+      <c r="H521" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C522" t="s">
+        <v>28</v>
+      </c>
+      <c r="D522" t="s">
+        <v>52</v>
+      </c>
+      <c r="E522" t="s">
+        <v>22</v>
+      </c>
+      <c r="F522">
+        <v>1989</v>
+      </c>
+      <c r="G522"/>
+      <c r="H522" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C523" t="s">
+        <v>28</v>
+      </c>
+      <c r="D523" t="s">
+        <v>52</v>
+      </c>
+      <c r="E523" t="s">
+        <v>22</v>
+      </c>
+      <c r="F523">
+        <v>1987</v>
+      </c>
+      <c r="G523"/>
+      <c r="H523" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C524" t="s">
+        <v>28</v>
+      </c>
+      <c r="D524" t="s">
+        <v>52</v>
+      </c>
+      <c r="E524" t="s">
+        <v>22</v>
+      </c>
+      <c r="F524">
+        <v>1986</v>
+      </c>
+      <c r="G524"/>
+      <c r="H524" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C525" t="s">
+        <v>28</v>
+      </c>
+      <c r="D525" t="s">
+        <v>52</v>
+      </c>
+      <c r="E525" t="s">
+        <v>22</v>
+      </c>
+      <c r="F525">
+        <v>1986</v>
+      </c>
+      <c r="G525"/>
+      <c r="H525" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C526"/>
+      <c r="D526" t="s">
+        <v>38</v>
+      </c>
+      <c r="E526" t="s">
+        <v>16</v>
+      </c>
+      <c r="F526">
+        <v>1984</v>
+      </c>
+      <c r="G526"/>
+      <c r="H526" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C527" t="s">
+        <v>28</v>
+      </c>
+      <c r="D527" t="s">
+        <v>52</v>
+      </c>
+      <c r="E527" t="s">
+        <v>22</v>
+      </c>
+      <c r="F527">
+        <v>1974</v>
+      </c>
+      <c r="G527"/>
+      <c r="H527" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B528"/>
+      <c r="C528"/>
+      <c r="D528"/>
+      <c r="E528"/>
+      <c r="F528"/>
+      <c r="G528"/>
+      <c r="H528" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B529"/>
+      <c r="C529"/>
+      <c r="D529"/>
+      <c r="E529"/>
+      <c r="F529"/>
+      <c r="G529"/>
+      <c r="H529" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B530"/>
+      <c r="C530"/>
+      <c r="D530"/>
+      <c r="E530"/>
+      <c r="F530"/>
+      <c r="G530"/>
+      <c r="H530" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B531"/>
+      <c r="C531"/>
+      <c r="D531"/>
+      <c r="E531"/>
+      <c r="F531"/>
+      <c r="G531"/>
+      <c r="H531" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B532"/>
+      <c r="C532"/>
+      <c r="D532"/>
+      <c r="E532"/>
+      <c r="F532"/>
+      <c r="G532"/>
+      <c r="H532" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B533"/>
+      <c r="C533"/>
+      <c r="D533"/>
+      <c r="E533"/>
+      <c r="F533"/>
+      <c r="G533"/>
+      <c r="H533" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B534"/>
+      <c r="C534"/>
+      <c r="D534"/>
+      <c r="E534"/>
+      <c r="F534"/>
+      <c r="G534"/>
+      <c r="H534" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C535"/>
+      <c r="D535"/>
+      <c r="E535"/>
+      <c r="F535"/>
+      <c r="G535"/>
+      <c r="H535" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C536"/>
+      <c r="D536"/>
+      <c r="E536"/>
+      <c r="F536"/>
+      <c r="G536"/>
+      <c r="H536" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C537"/>
+      <c r="D537"/>
+      <c r="E537"/>
+      <c r="F537"/>
+      <c r="G537"/>
+      <c r="H537" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C538"/>
+      <c r="D538"/>
+      <c r="E538"/>
+      <c r="F538"/>
+      <c r="G538"/>
+      <c r="H538" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C539"/>
+      <c r="D539"/>
+      <c r="E539"/>
+      <c r="F539"/>
+      <c r="G539"/>
+      <c r="H539" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C540"/>
+      <c r="D540"/>
+      <c r="E540"/>
+      <c r="F540"/>
+      <c r="G540"/>
+      <c r="H540" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C541"/>
+      <c r="D541"/>
+      <c r="E541"/>
+      <c r="F541"/>
+      <c r="G541"/>
+      <c r="H541" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C542"/>
+      <c r="D542"/>
+      <c r="E542"/>
+      <c r="F542"/>
+      <c r="G542"/>
+      <c r="H542" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C543"/>
+      <c r="D543"/>
+      <c r="E543"/>
+      <c r="F543"/>
+      <c r="G543"/>
+      <c r="H543" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C544"/>
+      <c r="D544"/>
+      <c r="E544"/>
+      <c r="F544"/>
+      <c r="G544"/>
+      <c r="H544" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C545"/>
+      <c r="D545"/>
+      <c r="E545"/>
+      <c r="F545"/>
+      <c r="G545"/>
+      <c r="H545" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C546"/>
+      <c r="D546"/>
+      <c r="E546"/>
+      <c r="F546"/>
+      <c r="G546"/>
+      <c r="H546" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C547"/>
+      <c r="D547"/>
+      <c r="E547"/>
+      <c r="F547"/>
+      <c r="G547"/>
+      <c r="H547" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C548"/>
+      <c r="D548"/>
+      <c r="E548"/>
+      <c r="F548"/>
+      <c r="G548"/>
+      <c r="H548" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C549"/>
+      <c r="D549"/>
+      <c r="E549"/>
+      <c r="F549"/>
+      <c r="G549"/>
+      <c r="H549" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C550"/>
+      <c r="D550"/>
+      <c r="E550"/>
+      <c r="F550"/>
+      <c r="G550"/>
+      <c r="H550" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C551"/>
+      <c r="D551"/>
+      <c r="E551"/>
+      <c r="F551"/>
+      <c r="G551"/>
+      <c r="H551" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C552"/>
+      <c r="D552"/>
+      <c r="E552"/>
+      <c r="F552"/>
+      <c r="G552"/>
+      <c r="H552" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C553"/>
+      <c r="D553"/>
+      <c r="E553"/>
+      <c r="F553"/>
+      <c r="G553"/>
+      <c r="H553" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B554" t="s">
+        <v>469</v>
+      </c>
+      <c r="C554"/>
+      <c r="D554" t="s">
+        <v>38</v>
+      </c>
+      <c r="E554" t="s">
+        <v>16</v>
+      </c>
+      <c r="F554"/>
+      <c r="G554"/>
+      <c r="H554" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B555" t="s">
+        <v>923</v>
+      </c>
+      <c r="C555"/>
+      <c r="D555" t="s">
+        <v>38</v>
+      </c>
+      <c r="E555" t="s">
+        <v>16</v>
+      </c>
+      <c r="F555"/>
+      <c r="G555"/>
+      <c r="H555" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C556" t="s">
+        <v>33</v>
+      </c>
+      <c r="D556" t="s">
+        <v>52</v>
+      </c>
+      <c r="E556" t="s">
+        <v>22</v>
+      </c>
+      <c r="F556"/>
+      <c r="G556"/>
+      <c r="H556" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C557" t="s">
+        <v>28</v>
+      </c>
+      <c r="D557" t="s">
+        <v>52</v>
+      </c>
+      <c r="E557" t="s">
+        <v>22</v>
+      </c>
+      <c r="F557"/>
+      <c r="G557"/>
+      <c r="H557" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">