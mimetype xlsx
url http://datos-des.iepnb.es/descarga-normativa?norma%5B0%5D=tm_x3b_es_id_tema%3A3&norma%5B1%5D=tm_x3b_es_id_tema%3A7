--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -116,129 +116,129 @@
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
@@ -1336,103 +1336,103 @@
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12"/>
@@ -1456,103 +1456,103 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>19</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>31</v>
       </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>41</v>
       </c>
       <c r="B15" t="s">
         <v>27</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>19</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>27</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>31</v>
       </c>
       <c r="H16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>27</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>19</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17" t="s">
@@ -1612,51 +1612,51 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>19</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>31</v>
       </c>
       <c r="H20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>38</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>31</v>
       </c>
       <c r="H21" t="s">
@@ -1664,77 +1664,77 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>17</v>
       </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>31</v>
       </c>
       <c r="H22" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23" t="s">
         <v>38</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>31</v>
       </c>
       <c r="H23" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>17</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>31</v>
       </c>
       <c r="H24" t="s">
@@ -1766,195 +1766,195 @@
       <c r="H25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>50</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>19</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>31</v>
       </c>
       <c r="H26" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>49</v>
       </c>
       <c r="B27" t="s">
         <v>50</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>19</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>31</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>50</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>19</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>31</v>
       </c>
       <c r="H28" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>50</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
         <v>19</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>31</v>
       </c>
       <c r="H29" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>50</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>19</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>31</v>
       </c>
       <c r="H30" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>50</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
         <v>19</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>31</v>
       </c>
       <c r="H31" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>49</v>
       </c>
       <c r="B32" t="s">
         <v>50</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
         <v>19</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>31</v>
       </c>
       <c r="H32" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>49</v>
       </c>
       <c r="B33" t="s">
         <v>50</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
         <v>19</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
         <v>55</v>
       </c>
@@ -2014,229 +2014,229 @@
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>50</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>19</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>50</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>19</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>58</v>
       </c>
       <c r="B39" t="s">
         <v>50</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>19</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>58</v>
       </c>
       <c r="B40" t="s">
         <v>50</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>19</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>50</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>19</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>58</v>
       </c>
       <c r="B42" t="s">
         <v>50</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>19</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
         <v>27</v>
       </c>
       <c r="C43" t="s">
         <v>48</v>
       </c>
       <c r="D43" t="s">
         <v>30</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>31</v>
       </c>
       <c r="H43" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>61</v>
       </c>
       <c r="B44" t="s">
         <v>27</v>
       </c>
       <c r="C44" t="s">
         <v>48</v>
       </c>
       <c r="D44" t="s">
         <v>30</v>
       </c>
       <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>31</v>
       </c>
       <c r="H44" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>48</v>
       </c>
       <c r="D45" t="s">
         <v>30</v>
       </c>
       <c r="E45" t="s">
         <v>24</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>31</v>
       </c>
       <c r="H45" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>62</v>
       </c>
       <c r="B46" t="s">
         <v>63</v>
       </c>
       <c r="C46" t="s">
         <v>29</v>
       </c>
       <c r="D46" t="s">
         <v>30</v>
       </c>
       <c r="E46" t="s">
         <v>24</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>31</v>
       </c>
       <c r="H46" t="s">
@@ -2270,221 +2270,221 @@
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>65</v>
       </c>
       <c r="B48" t="s">
         <v>27</v>
       </c>
       <c r="C48" t="s">
         <v>45</v>
       </c>
       <c r="D48" t="s">
         <v>30</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>31</v>
       </c>
       <c r="H48" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>27</v>
       </c>
       <c r="C49" t="s">
         <v>45</v>
       </c>
       <c r="D49" t="s">
         <v>30</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>31</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>65</v>
       </c>
       <c r="B50" t="s">
         <v>27</v>
       </c>
       <c r="C50" t="s">
         <v>45</v>
       </c>
       <c r="D50" t="s">
         <v>30</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>31</v>
       </c>
       <c r="H50" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
         <v>27</v>
       </c>
       <c r="C51" t="s">
         <v>22</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
         <v>24</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>27</v>
       </c>
       <c r="C52" t="s">
         <v>22</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>24</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>67</v>
       </c>
       <c r="B53" t="s">
         <v>27</v>
       </c>
       <c r="C53" t="s">
         <v>22</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>68</v>
       </c>
       <c r="B54" t="s">
         <v>69</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>19</v>
       </c>
       <c r="F54">
         <v>2023</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>70</v>
       </c>
       <c r="B55" t="s">
         <v>71</v>
       </c>
       <c r="C55" t="s">
         <v>22</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>24</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>31</v>
       </c>
       <c r="H55" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>70</v>
       </c>
       <c r="B56" t="s">
         <v>71</v>
       </c>
       <c r="C56" t="s">
         <v>22</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
         <v>31</v>
       </c>
       <c r="H56" t="s">
@@ -2492,125 +2492,125 @@
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>71</v>
       </c>
       <c r="C57" t="s">
         <v>22</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57">
         <v>2022</v>
       </c>
       <c r="G57" t="s">
         <v>31</v>
       </c>
       <c r="H57" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>70</v>
       </c>
       <c r="B58" t="s">
         <v>71</v>
       </c>
       <c r="C58" t="s">
         <v>22</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58">
         <v>2022</v>
       </c>
       <c r="G58" t="s">
         <v>31</v>
       </c>
       <c r="H58" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>72</v>
       </c>
       <c r="B59" t="s">
         <v>73</v>
       </c>
       <c r="C59" t="s">
         <v>45</v>
       </c>
       <c r="D59" t="s">
         <v>30</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>74</v>
       </c>
       <c r="B60" t="s">
         <v>75</v>
       </c>
       <c r="C60" t="s">
         <v>45</v>
       </c>
       <c r="D60" t="s">
         <v>30</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60">
         <v>2019</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>76</v>
       </c>
       <c r="B61" t="s">
         <v>77</v>
       </c>
       <c r="C61" t="s">
         <v>78</v>
       </c>
       <c r="D61" t="s">
         <v>79</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61">
         <v>2017</v>
       </c>
       <c r="G61" t="s">
         <v>31</v>
       </c>
       <c r="H61"/>
@@ -2926,169 +2926,169 @@
       <c r="H74" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>108</v>
       </c>
       <c r="B75" t="s">
         <v>109</v>
       </c>
       <c r="C75" t="s">
         <v>33</v>
       </c>
       <c r="D75" t="s">
         <v>30</v>
       </c>
       <c r="E75" t="s">
         <v>24</v>
       </c>
       <c r="F75">
         <v>2013</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>110</v>
       </c>
       <c r="B76" t="s">
         <v>111</v>
       </c>
       <c r="C76" t="s">
         <v>48</v>
       </c>
       <c r="D76" t="s">
         <v>30</v>
       </c>
       <c r="E76" t="s">
         <v>24</v>
       </c>
       <c r="F76">
         <v>2012</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>113</v>
       </c>
       <c r="C77" t="s">
         <v>33</v>
       </c>
       <c r="D77" t="s">
         <v>30</v>
       </c>
       <c r="E77" t="s">
         <v>24</v>
       </c>
       <c r="F77">
         <v>2012</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>115</v>
       </c>
       <c r="C78" t="s">
         <v>48</v>
       </c>
       <c r="D78" t="s">
         <v>30</v>
       </c>
       <c r="E78" t="s">
         <v>24</v>
       </c>
       <c r="F78">
         <v>2012</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>116</v>
       </c>
       <c r="B79" t="s">
         <v>117</v>
       </c>
       <c r="C79" t="s">
         <v>45</v>
       </c>
       <c r="D79" t="s">
         <v>30</v>
       </c>
       <c r="E79" t="s">
         <v>24</v>
       </c>
       <c r="F79">
         <v>2012</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>118</v>
       </c>
       <c r="B80" t="s">
         <v>119</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>18</v>
       </c>
       <c r="E80" t="s">
         <v>19</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>120</v>
       </c>
       <c r="B81" t="s">
         <v>121</v>
       </c>
       <c r="C81" t="s">
         <v>78</v>
       </c>
       <c r="D81" t="s">
         <v>79</v>
       </c>
       <c r="E81" t="s">
         <v>24</v>
       </c>
       <c r="F81">
         <v>2011</v>
       </c>
       <c r="G81" t="s">
         <v>31</v>
       </c>
       <c r="H81"/>
@@ -3140,75 +3140,75 @@
       <c r="H83" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>126</v>
       </c>
       <c r="B84" t="s">
         <v>127</v>
       </c>
       <c r="C84" t="s">
         <v>48</v>
       </c>
       <c r="D84" t="s">
         <v>30</v>
       </c>
       <c r="E84" t="s">
         <v>24</v>
       </c>
       <c r="F84">
         <v>2011</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>128</v>
       </c>
       <c r="B85" t="s">
         <v>129</v>
       </c>
       <c r="C85" t="s">
         <v>33</v>
       </c>
       <c r="D85" t="s">
         <v>30</v>
       </c>
       <c r="E85" t="s">
         <v>24</v>
       </c>
       <c r="F85">
         <v>2011</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>130</v>
       </c>
       <c r="B86" t="s">
         <v>131</v>
       </c>
       <c r="C86" t="s">
         <v>33</v>
       </c>
       <c r="D86" t="s">
         <v>30</v>
       </c>
       <c r="E86" t="s">
         <v>24</v>
       </c>
       <c r="F86">
         <v>2011</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>11</v>
       </c>
@@ -3282,145 +3282,145 @@
       <c r="H89" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>138</v>
       </c>
       <c r="B90" t="s">
         <v>139</v>
       </c>
       <c r="C90" t="s">
         <v>45</v>
       </c>
       <c r="D90" t="s">
         <v>30</v>
       </c>
       <c r="E90" t="s">
         <v>24</v>
       </c>
       <c r="F90">
         <v>2010</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>140</v>
       </c>
       <c r="B91" t="s">
         <v>141</v>
       </c>
       <c r="C91" t="s">
         <v>22</v>
       </c>
       <c r="D91" t="s">
         <v>23</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91">
         <v>2010</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>142</v>
       </c>
       <c r="B92" t="s">
         <v>143</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>18</v>
       </c>
       <c r="E92" t="s">
         <v>19</v>
       </c>
       <c r="F92">
         <v>2009</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>144</v>
       </c>
       <c r="B93" t="s">
         <v>145</v>
       </c>
       <c r="C93" t="s">
         <v>33</v>
       </c>
       <c r="D93" t="s">
         <v>30</v>
       </c>
       <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93">
         <v>2009</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>146</v>
       </c>
       <c r="B94" t="s">
         <v>147</v>
       </c>
       <c r="C94" t="s">
         <v>48</v>
       </c>
       <c r="D94" t="s">
         <v>30</v>
       </c>
       <c r="E94" t="s">
         <v>24</v>
       </c>
       <c r="F94">
         <v>2009</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>148</v>
       </c>
       <c r="B95" t="s">
         <v>149</v>
       </c>
       <c r="C95" t="s">
         <v>33</v>
       </c>
       <c r="D95" t="s">
         <v>30</v>
       </c>
       <c r="E95" t="s">
         <v>24</v>
       </c>
       <c r="F95">
         <v>2009</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>150</v>
       </c>
@@ -3586,97 +3586,97 @@
       <c r="H102" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>169</v>
       </c>
       <c r="B103" t="s">
         <v>170</v>
       </c>
       <c r="C103" t="s">
         <v>33</v>
       </c>
       <c r="D103" t="s">
         <v>30</v>
       </c>
       <c r="E103" t="s">
         <v>24</v>
       </c>
       <c r="F103">
         <v>2007</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>171</v>
       </c>
       <c r="B104" t="s">
         <v>172</v>
       </c>
       <c r="C104" t="s">
         <v>48</v>
       </c>
       <c r="D104" t="s">
         <v>30</v>
       </c>
       <c r="E104" t="s">
         <v>24</v>
       </c>
       <c r="F104">
         <v>2007</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>173</v>
       </c>
       <c r="B105" t="s">
         <v>174</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>18</v>
       </c>
       <c r="E105" t="s">
         <v>19</v>
       </c>
       <c r="F105">
         <v>2006</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>175</v>
       </c>
       <c r="B106" t="s">
         <v>176</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>18</v>
       </c>
       <c r="E106" t="s">
         <v>19</v>
       </c>
       <c r="F106">
         <v>2006</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="107" spans="1:8">
@@ -3700,51 +3700,51 @@
       <c r="H107" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>179</v>
       </c>
       <c r="B108" t="s">
         <v>180</v>
       </c>
       <c r="C108" t="s">
         <v>33</v>
       </c>
       <c r="D108" t="s">
         <v>30</v>
       </c>
       <c r="E108" t="s">
         <v>24</v>
       </c>
       <c r="F108">
         <v>2006</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>181</v>
       </c>
       <c r="B109" t="s">
         <v>182</v>
       </c>
       <c r="C109" t="s">
         <v>45</v>
       </c>
       <c r="D109" t="s">
         <v>30</v>
       </c>
       <c r="E109" t="s">
         <v>24</v>
       </c>
       <c r="F109">
         <v>2006</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>11</v>
       </c>
@@ -3960,51 +3960,51 @@
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>201</v>
       </c>
       <c r="B119" t="s">
         <v>202</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>18</v>
       </c>
       <c r="E119" t="s">
         <v>19</v>
       </c>
       <c r="F119">
         <v>2004</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>203</v>
       </c>
       <c r="B120" t="s">
         <v>204</v>
       </c>
       <c r="C120" t="s">
         <v>48</v>
       </c>
       <c r="D120" t="s">
         <v>30</v>
       </c>
       <c r="E120" t="s">
         <v>24</v>
       </c>
       <c r="F120">
         <v>2004</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>15</v>
       </c>
@@ -4080,75 +4080,75 @@
       <c r="H123" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>211</v>
       </c>
       <c r="B124" t="s">
         <v>212</v>
       </c>
       <c r="C124" t="s">
         <v>48</v>
       </c>
       <c r="D124" t="s">
         <v>30</v>
       </c>
       <c r="E124" t="s">
         <v>24</v>
       </c>
       <c r="F124">
         <v>2002</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>213</v>
       </c>
       <c r="B125" t="s">
         <v>214</v>
       </c>
       <c r="C125" t="s">
         <v>33</v>
       </c>
       <c r="D125" t="s">
         <v>30</v>
       </c>
       <c r="E125" t="s">
         <v>24</v>
       </c>
       <c r="F125">
         <v>2002</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>215</v>
       </c>
       <c r="B126" t="s">
         <v>216</v>
       </c>
       <c r="C126" t="s">
         <v>33</v>
       </c>
       <c r="D126" t="s">
         <v>30</v>
       </c>
       <c r="E126" t="s">
         <v>24</v>
       </c>
       <c r="F126">
         <v>2002</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>11</v>
       </c>
@@ -4270,51 +4270,51 @@
       <c r="H131" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>227</v>
       </c>
       <c r="B132" t="s">
         <v>228</v>
       </c>
       <c r="C132" t="s">
         <v>33</v>
       </c>
       <c r="D132" t="s">
         <v>30</v>
       </c>
       <c r="E132" t="s">
         <v>24</v>
       </c>
       <c r="F132">
         <v>1997</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>229</v>
       </c>
       <c r="B133" t="s">
         <v>230</v>
       </c>
       <c r="C133" t="s">
         <v>33</v>
       </c>
       <c r="D133" t="s">
         <v>30</v>
       </c>
       <c r="E133" t="s">
         <v>24</v>
       </c>
       <c r="F133">
         <v>1996</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>150</v>
       </c>
@@ -4408,121 +4408,121 @@
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>239</v>
       </c>
       <c r="B138" t="s">
         <v>240</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>18</v>
       </c>
       <c r="E138" t="s">
         <v>19</v>
       </c>
       <c r="F138">
         <v>1991</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>241</v>
       </c>
       <c r="B139" t="s">
         <v>242</v>
       </c>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>243</v>
       </c>
       <c r="B140" t="s">
         <v>244</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>245</v>
       </c>
       <c r="B141" t="s">
         <v>246</v>
       </c>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>247</v>
       </c>
       <c r="B142" t="s">
         <v>248</v>
       </c>
       <c r="C142" t="s">
         <v>33</v>
       </c>
       <c r="D142" t="s">
         <v>30</v>
       </c>
       <c r="E142" t="s">
         <v>24</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">