--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -98,138 +98,138 @@
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
@@ -1196,103 +1196,103 @@
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9"/>
@@ -1340,103 +1340,103 @@
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>27</v>
       </c>
       <c r="H12" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>38</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>27</v>
       </c>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>27</v>
       </c>
       <c r="H14" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="s">
@@ -1496,51 +1496,51 @@
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>27</v>
       </c>
       <c r="H18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>27</v>
       </c>
       <c r="H19" t="s">
@@ -1548,77 +1548,77 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>27</v>
       </c>
       <c r="H20" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>27</v>
       </c>
       <c r="H21" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>32</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>27</v>
       </c>
       <c r="H22" t="s">
@@ -1650,195 +1650,195 @@
       <c r="H23" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>46</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>14</v>
       </c>
       <c r="E24" t="s">
         <v>15</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>27</v>
       </c>
       <c r="H24" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>46</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25" t="s">
         <v>15</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>27</v>
       </c>
       <c r="H25" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>46</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>14</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>27</v>
       </c>
       <c r="H26" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>46</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>14</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>27</v>
       </c>
       <c r="H27" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>46</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>27</v>
       </c>
       <c r="H28" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>46</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>27</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>46</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>14</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>27</v>
       </c>
       <c r="H30" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>45</v>
       </c>
       <c r="B31" t="s">
         <v>46</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>14</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>27</v>
       </c>
       <c r="H31" t="s">
         <v>51</v>
       </c>
@@ -1898,223 +1898,223 @@
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>46</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>46</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>46</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="B38" t="s">
         <v>46</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>46</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
         <v>46</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>19</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
         <v>21</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>59</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>19</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
         <v>21</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>59</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>19</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>21</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>60</v>
       </c>
       <c r="B44" t="s">
         <v>61</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>15</v>
       </c>
       <c r="F44">
         <v>2023</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>62</v>
@@ -2456,51 +2456,51 @@
       </c>
       <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>97</v>
       </c>
       <c r="B60" t="s">
         <v>98</v>
       </c>
       <c r="C60" t="s">
         <v>44</v>
       </c>
       <c r="D60" t="s">
         <v>71</v>
       </c>
       <c r="E60" t="s">
         <v>21</v>
       </c>
       <c r="F60">
         <v>2016</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>99</v>
       </c>
       <c r="B61" t="s">
         <v>100</v>
       </c>
       <c r="C61" t="s">
         <v>82</v>
       </c>
       <c r="D61" t="s">
         <v>65</v>
       </c>
       <c r="E61" t="s">
         <v>21</v>
       </c>
       <c r="F61">
         <v>2015</v>
       </c>
       <c r="G61" t="s">
         <v>27</v>
       </c>
       <c r="H61"/>
@@ -2528,123 +2528,123 @@
       <c r="H62" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>104</v>
       </c>
       <c r="B63" t="s">
         <v>105</v>
       </c>
       <c r="C63" t="s">
         <v>44</v>
       </c>
       <c r="D63" t="s">
         <v>71</v>
       </c>
       <c r="E63" t="s">
         <v>21</v>
       </c>
       <c r="F63">
         <v>2013</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>106</v>
       </c>
       <c r="B64" t="s">
         <v>107</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>71</v>
       </c>
       <c r="E64" t="s">
         <v>21</v>
       </c>
       <c r="F64">
         <v>2013</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>109</v>
       </c>
       <c r="C65" t="s">
         <v>44</v>
       </c>
       <c r="D65" t="s">
         <v>71</v>
       </c>
       <c r="E65" t="s">
         <v>21</v>
       </c>
       <c r="F65">
         <v>2013</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>110</v>
       </c>
       <c r="B66" t="s">
         <v>111</v>
       </c>
       <c r="C66" t="s">
         <v>44</v>
       </c>
       <c r="D66" t="s">
         <v>71</v>
       </c>
       <c r="E66" t="s">
         <v>21</v>
       </c>
       <c r="F66">
         <v>2013</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>112</v>
       </c>
       <c r="B67" t="s">
         <v>113</v>
       </c>
       <c r="C67" t="s">
         <v>82</v>
       </c>
       <c r="D67" t="s">
         <v>65</v>
       </c>
       <c r="E67" t="s">
         <v>21</v>
       </c>
       <c r="F67">
         <v>2013</v>
       </c>
       <c r="G67" t="s">
         <v>27</v>
       </c>
       <c r="H67"/>
@@ -2696,123 +2696,123 @@
       <c r="H69" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>119</v>
       </c>
       <c r="B70" t="s">
         <v>120</v>
       </c>
       <c r="C70" t="s">
         <v>44</v>
       </c>
       <c r="D70" t="s">
         <v>71</v>
       </c>
       <c r="E70" t="s">
         <v>21</v>
       </c>
       <c r="F70">
         <v>2012</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>121</v>
       </c>
       <c r="B71" t="s">
         <v>122</v>
       </c>
       <c r="C71" t="s">
         <v>44</v>
       </c>
       <c r="D71" t="s">
         <v>71</v>
       </c>
       <c r="E71" t="s">
         <v>21</v>
       </c>
       <c r="F71">
         <v>2012</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>123</v>
       </c>
       <c r="B72" t="s">
         <v>124</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>71</v>
       </c>
       <c r="E72" t="s">
         <v>21</v>
       </c>
       <c r="F72">
         <v>2012</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>125</v>
       </c>
       <c r="B73" t="s">
         <v>126</v>
       </c>
       <c r="C73" t="s">
         <v>44</v>
       </c>
       <c r="D73" t="s">
         <v>71</v>
       </c>
       <c r="E73" t="s">
         <v>21</v>
       </c>
       <c r="F73">
         <v>2012</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>127</v>
       </c>
       <c r="B74" t="s">
         <v>128</v>
       </c>
       <c r="C74" t="s">
         <v>82</v>
       </c>
       <c r="D74" t="s">
         <v>65</v>
       </c>
       <c r="E74" t="s">
         <v>21</v>
       </c>
       <c r="F74">
         <v>2011</v>
       </c>
       <c r="G74" t="s">
         <v>27</v>
       </c>
       <c r="H74"/>
@@ -2864,195 +2864,195 @@
         <v>27</v>
       </c>
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>133</v>
       </c>
       <c r="B77" t="s">
         <v>134</v>
       </c>
       <c r="C77" t="s">
         <v>44</v>
       </c>
       <c r="D77" t="s">
         <v>71</v>
       </c>
       <c r="E77" t="s">
         <v>21</v>
       </c>
       <c r="F77">
         <v>2011</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>135</v>
       </c>
       <c r="B78" t="s">
         <v>136</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>71</v>
       </c>
       <c r="E78" t="s">
         <v>21</v>
       </c>
       <c r="F78">
         <v>2011</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>137</v>
       </c>
       <c r="B79" t="s">
         <v>138</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>71</v>
       </c>
       <c r="E79" t="s">
         <v>21</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>139</v>
       </c>
       <c r="B80" t="s">
         <v>140</v>
       </c>
       <c r="C80" t="s">
         <v>44</v>
       </c>
       <c r="D80" t="s">
         <v>71</v>
       </c>
       <c r="E80" t="s">
         <v>21</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>141</v>
       </c>
       <c r="B81" t="s">
         <v>142</v>
       </c>
       <c r="C81" t="s">
         <v>35</v>
       </c>
       <c r="D81" t="s">
         <v>71</v>
       </c>
       <c r="E81" t="s">
         <v>21</v>
       </c>
       <c r="F81">
         <v>2010</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>143</v>
       </c>
       <c r="B82" t="s">
         <v>144</v>
       </c>
       <c r="C82" t="s">
         <v>44</v>
       </c>
       <c r="D82" t="s">
         <v>71</v>
       </c>
       <c r="E82" t="s">
         <v>21</v>
       </c>
       <c r="F82">
         <v>2010</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>146</v>
       </c>
       <c r="B83" t="s">
         <v>147</v>
       </c>
       <c r="C83" t="s">
         <v>44</v>
       </c>
       <c r="D83" t="s">
         <v>71</v>
       </c>
       <c r="E83" t="s">
         <v>21</v>
       </c>
       <c r="F83">
         <v>2010</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>148</v>
       </c>
       <c r="B84" t="s">
         <v>149</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>71</v>
       </c>
       <c r="E84" t="s">
         <v>21</v>
       </c>
       <c r="F84">
         <v>2009</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>116</v>
       </c>
@@ -3104,75 +3104,75 @@
       <c r="H86" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>154</v>
       </c>
       <c r="B87" t="s">
         <v>155</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>71</v>
       </c>
       <c r="E87" t="s">
         <v>21</v>
       </c>
       <c r="F87">
         <v>2009</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>156</v>
       </c>
       <c r="B88" t="s">
         <v>157</v>
       </c>
       <c r="C88" t="s">
         <v>44</v>
       </c>
       <c r="D88" t="s">
         <v>71</v>
       </c>
       <c r="E88" t="s">
         <v>21</v>
       </c>
       <c r="F88">
         <v>2009</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>158</v>
       </c>
       <c r="B89" t="s">
         <v>159</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>71</v>
       </c>
       <c r="E89" t="s">
         <v>21</v>
       </c>
       <c r="F89">
         <v>2009</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>103</v>
       </c>
@@ -3222,51 +3222,51 @@
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>164</v>
       </c>
       <c r="B92" t="s">
         <v>165</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>14</v>
       </c>
       <c r="E92" t="s">
         <v>15</v>
       </c>
       <c r="F92">
         <v>2008</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>166</v>
       </c>
       <c r="B93" t="s">
         <v>167</v>
       </c>
       <c r="C93" t="s">
         <v>44</v>
       </c>
       <c r="D93" t="s">
         <v>71</v>
       </c>
       <c r="E93" t="s">
         <v>21</v>
       </c>
       <c r="F93">
         <v>2008</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>11</v>
       </c>
@@ -3316,479 +3316,479 @@
         <v>27</v>
       </c>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>173</v>
       </c>
       <c r="B96" t="s">
         <v>174</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>71</v>
       </c>
       <c r="E96" t="s">
         <v>21</v>
       </c>
       <c r="F96">
         <v>2007</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>175</v>
       </c>
       <c r="B97" t="s">
         <v>176</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>71</v>
       </c>
       <c r="E97" t="s">
         <v>21</v>
       </c>
       <c r="F97">
         <v>2007</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>177</v>
       </c>
       <c r="B98" t="s">
         <v>178</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>71</v>
       </c>
       <c r="E98" t="s">
         <v>21</v>
       </c>
       <c r="F98">
         <v>2007</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>179</v>
       </c>
       <c r="B99" t="s">
         <v>180</v>
       </c>
       <c r="C99" t="s">
         <v>44</v>
       </c>
       <c r="D99" t="s">
         <v>71</v>
       </c>
       <c r="E99" t="s">
         <v>21</v>
       </c>
       <c r="F99">
         <v>2007</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>181</v>
       </c>
       <c r="B100" t="s">
         <v>182</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>71</v>
       </c>
       <c r="E100" t="s">
         <v>21</v>
       </c>
       <c r="F100">
         <v>2007</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>183</v>
       </c>
       <c r="B101" t="s">
         <v>184</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>14</v>
       </c>
       <c r="E101" t="s">
         <v>15</v>
       </c>
       <c r="F101">
         <v>2006</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>185</v>
       </c>
       <c r="B102" t="s">
         <v>186</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>71</v>
       </c>
       <c r="E102" t="s">
         <v>21</v>
       </c>
       <c r="F102">
         <v>2006</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>187</v>
       </c>
       <c r="B103" t="s">
         <v>188</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>71</v>
       </c>
       <c r="E103" t="s">
         <v>21</v>
       </c>
       <c r="F103">
         <v>2006</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>189</v>
       </c>
       <c r="B104" t="s">
         <v>190</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>71</v>
       </c>
       <c r="E104" t="s">
         <v>21</v>
       </c>
       <c r="F104">
         <v>2005</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>192</v>
       </c>
       <c r="B105" t="s">
         <v>193</v>
       </c>
       <c r="C105" t="s">
         <v>44</v>
       </c>
       <c r="D105" t="s">
         <v>71</v>
       </c>
       <c r="E105" t="s">
         <v>21</v>
       </c>
       <c r="F105">
         <v>2005</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>194</v>
       </c>
       <c r="B106" t="s">
         <v>195</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>71</v>
       </c>
       <c r="E106" t="s">
         <v>21</v>
       </c>
       <c r="F106">
         <v>2004</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>196</v>
       </c>
       <c r="B107" t="s">
         <v>197</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>71</v>
       </c>
       <c r="E107" t="s">
         <v>21</v>
       </c>
       <c r="F107">
         <v>2003</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>198</v>
       </c>
       <c r="B108" t="s">
         <v>199</v>
       </c>
       <c r="C108" t="s">
         <v>44</v>
       </c>
       <c r="D108" t="s">
         <v>71</v>
       </c>
       <c r="E108" t="s">
         <v>21</v>
       </c>
       <c r="F108">
         <v>2003</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>200</v>
       </c>
       <c r="B109" t="s">
         <v>201</v>
       </c>
       <c r="C109" t="s">
         <v>44</v>
       </c>
       <c r="D109" t="s">
         <v>71</v>
       </c>
       <c r="E109" t="s">
         <v>21</v>
       </c>
       <c r="F109">
         <v>2002</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>202</v>
       </c>
       <c r="B110" t="s">
         <v>203</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>71</v>
       </c>
       <c r="E110" t="s">
         <v>21</v>
       </c>
       <c r="F110">
         <v>1999</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>204</v>
       </c>
       <c r="B111" t="s">
         <v>205</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>71</v>
       </c>
       <c r="E111" t="s">
         <v>21</v>
       </c>
       <c r="F111">
         <v>1999</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>206</v>
       </c>
       <c r="B112" t="s">
         <v>207</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>14</v>
       </c>
       <c r="E112" t="s">
         <v>15</v>
       </c>
       <c r="F112">
         <v>1998</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>208</v>
       </c>
       <c r="B113" t="s">
         <v>209</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>71</v>
       </c>
       <c r="E113" t="s">
         <v>21</v>
       </c>
       <c r="F113">
         <v>1998</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>210</v>
       </c>
       <c r="B114" t="s">
         <v>211</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>71</v>
       </c>
       <c r="E114" t="s">
         <v>21</v>
       </c>
       <c r="F114">
         <v>1997</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>212</v>
       </c>
       <c r="B115" t="s">
         <v>213</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>71</v>
       </c>
       <c r="E115" t="s">
         <v>21</v>
       </c>
       <c r="F115">
         <v>1996</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>103</v>
       </c>
@@ -3834,121 +3834,121 @@
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>218</v>
       </c>
       <c r="B118" t="s">
         <v>219</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>14</v>
       </c>
       <c r="E118" t="s">
         <v>15</v>
       </c>
       <c r="F118">
         <v>1992</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>220</v>
       </c>
       <c r="B119" t="s">
         <v>221</v>
       </c>
       <c r="C119" t="s">
         <v>44</v>
       </c>
       <c r="D119" t="s">
         <v>71</v>
       </c>
       <c r="E119" t="s">
         <v>21</v>
       </c>
       <c r="F119">
         <v>1992</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>222</v>
       </c>
       <c r="B120" t="s">
         <v>223</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>71</v>
       </c>
       <c r="E120" t="s">
         <v>21</v>
       </c>
       <c r="F120">
         <v>1985</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>224</v>
       </c>
       <c r="B121" t="s">
         <v>225</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>71</v>
       </c>
       <c r="E121" t="s">
         <v>21</v>
       </c>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">