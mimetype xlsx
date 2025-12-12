--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -110,90 +110,90 @@
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
@@ -4132,123 +4132,123 @@
       <c r="H10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>38</v>
       </c>
@@ -4288,271 +4288,271 @@
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>30</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>30</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>30</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>30</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>47</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25" t="s">
         <v>21</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
         <v>28</v>
       </c>
       <c r="D26" t="s">
         <v>21</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>49</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27" t="s">
         <v>28</v>
       </c>
       <c r="D27" t="s">
         <v>21</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" t="s">
         <v>21</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>51</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>21</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29" t="s">
@@ -4586,103 +4586,103 @@
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>53</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" t="s">
         <v>26</v>
       </c>
       <c r="D31" t="s">
         <v>21</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>14</v>
       </c>
       <c r="C32" t="s">
         <v>26</v>
       </c>
       <c r="D32" t="s">
         <v>21</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33" t="s">
         <v>26</v>
       </c>
       <c r="D33" t="s">
         <v>21</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>56</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>57</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
         <v>58</v>
       </c>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
@@ -4816,77 +4816,77 @@
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>72</v>
       </c>
       <c r="B41" t="s">
         <v>73</v>
       </c>
       <c r="C41" t="s">
         <v>48</v>
       </c>
       <c r="D41" t="s">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>17</v>
       </c>
       <c r="F41">
         <v>2023</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>72</v>
       </c>
       <c r="B42" t="s">
         <v>73</v>
       </c>
       <c r="C42" t="s">
         <v>48</v>
       </c>
       <c r="D42" t="s">
         <v>21</v>
       </c>
       <c r="E42" t="s">
         <v>17</v>
       </c>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>76</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>57</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43">
         <v>2022</v>
       </c>
       <c r="G43" t="s">
         <v>58</v>
       </c>
       <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
@@ -5050,51 +5050,51 @@
       <c r="H50" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>93</v>
       </c>
       <c r="B51" t="s">
         <v>94</v>
       </c>
       <c r="C51" t="s">
         <v>26</v>
       </c>
       <c r="D51" t="s">
         <v>66</v>
       </c>
       <c r="E51" t="s">
         <v>17</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>95</v>
       </c>
       <c r="B52" t="s">
         <v>96</v>
       </c>
       <c r="C52" t="s">
         <v>28</v>
       </c>
       <c r="D52" t="s">
         <v>21</v>
       </c>
       <c r="E52" t="s">
         <v>17</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>54</v>
       </c>
@@ -5122,51 +5122,51 @@
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
         <v>16</v>
       </c>
       <c r="E54" t="s">
         <v>17</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>99</v>
       </c>
       <c r="B55" t="s">
         <v>100</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>16</v>
       </c>
       <c r="E55" t="s">
         <v>17</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55" t="s">
@@ -5174,51 +5174,51 @@
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>99</v>
       </c>
       <c r="B56" t="s">
         <v>100</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>99</v>
       </c>
       <c r="B57" t="s">
         <v>100</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>16</v>
       </c>
       <c r="E57" t="s">
         <v>17</v>
       </c>
       <c r="F57">
         <v>2022</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57" t="s">
@@ -5364,75 +5364,75 @@
       <c r="H63" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>113</v>
       </c>
       <c r="B64" t="s">
         <v>114</v>
       </c>
       <c r="C64" t="s">
         <v>48</v>
       </c>
       <c r="D64" t="s">
         <v>21</v>
       </c>
       <c r="E64" t="s">
         <v>17</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>115</v>
       </c>
       <c r="B65" t="s">
         <v>116</v>
       </c>
       <c r="C65" t="s">
         <v>26</v>
       </c>
       <c r="D65" t="s">
         <v>21</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>117</v>
       </c>
       <c r="B66" t="s">
         <v>118</v>
       </c>
       <c r="C66" t="s">
         <v>65</v>
       </c>
       <c r="D66" t="s">
         <v>66</v>
       </c>
       <c r="E66" t="s">
         <v>17</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66"/>
@@ -5598,51 +5598,51 @@
       <c r="H73" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>135</v>
       </c>
       <c r="B74" t="s">
         <v>136</v>
       </c>
       <c r="C74" t="s">
         <v>26</v>
       </c>
       <c r="D74" t="s">
         <v>21</v>
       </c>
       <c r="E74" t="s">
         <v>17</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>137</v>
       </c>
       <c r="B75" t="s">
         <v>138</v>
       </c>
       <c r="C75" t="s">
         <v>26</v>
       </c>
       <c r="D75" t="s">
         <v>21</v>
       </c>
       <c r="E75" t="s">
         <v>17</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75"/>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
@@ -5838,75 +5838,75 @@
       <c r="H83" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>155</v>
       </c>
       <c r="B84" t="s">
         <v>156</v>
       </c>
       <c r="C84" t="s">
         <v>48</v>
       </c>
       <c r="D84" t="s">
         <v>21</v>
       </c>
       <c r="E84" t="s">
         <v>17</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>157</v>
       </c>
       <c r="B85" t="s">
         <v>158</v>
       </c>
       <c r="C85" t="s">
         <v>48</v>
       </c>
       <c r="D85" t="s">
         <v>21</v>
       </c>
       <c r="E85" t="s">
         <v>17</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>159</v>
       </c>
       <c r="B86" t="s">
         <v>160</v>
       </c>
       <c r="C86" t="s">
         <v>28</v>
       </c>
       <c r="D86" t="s">
         <v>21</v>
       </c>
       <c r="E86" t="s">
         <v>17</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86"/>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
@@ -6058,51 +6058,51 @@
         <v>58</v>
       </c>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>175</v>
       </c>
       <c r="B94" t="s">
         <v>176</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>21</v>
       </c>
       <c r="E94" t="s">
         <v>17</v>
       </c>
       <c r="F94">
         <v>2017</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>177</v>
       </c>
       <c r="B95" t="s">
         <v>178</v>
       </c>
       <c r="C95" t="s">
         <v>129</v>
       </c>
       <c r="D95" t="s">
         <v>66</v>
       </c>
       <c r="E95" t="s">
         <v>17</v>
       </c>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95"/>
@@ -6548,99 +6548,99 @@
       </c>
       <c r="G114" t="s">
         <v>58</v>
       </c>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>219</v>
       </c>
       <c r="B115" t="s">
         <v>220</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>31</v>
       </c>
       <c r="E115" t="s">
         <v>24</v>
       </c>
       <c r="F115">
         <v>2016</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>221</v>
       </c>
       <c r="B116" t="s">
         <v>222</v>
       </c>
       <c r="C116" t="s">
         <v>48</v>
       </c>
       <c r="D116" t="s">
         <v>21</v>
       </c>
       <c r="E116" t="s">
         <v>17</v>
       </c>
       <c r="F116">
         <v>2016</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>224</v>
       </c>
       <c r="B117" t="s">
         <v>225</v>
       </c>
       <c r="C117" t="s">
         <v>48</v>
       </c>
       <c r="D117" t="s">
         <v>21</v>
       </c>
       <c r="E117" t="s">
         <v>17</v>
       </c>
       <c r="F117">
         <v>2016</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>226</v>
       </c>
       <c r="B118" t="s">
         <v>227</v>
       </c>
       <c r="C118" t="s">
         <v>65</v>
       </c>
       <c r="D118" t="s">
         <v>66</v>
       </c>
       <c r="E118" t="s">
         <v>17</v>
       </c>
       <c r="F118">
         <v>2016</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118"/>
@@ -6692,51 +6692,51 @@
       <c r="H120" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>232</v>
       </c>
       <c r="B121" t="s">
         <v>233</v>
       </c>
       <c r="C121" t="s">
         <v>48</v>
       </c>
       <c r="D121" t="s">
         <v>21</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>234</v>
       </c>
       <c r="B122" t="s">
         <v>235</v>
       </c>
       <c r="C122" t="s">
         <v>26</v>
       </c>
       <c r="D122" t="s">
         <v>21</v>
       </c>
       <c r="E122" t="s">
         <v>17</v>
       </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>181</v>
       </c>
@@ -6878,51 +6878,51 @@
       <c r="H128" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>248</v>
       </c>
       <c r="B129" t="s">
         <v>249</v>
       </c>
       <c r="C129" t="s">
         <v>48</v>
       </c>
       <c r="D129" t="s">
         <v>21</v>
       </c>
       <c r="E129" t="s">
         <v>17</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>250</v>
       </c>
       <c r="B130" t="s">
         <v>251</v>
       </c>
       <c r="C130" t="s">
         <v>28</v>
       </c>
       <c r="D130" t="s">
         <v>21</v>
       </c>
       <c r="E130" t="s">
         <v>17</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>12</v>
       </c>
@@ -7040,99 +7040,99 @@
         <v>22</v>
       </c>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>263</v>
       </c>
       <c r="B136" t="s">
         <v>264</v>
       </c>
       <c r="C136" t="s">
         <v>26</v>
       </c>
       <c r="D136" t="s">
         <v>21</v>
       </c>
       <c r="E136" t="s">
         <v>17</v>
       </c>
       <c r="F136">
         <v>2015</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>265</v>
       </c>
       <c r="B137" t="s">
         <v>266</v>
       </c>
       <c r="C137" t="s">
         <v>129</v>
       </c>
       <c r="D137" t="s">
         <v>66</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
       <c r="F137">
         <v>2015</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>267</v>
       </c>
       <c r="B138" t="s">
         <v>268</v>
       </c>
       <c r="C138" t="s">
         <v>26</v>
       </c>
       <c r="D138" t="s">
         <v>21</v>
       </c>
       <c r="E138" t="s">
         <v>17</v>
       </c>
       <c r="F138">
         <v>2015</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>269</v>
       </c>
       <c r="B139" t="s">
         <v>270</v>
       </c>
       <c r="C139" t="s">
         <v>48</v>
       </c>
       <c r="D139" t="s">
         <v>21</v>
       </c>
       <c r="E139" t="s">
         <v>17</v>
       </c>
       <c r="F139">
         <v>2015</v>
       </c>
       <c r="G139"/>
       <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
@@ -7364,51 +7364,51 @@
       </c>
       <c r="G149"/>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>290</v>
       </c>
       <c r="B150" t="s">
         <v>291</v>
       </c>
       <c r="C150" t="s">
         <v>48</v>
       </c>
       <c r="D150" t="s">
         <v>21</v>
       </c>
       <c r="E150" t="s">
         <v>17</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>292</v>
       </c>
       <c r="B151" t="s">
         <v>293</v>
       </c>
       <c r="C151" t="s">
         <v>28</v>
       </c>
       <c r="D151" t="s">
         <v>21</v>
       </c>
       <c r="E151" t="s">
         <v>17</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>54</v>
       </c>
@@ -7734,171 +7734,171 @@
       <c r="H165" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>323</v>
       </c>
       <c r="B166" t="s">
         <v>324</v>
       </c>
       <c r="C166" t="s">
         <v>28</v>
       </c>
       <c r="D166" t="s">
         <v>21</v>
       </c>
       <c r="E166" t="s">
         <v>17</v>
       </c>
       <c r="F166">
         <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>325</v>
       </c>
       <c r="B167" t="s">
         <v>326</v>
       </c>
       <c r="C167" t="s">
         <v>28</v>
       </c>
       <c r="D167" t="s">
         <v>21</v>
       </c>
       <c r="E167" t="s">
         <v>17</v>
       </c>
       <c r="F167">
         <v>2013</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>327</v>
       </c>
       <c r="B168" t="s">
         <v>328</v>
       </c>
       <c r="C168" t="s">
         <v>216</v>
       </c>
       <c r="D168" t="s">
         <v>21</v>
       </c>
       <c r="E168" t="s">
         <v>17</v>
       </c>
       <c r="F168">
         <v>2013</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>329</v>
       </c>
       <c r="B169" t="s">
         <v>330</v>
       </c>
       <c r="C169" t="s">
         <v>28</v>
       </c>
       <c r="D169" t="s">
         <v>21</v>
       </c>
       <c r="E169" t="s">
         <v>17</v>
       </c>
       <c r="F169">
         <v>2013</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>331</v>
       </c>
       <c r="B170" t="s">
         <v>332</v>
       </c>
       <c r="C170" t="s">
         <v>28</v>
       </c>
       <c r="D170" t="s">
         <v>21</v>
       </c>
       <c r="E170" t="s">
         <v>17</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>333</v>
       </c>
       <c r="B171" t="s">
         <v>334</v>
       </c>
       <c r="C171" t="s">
         <v>216</v>
       </c>
       <c r="D171" t="s">
         <v>21</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171">
         <v>2013</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>335</v>
       </c>
       <c r="B172" t="s">
         <v>336</v>
       </c>
       <c r="C172" t="s">
         <v>28</v>
       </c>
       <c r="D172" t="s">
         <v>21</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172">
         <v>2013</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>318</v>
       </c>
@@ -7950,75 +7950,75 @@
       <c r="H174" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>341</v>
       </c>
       <c r="B175" t="s">
         <v>342</v>
       </c>
       <c r="C175" t="s">
         <v>48</v>
       </c>
       <c r="D175" t="s">
         <v>21</v>
       </c>
       <c r="E175" t="s">
         <v>17</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>343</v>
       </c>
       <c r="B176" t="s">
         <v>344</v>
       </c>
       <c r="C176" t="s">
         <v>26</v>
       </c>
       <c r="D176" t="s">
         <v>21</v>
       </c>
       <c r="E176" t="s">
         <v>17</v>
       </c>
       <c r="F176">
         <v>2013</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>345</v>
       </c>
       <c r="B177" t="s">
         <v>346</v>
       </c>
       <c r="C177" t="s">
         <v>28</v>
       </c>
       <c r="D177" t="s">
         <v>21</v>
       </c>
       <c r="E177" t="s">
         <v>17</v>
       </c>
       <c r="F177">
         <v>2013</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>74</v>
       </c>
@@ -8046,75 +8046,75 @@
       <c r="H178" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>349</v>
       </c>
       <c r="B179" t="s">
         <v>350</v>
       </c>
       <c r="C179" t="s">
         <v>28</v>
       </c>
       <c r="D179" t="s">
         <v>21</v>
       </c>
       <c r="E179" t="s">
         <v>17</v>
       </c>
       <c r="F179">
         <v>2013</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>351</v>
       </c>
       <c r="B180" t="s">
         <v>352</v>
       </c>
       <c r="C180" t="s">
         <v>48</v>
       </c>
       <c r="D180" t="s">
         <v>21</v>
       </c>
       <c r="E180" t="s">
         <v>17</v>
       </c>
       <c r="F180">
         <v>2013</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>353</v>
       </c>
       <c r="B181" t="s">
         <v>354</v>
       </c>
       <c r="C181" t="s">
         <v>48</v>
       </c>
       <c r="D181" t="s">
         <v>21</v>
       </c>
       <c r="E181" t="s">
         <v>17</v>
       </c>
       <c r="F181">
         <v>2013</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>12</v>
       </c>
@@ -8236,51 +8236,51 @@
       <c r="H186" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>365</v>
       </c>
       <c r="B187" t="s">
         <v>366</v>
       </c>
       <c r="C187" t="s">
         <v>28</v>
       </c>
       <c r="D187" t="s">
         <v>21</v>
       </c>
       <c r="E187" t="s">
         <v>17</v>
       </c>
       <c r="F187">
         <v>2012</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>367</v>
       </c>
       <c r="B188" t="s">
         <v>368</v>
       </c>
       <c r="C188" t="s">
         <v>48</v>
       </c>
       <c r="D188" t="s">
         <v>21</v>
       </c>
       <c r="E188" t="s">
         <v>17</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>88</v>
       </c>
@@ -8308,123 +8308,123 @@
       <c r="H189" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>371</v>
       </c>
       <c r="B190" t="s">
         <v>372</v>
       </c>
       <c r="C190" t="s">
         <v>48</v>
       </c>
       <c r="D190" t="s">
         <v>21</v>
       </c>
       <c r="E190" t="s">
         <v>17</v>
       </c>
       <c r="F190">
         <v>2012</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>373</v>
       </c>
       <c r="B191" t="s">
         <v>374</v>
       </c>
       <c r="C191" t="s">
         <v>28</v>
       </c>
       <c r="D191" t="s">
         <v>21</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191">
         <v>2012</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>375</v>
       </c>
       <c r="B192" t="s">
         <v>376</v>
       </c>
       <c r="C192" t="s">
         <v>216</v>
       </c>
       <c r="D192" t="s">
         <v>21</v>
       </c>
       <c r="E192" t="s">
         <v>17</v>
       </c>
       <c r="F192">
         <v>2012</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>377</v>
       </c>
       <c r="B193" t="s">
         <v>378</v>
       </c>
       <c r="C193" t="s">
         <v>48</v>
       </c>
       <c r="D193" t="s">
         <v>21</v>
       </c>
       <c r="E193" t="s">
         <v>17</v>
       </c>
       <c r="F193">
         <v>2012</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>379</v>
       </c>
       <c r="B194" t="s">
         <v>380</v>
       </c>
       <c r="C194" t="s">
         <v>65</v>
       </c>
       <c r="D194" t="s">
         <v>66</v>
       </c>
       <c r="E194" t="s">
         <v>17</v>
       </c>
       <c r="F194">
         <v>2012</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194"/>
@@ -8586,51 +8586,51 @@
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>394</v>
       </c>
       <c r="B202" t="s">
         <v>395</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
         <v>31</v>
       </c>
       <c r="E202" t="s">
         <v>24</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>396</v>
       </c>
       <c r="B203" t="s">
         <v>397</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>260</v>
       </c>
       <c r="E203" t="s">
         <v>24</v>
       </c>
       <c r="F203">
         <v>2011</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
@@ -8820,75 +8820,75 @@
       <c r="H211" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>414</v>
       </c>
       <c r="B212" t="s">
         <v>415</v>
       </c>
       <c r="C212" t="s">
         <v>28</v>
       </c>
       <c r="D212" t="s">
         <v>21</v>
       </c>
       <c r="E212" t="s">
         <v>17</v>
       </c>
       <c r="F212">
         <v>2011</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>416</v>
       </c>
       <c r="B213" t="s">
         <v>417</v>
       </c>
       <c r="C213" t="s">
         <v>28</v>
       </c>
       <c r="D213" t="s">
         <v>21</v>
       </c>
       <c r="E213" t="s">
         <v>17</v>
       </c>
       <c r="F213">
         <v>2011</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>418</v>
       </c>
       <c r="B214" t="s">
         <v>419</v>
       </c>
       <c r="C214" t="s">
         <v>26</v>
       </c>
       <c r="D214" t="s">
         <v>21</v>
       </c>
       <c r="E214" t="s">
         <v>17</v>
       </c>
       <c r="F214">
         <v>2011</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>296</v>
       </c>
@@ -8916,75 +8916,75 @@
       <c r="H215" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>422</v>
       </c>
       <c r="B216" t="s">
         <v>423</v>
       </c>
       <c r="C216" t="s">
         <v>48</v>
       </c>
       <c r="D216" t="s">
         <v>21</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216">
         <v>2011</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>424</v>
       </c>
       <c r="B217" t="s">
         <v>425</v>
       </c>
       <c r="C217" t="s">
         <v>28</v>
       </c>
       <c r="D217" t="s">
         <v>21</v>
       </c>
       <c r="E217" t="s">
         <v>17</v>
       </c>
       <c r="F217">
         <v>2011</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>426</v>
       </c>
       <c r="B218" t="s">
         <v>427</v>
       </c>
       <c r="C218" t="s">
         <v>48</v>
       </c>
       <c r="D218" t="s">
         <v>21</v>
       </c>
       <c r="E218" t="s">
         <v>17</v>
       </c>
       <c r="F218">
         <v>2011</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>54</v>
       </c>
@@ -9036,75 +9036,75 @@
       <c r="H220" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>431</v>
       </c>
       <c r="B221" t="s">
         <v>432</v>
       </c>
       <c r="C221" t="s">
         <v>48</v>
       </c>
       <c r="D221" t="s">
         <v>21</v>
       </c>
       <c r="E221" t="s">
         <v>17</v>
       </c>
       <c r="F221">
         <v>2011</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>433</v>
       </c>
       <c r="B222" t="s">
         <v>434</v>
       </c>
       <c r="C222" t="s">
         <v>48</v>
       </c>
       <c r="D222" t="s">
         <v>21</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222">
         <v>2011</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>435</v>
       </c>
       <c r="B223" t="s">
         <v>436</v>
       </c>
       <c r="C223" t="s">
         <v>48</v>
       </c>
       <c r="D223" t="s">
         <v>21</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223">
         <v>2011</v>
       </c>
       <c r="G223"/>
       <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
@@ -9198,147 +9198,147 @@
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>445</v>
       </c>
       <c r="B228" t="s">
         <v>446</v>
       </c>
       <c r="C228"/>
       <c r="D228" t="s">
         <v>31</v>
       </c>
       <c r="E228" t="s">
         <v>24</v>
       </c>
       <c r="F228">
         <v>2010</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>447</v>
       </c>
       <c r="B229" t="s">
         <v>448</v>
       </c>
       <c r="C229" t="s">
         <v>48</v>
       </c>
       <c r="D229" t="s">
         <v>21</v>
       </c>
       <c r="E229" t="s">
         <v>17</v>
       </c>
       <c r="F229">
         <v>2010</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>449</v>
       </c>
       <c r="B230" t="s">
         <v>450</v>
       </c>
       <c r="C230" t="s">
         <v>26</v>
       </c>
       <c r="D230" t="s">
         <v>21</v>
       </c>
       <c r="E230" t="s">
         <v>17</v>
       </c>
       <c r="F230">
         <v>2010</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>451</v>
       </c>
       <c r="B231" t="s">
         <v>452</v>
       </c>
       <c r="C231" t="s">
         <v>28</v>
       </c>
       <c r="D231" t="s">
         <v>21</v>
       </c>
       <c r="E231" t="s">
         <v>17</v>
       </c>
       <c r="F231">
         <v>2010</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>453</v>
       </c>
       <c r="B232" t="s">
         <v>454</v>
       </c>
       <c r="C232" t="s">
         <v>48</v>
       </c>
       <c r="D232" t="s">
         <v>21</v>
       </c>
       <c r="E232" t="s">
         <v>17</v>
       </c>
       <c r="F232">
         <v>2010</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>455</v>
       </c>
       <c r="B233" t="s">
         <v>456</v>
       </c>
       <c r="C233" t="s">
         <v>15</v>
       </c>
       <c r="D233" t="s">
         <v>16</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233">
         <v>2010</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
         <v>52</v>
       </c>
@@ -9480,51 +9480,51 @@
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>470</v>
       </c>
       <c r="B240" t="s">
         <v>471</v>
       </c>
       <c r="C240"/>
       <c r="D240" t="s">
         <v>31</v>
       </c>
       <c r="E240" t="s">
         <v>24</v>
       </c>
       <c r="F240">
         <v>2009</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>472</v>
       </c>
       <c r="B241" t="s">
         <v>473</v>
       </c>
       <c r="C241" t="s">
         <v>48</v>
       </c>
       <c r="D241" t="s">
         <v>21</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241">
         <v>2009</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
         <v>52</v>
       </c>
@@ -9672,147 +9672,147 @@
       <c r="H247" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>486</v>
       </c>
       <c r="B248" t="s">
         <v>487</v>
       </c>
       <c r="C248" t="s">
         <v>28</v>
       </c>
       <c r="D248" t="s">
         <v>21</v>
       </c>
       <c r="E248" t="s">
         <v>17</v>
       </c>
       <c r="F248">
         <v>2009</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>488</v>
       </c>
       <c r="B249" t="s">
         <v>489</v>
       </c>
       <c r="C249" t="s">
         <v>28</v>
       </c>
       <c r="D249" t="s">
         <v>21</v>
       </c>
       <c r="E249" t="s">
         <v>17</v>
       </c>
       <c r="F249">
         <v>2009</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>490</v>
       </c>
       <c r="B250" t="s">
         <v>491</v>
       </c>
       <c r="C250" t="s">
         <v>26</v>
       </c>
       <c r="D250" t="s">
         <v>21</v>
       </c>
       <c r="E250" t="s">
         <v>17</v>
       </c>
       <c r="F250">
         <v>2009</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>492</v>
       </c>
       <c r="B251" t="s">
         <v>493</v>
       </c>
       <c r="C251" t="s">
         <v>26</v>
       </c>
       <c r="D251" t="s">
         <v>21</v>
       </c>
       <c r="E251" t="s">
         <v>17</v>
       </c>
       <c r="F251">
         <v>2009</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>494</v>
       </c>
       <c r="B252" t="s">
         <v>495</v>
       </c>
       <c r="C252" t="s">
         <v>48</v>
       </c>
       <c r="D252" t="s">
         <v>21</v>
       </c>
       <c r="E252" t="s">
         <v>17</v>
       </c>
       <c r="F252">
         <v>2009</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>496</v>
       </c>
       <c r="B253" t="s">
         <v>497</v>
       </c>
       <c r="C253" t="s">
         <v>48</v>
       </c>
       <c r="D253" t="s">
         <v>21</v>
       </c>
       <c r="E253" t="s">
         <v>17</v>
       </c>
       <c r="F253">
         <v>2009</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>74</v>
       </c>
@@ -10092,71 +10092,71 @@
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>522</v>
       </c>
       <c r="B266" t="s">
         <v>523</v>
       </c>
       <c r="C266"/>
       <c r="D266" t="s">
         <v>260</v>
       </c>
       <c r="E266" t="s">
         <v>24</v>
       </c>
       <c r="F266">
         <v>2008</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>524</v>
       </c>
       <c r="B267" t="s">
         <v>525</v>
       </c>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267" t="s">
         <v>24</v>
       </c>
       <c r="F267">
         <v>2008</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>526</v>
       </c>
       <c r="B268" t="s">
         <v>527</v>
       </c>
       <c r="C268" t="s">
         <v>48</v>
       </c>
       <c r="D268" t="s">
         <v>21</v>
       </c>
       <c r="E268" t="s">
         <v>17</v>
       </c>
       <c r="F268">
         <v>2008</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>12</v>
       </c>
@@ -10232,51 +10232,51 @@
       <c r="H271" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>534</v>
       </c>
       <c r="B272" t="s">
         <v>535</v>
       </c>
       <c r="C272" t="s">
         <v>48</v>
       </c>
       <c r="D272" t="s">
         <v>21</v>
       </c>
       <c r="E272" t="s">
         <v>17</v>
       </c>
       <c r="F272">
         <v>2008</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>536</v>
       </c>
       <c r="B273" t="s">
         <v>537</v>
       </c>
       <c r="C273" t="s">
         <v>48</v>
       </c>
       <c r="D273" t="s">
         <v>21</v>
       </c>
       <c r="E273" t="s">
         <v>17</v>
       </c>
       <c r="F273">
         <v>2008</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>318</v>
       </c>
@@ -10304,291 +10304,291 @@
       <c r="H274" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>540</v>
       </c>
       <c r="B275" t="s">
         <v>541</v>
       </c>
       <c r="C275" t="s">
         <v>28</v>
       </c>
       <c r="D275" t="s">
         <v>21</v>
       </c>
       <c r="E275" t="s">
         <v>17</v>
       </c>
       <c r="F275">
         <v>2008</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>542</v>
       </c>
       <c r="B276" t="s">
         <v>543</v>
       </c>
       <c r="C276" t="s">
         <v>28</v>
       </c>
       <c r="D276" t="s">
         <v>21</v>
       </c>
       <c r="E276" t="s">
         <v>17</v>
       </c>
       <c r="F276">
         <v>2008</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>544</v>
       </c>
       <c r="B277" t="s">
         <v>545</v>
       </c>
       <c r="C277" t="s">
         <v>28</v>
       </c>
       <c r="D277" t="s">
         <v>21</v>
       </c>
       <c r="E277" t="s">
         <v>17</v>
       </c>
       <c r="F277">
         <v>2008</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>546</v>
       </c>
       <c r="B278" t="s">
         <v>547</v>
       </c>
       <c r="C278" t="s">
         <v>26</v>
       </c>
       <c r="D278" t="s">
         <v>21</v>
       </c>
       <c r="E278" t="s">
         <v>17</v>
       </c>
       <c r="F278">
         <v>2008</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>548</v>
       </c>
       <c r="B279" t="s">
         <v>549</v>
       </c>
       <c r="C279" t="s">
         <v>26</v>
       </c>
       <c r="D279" t="s">
         <v>21</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279">
         <v>2008</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>550</v>
       </c>
       <c r="B280" t="s">
         <v>551</v>
       </c>
       <c r="C280" t="s">
         <v>26</v>
       </c>
       <c r="D280" t="s">
         <v>21</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280">
         <v>2008</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>552</v>
       </c>
       <c r="B281" t="s">
         <v>553</v>
       </c>
       <c r="C281" t="s">
         <v>48</v>
       </c>
       <c r="D281" t="s">
         <v>21</v>
       </c>
       <c r="E281" t="s">
         <v>17</v>
       </c>
       <c r="F281">
         <v>2008</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>554</v>
       </c>
       <c r="B282" t="s">
         <v>555</v>
       </c>
       <c r="C282" t="s">
         <v>48</v>
       </c>
       <c r="D282" t="s">
         <v>21</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282">
         <v>2008</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>556</v>
       </c>
       <c r="B283" t="s">
         <v>535</v>
       </c>
       <c r="C283" t="s">
         <v>48</v>
       </c>
       <c r="D283" t="s">
         <v>21</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283">
         <v>2008</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>557</v>
       </c>
       <c r="B284" t="s">
         <v>558</v>
       </c>
       <c r="C284" t="s">
         <v>26</v>
       </c>
       <c r="D284" t="s">
         <v>21</v>
       </c>
       <c r="E284" t="s">
         <v>17</v>
       </c>
       <c r="F284">
         <v>2008</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>559</v>
       </c>
       <c r="B285" t="s">
         <v>268</v>
       </c>
       <c r="C285" t="s">
         <v>48</v>
       </c>
       <c r="D285" t="s">
         <v>21</v>
       </c>
       <c r="E285" t="s">
         <v>17</v>
       </c>
       <c r="F285">
         <v>2008</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>560</v>
       </c>
       <c r="B286" t="s">
         <v>561</v>
       </c>
       <c r="C286" t="s">
         <v>28</v>
       </c>
       <c r="D286" t="s">
         <v>21</v>
       </c>
       <c r="E286" t="s">
         <v>17</v>
       </c>
       <c r="F286">
         <v>2008</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
         <v>74</v>
       </c>
@@ -10818,73 +10818,73 @@
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296"/>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>582</v>
       </c>
       <c r="B297" t="s">
         <v>583</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>31</v>
       </c>
       <c r="E297" t="s">
         <v>24</v>
       </c>
       <c r="F297">
         <v>2007</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>584</v>
       </c>
       <c r="B298" t="s">
         <v>585</v>
       </c>
       <c r="C298"/>
       <c r="D298" t="s">
         <v>31</v>
       </c>
       <c r="E298" t="s">
         <v>24</v>
       </c>
       <c r="F298">
         <v>2007</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>586</v>
       </c>
       <c r="B299" t="s">
         <v>587</v>
       </c>
       <c r="C299" t="s">
         <v>48</v>
       </c>
       <c r="D299" t="s">
         <v>21</v>
       </c>
       <c r="E299" t="s">
         <v>17</v>
       </c>
       <c r="F299">
         <v>2007</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
         <v>223</v>
       </c>
@@ -10984,75 +10984,75 @@
       <c r="H303" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>596</v>
       </c>
       <c r="B304" t="s">
         <v>597</v>
       </c>
       <c r="C304" t="s">
         <v>26</v>
       </c>
       <c r="D304" t="s">
         <v>21</v>
       </c>
       <c r="E304" t="s">
         <v>17</v>
       </c>
       <c r="F304">
         <v>2007</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>598</v>
       </c>
       <c r="B305" t="s">
         <v>599</v>
       </c>
       <c r="C305" t="s">
         <v>26</v>
       </c>
       <c r="D305" t="s">
         <v>21</v>
       </c>
       <c r="E305" t="s">
         <v>17</v>
       </c>
       <c r="F305">
         <v>2007</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>600</v>
       </c>
       <c r="B306" t="s">
         <v>601</v>
       </c>
       <c r="C306" t="s">
         <v>28</v>
       </c>
       <c r="D306" t="s">
         <v>21</v>
       </c>
       <c r="E306" t="s">
         <v>17</v>
       </c>
       <c r="F306">
         <v>2007</v>
       </c>
       <c r="G306" t="s">
         <v>602</v>
       </c>
       <c r="H306" t="s">
@@ -11130,97 +11130,97 @@
       <c r="H309" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>598</v>
       </c>
       <c r="B310" t="s">
         <v>599</v>
       </c>
       <c r="C310" t="s">
         <v>26</v>
       </c>
       <c r="D310" t="s">
         <v>21</v>
       </c>
       <c r="E310" t="s">
         <v>17</v>
       </c>
       <c r="F310">
         <v>2007</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>609</v>
       </c>
       <c r="B311" t="s">
         <v>610</v>
       </c>
       <c r="C311" t="s">
         <v>48</v>
       </c>
       <c r="D311" t="s">
         <v>21</v>
       </c>
       <c r="E311" t="s">
         <v>17</v>
       </c>
       <c r="F311">
         <v>2007</v>
       </c>
       <c r="G311"/>
       <c r="H311"/>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>611</v>
       </c>
       <c r="B312" t="s">
         <v>612</v>
       </c>
       <c r="C312" t="s">
         <v>28</v>
       </c>
       <c r="D312" t="s">
         <v>21</v>
       </c>
       <c r="E312" t="s">
         <v>17</v>
       </c>
       <c r="F312">
         <v>2007</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>613</v>
       </c>
       <c r="B313" t="s">
         <v>614</v>
       </c>
       <c r="C313" t="s">
         <v>48</v>
       </c>
       <c r="D313" t="s">
         <v>21</v>
       </c>
       <c r="E313" t="s">
         <v>17</v>
       </c>
       <c r="F313">
         <v>2007</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>88</v>
       </c>
@@ -11316,51 +11316,51 @@
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>622</v>
       </c>
       <c r="B318" t="s">
         <v>623</v>
       </c>
       <c r="C318"/>
       <c r="D318" t="s">
         <v>31</v>
       </c>
       <c r="E318" t="s">
         <v>24</v>
       </c>
       <c r="F318">
         <v>2006</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>624</v>
       </c>
       <c r="B319" t="s">
         <v>625</v>
       </c>
       <c r="C319"/>
       <c r="D319" t="s">
         <v>31</v>
       </c>
       <c r="E319" t="s">
         <v>24</v>
       </c>
       <c r="F319">
         <v>2006</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="320" spans="1:8">
@@ -11382,51 +11382,51 @@
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>628</v>
       </c>
       <c r="B321" t="s">
         <v>629</v>
       </c>
       <c r="C321"/>
       <c r="D321" t="s">
         <v>31</v>
       </c>
       <c r="E321" t="s">
         <v>24</v>
       </c>
       <c r="F321">
         <v>2006</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>630</v>
       </c>
       <c r="B322" t="s">
         <v>631</v>
       </c>
       <c r="C322"/>
       <c r="D322" t="s">
         <v>31</v>
       </c>
       <c r="E322" t="s">
         <v>24</v>
       </c>
       <c r="F322">
         <v>2006</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="323" spans="1:8">
@@ -11788,171 +11788,171 @@
       <c r="H337" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>662</v>
       </c>
       <c r="B338" t="s">
         <v>663</v>
       </c>
       <c r="C338" t="s">
         <v>26</v>
       </c>
       <c r="D338" t="s">
         <v>21</v>
       </c>
       <c r="E338" t="s">
         <v>17</v>
       </c>
       <c r="F338">
         <v>2006</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>664</v>
       </c>
       <c r="B339" t="s">
         <v>665</v>
       </c>
       <c r="C339" t="s">
         <v>26</v>
       </c>
       <c r="D339" t="s">
         <v>21</v>
       </c>
       <c r="E339" t="s">
         <v>17</v>
       </c>
       <c r="F339">
         <v>2006</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>666</v>
       </c>
       <c r="B340" t="s">
         <v>667</v>
       </c>
       <c r="C340" t="s">
         <v>26</v>
       </c>
       <c r="D340" t="s">
         <v>21</v>
       </c>
       <c r="E340" t="s">
         <v>17</v>
       </c>
       <c r="F340">
         <v>2006</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>668</v>
       </c>
       <c r="B341" t="s">
         <v>669</v>
       </c>
       <c r="C341" t="s">
         <v>26</v>
       </c>
       <c r="D341" t="s">
         <v>21</v>
       </c>
       <c r="E341" t="s">
         <v>17</v>
       </c>
       <c r="F341">
         <v>2006</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>670</v>
       </c>
       <c r="B342" t="s">
         <v>671</v>
       </c>
       <c r="C342" t="s">
         <v>26</v>
       </c>
       <c r="D342" t="s">
         <v>21</v>
       </c>
       <c r="E342" t="s">
         <v>17</v>
       </c>
       <c r="F342">
         <v>2006</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>672</v>
       </c>
       <c r="B343" t="s">
         <v>673</v>
       </c>
       <c r="C343" t="s">
         <v>26</v>
       </c>
       <c r="D343" t="s">
         <v>21</v>
       </c>
       <c r="E343" t="s">
         <v>17</v>
       </c>
       <c r="F343">
         <v>2006</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>674</v>
       </c>
       <c r="B344" t="s">
         <v>675</v>
       </c>
       <c r="C344" t="s">
         <v>48</v>
       </c>
       <c r="D344" t="s">
         <v>21</v>
       </c>
       <c r="E344" t="s">
         <v>17</v>
       </c>
       <c r="F344">
         <v>2006</v>
       </c>
       <c r="G344"/>
       <c r="H344"/>
     </row>
     <row r="345" spans="1:8">
@@ -12044,51 +12044,51 @@
       </c>
       <c r="G348"/>
       <c r="H348"/>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>684</v>
       </c>
       <c r="B349" t="s">
         <v>685</v>
       </c>
       <c r="C349" t="s">
         <v>48</v>
       </c>
       <c r="D349" t="s">
         <v>21</v>
       </c>
       <c r="E349" t="s">
         <v>17</v>
       </c>
       <c r="F349">
         <v>2006</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>686</v>
       </c>
       <c r="B350" t="s">
         <v>687</v>
       </c>
       <c r="C350" t="s">
         <v>48</v>
       </c>
       <c r="D350" t="s">
         <v>21</v>
       </c>
       <c r="E350" t="s">
         <v>17</v>
       </c>
       <c r="F350">
         <v>2006</v>
       </c>
       <c r="G350"/>
       <c r="H350"/>
     </row>
     <row r="351" spans="1:8">
@@ -12232,51 +12232,51 @@
       <c r="H356" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>699</v>
       </c>
       <c r="B357" t="s">
         <v>700</v>
       </c>
       <c r="C357" t="s">
         <v>48</v>
       </c>
       <c r="D357" t="s">
         <v>21</v>
       </c>
       <c r="E357" t="s">
         <v>17</v>
       </c>
       <c r="F357">
         <v>2006</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>701</v>
       </c>
       <c r="B358" t="s">
         <v>702</v>
       </c>
       <c r="C358" t="s">
         <v>48</v>
       </c>
       <c r="D358" t="s">
         <v>21</v>
       </c>
       <c r="E358" t="s">
         <v>17</v>
       </c>
       <c r="F358">
         <v>2006</v>
       </c>
       <c r="G358"/>
       <c r="H358"/>
     </row>
     <row r="359" spans="1:8">
@@ -12298,51 +12298,51 @@
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>705</v>
       </c>
       <c r="B360" t="s">
         <v>706</v>
       </c>
       <c r="C360"/>
       <c r="D360" t="s">
         <v>31</v>
       </c>
       <c r="E360" t="s">
         <v>24</v>
       </c>
       <c r="F360">
         <v>2005</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>707</v>
       </c>
       <c r="B361" t="s">
         <v>708</v>
       </c>
       <c r="C361" t="s">
         <v>48</v>
       </c>
       <c r="D361" t="s">
         <v>21</v>
       </c>
       <c r="E361" t="s">
         <v>17</v>
       </c>
       <c r="F361">
         <v>2005</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>12</v>
       </c>
@@ -12370,51 +12370,51 @@
       <c r="H362" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>711</v>
       </c>
       <c r="B363" t="s">
         <v>712</v>
       </c>
       <c r="C363" t="s">
         <v>26</v>
       </c>
       <c r="D363" t="s">
         <v>21</v>
       </c>
       <c r="E363" t="s">
         <v>17</v>
       </c>
       <c r="F363">
         <v>2005</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>713</v>
       </c>
       <c r="B364" t="s">
         <v>714</v>
       </c>
       <c r="C364" t="s">
         <v>48</v>
       </c>
       <c r="D364" t="s">
         <v>21</v>
       </c>
       <c r="E364" t="s">
         <v>17</v>
       </c>
       <c r="F364">
         <v>2005</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
         <v>318</v>
       </c>
@@ -12514,147 +12514,147 @@
       <c r="H368" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>723</v>
       </c>
       <c r="B369" t="s">
         <v>724</v>
       </c>
       <c r="C369" t="s">
         <v>28</v>
       </c>
       <c r="D369" t="s">
         <v>21</v>
       </c>
       <c r="E369" t="s">
         <v>17</v>
       </c>
       <c r="F369">
         <v>2005</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>725</v>
       </c>
       <c r="B370" t="s">
         <v>726</v>
       </c>
       <c r="C370" t="s">
         <v>28</v>
       </c>
       <c r="D370" t="s">
         <v>21</v>
       </c>
       <c r="E370" t="s">
         <v>17</v>
       </c>
       <c r="F370">
         <v>2005</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>727</v>
       </c>
       <c r="B371" t="s">
         <v>728</v>
       </c>
       <c r="C371" t="s">
         <v>28</v>
       </c>
       <c r="D371" t="s">
         <v>21</v>
       </c>
       <c r="E371" t="s">
         <v>17</v>
       </c>
       <c r="F371">
         <v>2005</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>729</v>
       </c>
       <c r="B372" t="s">
         <v>730</v>
       </c>
       <c r="C372" t="s">
         <v>48</v>
       </c>
       <c r="D372" t="s">
         <v>21</v>
       </c>
       <c r="E372" t="s">
         <v>17</v>
       </c>
       <c r="F372">
         <v>2005</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>731</v>
       </c>
       <c r="B373" t="s">
         <v>732</v>
       </c>
       <c r="C373" t="s">
         <v>28</v>
       </c>
       <c r="D373" t="s">
         <v>21</v>
       </c>
       <c r="E373" t="s">
         <v>17</v>
       </c>
       <c r="F373">
         <v>2005</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>733</v>
       </c>
       <c r="B374" t="s">
         <v>734</v>
       </c>
       <c r="C374" t="s">
         <v>26</v>
       </c>
       <c r="D374" t="s">
         <v>21</v>
       </c>
       <c r="E374" t="s">
         <v>17</v>
       </c>
       <c r="F374">
         <v>2005</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>181</v>
       </c>
@@ -12706,75 +12706,75 @@
       <c r="H376" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>739</v>
       </c>
       <c r="B377" t="s">
         <v>740</v>
       </c>
       <c r="C377" t="s">
         <v>48</v>
       </c>
       <c r="D377" t="s">
         <v>21</v>
       </c>
       <c r="E377" t="s">
         <v>17</v>
       </c>
       <c r="F377">
         <v>2005</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>741</v>
       </c>
       <c r="B378" t="s">
         <v>742</v>
       </c>
       <c r="C378" t="s">
         <v>48</v>
       </c>
       <c r="D378" t="s">
         <v>21</v>
       </c>
       <c r="E378" t="s">
         <v>17</v>
       </c>
       <c r="F378">
         <v>2005</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>743</v>
       </c>
       <c r="B379" t="s">
         <v>744</v>
       </c>
       <c r="C379" t="s">
         <v>48</v>
       </c>
       <c r="D379" t="s">
         <v>21</v>
       </c>
       <c r="E379" t="s">
         <v>17</v>
       </c>
       <c r="F379">
         <v>2005</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>52</v>
       </c>
@@ -12802,147 +12802,147 @@
       <c r="H380" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>747</v>
       </c>
       <c r="B381" t="s">
         <v>748</v>
       </c>
       <c r="C381" t="s">
         <v>26</v>
       </c>
       <c r="D381" t="s">
         <v>21</v>
       </c>
       <c r="E381" t="s">
         <v>17</v>
       </c>
       <c r="F381">
         <v>2005</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>749</v>
       </c>
       <c r="B382" t="s">
         <v>750</v>
       </c>
       <c r="C382" t="s">
         <v>28</v>
       </c>
       <c r="D382" t="s">
         <v>21</v>
       </c>
       <c r="E382" t="s">
         <v>17</v>
       </c>
       <c r="F382">
         <v>2005</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>751</v>
       </c>
       <c r="B383" t="s">
         <v>752</v>
       </c>
       <c r="C383" t="s">
         <v>26</v>
       </c>
       <c r="D383" t="s">
         <v>21</v>
       </c>
       <c r="E383" t="s">
         <v>17</v>
       </c>
       <c r="F383">
         <v>2005</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>753</v>
       </c>
       <c r="B384" t="s">
         <v>754</v>
       </c>
       <c r="C384" t="s">
         <v>26</v>
       </c>
       <c r="D384" t="s">
         <v>21</v>
       </c>
       <c r="E384" t="s">
         <v>17</v>
       </c>
       <c r="F384">
         <v>2005</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>755</v>
       </c>
       <c r="B385" t="s">
         <v>756</v>
       </c>
       <c r="C385" t="s">
         <v>48</v>
       </c>
       <c r="D385" t="s">
         <v>21</v>
       </c>
       <c r="E385" t="s">
         <v>17</v>
       </c>
       <c r="F385">
         <v>2005</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>757</v>
       </c>
       <c r="B386" t="s">
         <v>758</v>
       </c>
       <c r="C386" t="s">
         <v>48</v>
       </c>
       <c r="D386" t="s">
         <v>21</v>
       </c>
       <c r="E386" t="s">
         <v>17</v>
       </c>
       <c r="F386">
         <v>2005</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>12</v>
       </c>
@@ -13058,99 +13058,99 @@
       <c r="F391">
         <v>2005</v>
       </c>
       <c r="G391"/>
       <c r="H391"/>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>769</v>
       </c>
       <c r="B392" t="s">
         <v>770</v>
       </c>
       <c r="C392"/>
       <c r="D392" t="s">
         <v>31</v>
       </c>
       <c r="E392" t="s">
         <v>24</v>
       </c>
       <c r="F392">
         <v>2004</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>771</v>
       </c>
       <c r="B393" t="s">
         <v>772</v>
       </c>
       <c r="C393" t="s">
         <v>28</v>
       </c>
       <c r="D393" t="s">
         <v>21</v>
       </c>
       <c r="E393" t="s">
         <v>17</v>
       </c>
       <c r="F393">
         <v>2004</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>773</v>
       </c>
       <c r="B394" t="s">
         <v>774</v>
       </c>
       <c r="C394" t="s">
         <v>28</v>
       </c>
       <c r="D394" t="s">
         <v>21</v>
       </c>
       <c r="E394" t="s">
         <v>17</v>
       </c>
       <c r="F394">
         <v>2004</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>775</v>
       </c>
       <c r="B395" t="s">
         <v>776</v>
       </c>
       <c r="C395" t="s">
         <v>48</v>
       </c>
       <c r="D395" t="s">
         <v>21</v>
       </c>
       <c r="E395" t="s">
         <v>17</v>
       </c>
       <c r="F395">
         <v>2004</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>74</v>
       </c>
@@ -13178,75 +13178,75 @@
       <c r="H396" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>779</v>
       </c>
       <c r="B397" t="s">
         <v>780</v>
       </c>
       <c r="C397" t="s">
         <v>28</v>
       </c>
       <c r="D397" t="s">
         <v>21</v>
       </c>
       <c r="E397" t="s">
         <v>17</v>
       </c>
       <c r="F397">
         <v>2004</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>781</v>
       </c>
       <c r="B398" t="s">
         <v>782</v>
       </c>
       <c r="C398" t="s">
         <v>48</v>
       </c>
       <c r="D398" t="s">
         <v>21</v>
       </c>
       <c r="E398" t="s">
         <v>17</v>
       </c>
       <c r="F398">
         <v>2004</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>783</v>
       </c>
       <c r="B399" t="s">
         <v>784</v>
       </c>
       <c r="C399" t="s">
         <v>26</v>
       </c>
       <c r="D399" t="s">
         <v>21</v>
       </c>
       <c r="E399" t="s">
         <v>17</v>
       </c>
       <c r="F399">
         <v>2004</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
         <v>296</v>
       </c>
@@ -13394,51 +13394,51 @@
       </c>
       <c r="G405"/>
       <c r="H405"/>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>796</v>
       </c>
       <c r="B406" t="s">
         <v>788</v>
       </c>
       <c r="C406" t="s">
         <v>28</v>
       </c>
       <c r="D406" t="s">
         <v>21</v>
       </c>
       <c r="E406" t="s">
         <v>17</v>
       </c>
       <c r="F406">
         <v>2004</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>797</v>
       </c>
       <c r="B407" t="s">
         <v>798</v>
       </c>
       <c r="C407" t="s">
         <v>48</v>
       </c>
       <c r="D407" t="s">
         <v>21</v>
       </c>
       <c r="E407" t="s">
         <v>17</v>
       </c>
       <c r="F407">
         <v>2004</v>
       </c>
       <c r="G407"/>
       <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
@@ -13506,75 +13506,75 @@
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>805</v>
       </c>
       <c r="B411" t="s">
         <v>806</v>
       </c>
       <c r="C411"/>
       <c r="D411" t="s">
         <v>31</v>
       </c>
       <c r="E411" t="s">
         <v>24</v>
       </c>
       <c r="F411">
         <v>2003</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>807</v>
       </c>
       <c r="B412" t="s">
         <v>808</v>
       </c>
       <c r="C412" t="s">
         <v>48</v>
       </c>
       <c r="D412" t="s">
         <v>21</v>
       </c>
       <c r="E412" t="s">
         <v>17</v>
       </c>
       <c r="F412">
         <v>2003</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>809</v>
       </c>
       <c r="B413" t="s">
         <v>810</v>
       </c>
       <c r="C413" t="s">
         <v>20</v>
       </c>
       <c r="D413" t="s">
         <v>21</v>
       </c>
       <c r="E413" t="s">
         <v>17</v>
       </c>
       <c r="F413">
         <v>2003</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>223</v>
       </c>
@@ -13748,99 +13748,99 @@
       <c r="H420" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>825</v>
       </c>
       <c r="B421" t="s">
         <v>826</v>
       </c>
       <c r="C421" t="s">
         <v>48</v>
       </c>
       <c r="D421" t="s">
         <v>21</v>
       </c>
       <c r="E421" t="s">
         <v>17</v>
       </c>
       <c r="F421">
         <v>2003</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>827</v>
       </c>
       <c r="B422" t="s">
         <v>828</v>
       </c>
       <c r="C422" t="s">
         <v>28</v>
       </c>
       <c r="D422" t="s">
         <v>21</v>
       </c>
       <c r="E422" t="s">
         <v>17</v>
       </c>
       <c r="F422">
         <v>2003</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>829</v>
       </c>
       <c r="B423" t="s">
         <v>826</v>
       </c>
       <c r="C423" t="s">
         <v>48</v>
       </c>
       <c r="D423" t="s">
         <v>21</v>
       </c>
       <c r="E423" t="s">
         <v>17</v>
       </c>
       <c r="F423">
         <v>2003</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>830</v>
       </c>
       <c r="B424" t="s">
         <v>831</v>
       </c>
       <c r="C424" t="s">
         <v>65</v>
       </c>
       <c r="D424" t="s">
         <v>66</v>
       </c>
       <c r="E424" t="s">
         <v>17</v>
       </c>
       <c r="F424">
         <v>2003</v>
       </c>
       <c r="G424" t="s">
         <v>22</v>
       </c>
       <c r="H424"/>
@@ -13868,123 +13868,123 @@
       <c r="H425" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>834</v>
       </c>
       <c r="B426" t="s">
         <v>835</v>
       </c>
       <c r="C426" t="s">
         <v>48</v>
       </c>
       <c r="D426" t="s">
         <v>21</v>
       </c>
       <c r="E426" t="s">
         <v>17</v>
       </c>
       <c r="F426">
         <v>2003</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>836</v>
       </c>
       <c r="B427" t="s">
         <v>837</v>
       </c>
       <c r="C427" t="s">
         <v>48</v>
       </c>
       <c r="D427" t="s">
         <v>21</v>
       </c>
       <c r="E427" t="s">
         <v>17</v>
       </c>
       <c r="F427">
         <v>2003</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>838</v>
       </c>
       <c r="B428" t="s">
         <v>839</v>
       </c>
       <c r="C428" t="s">
         <v>48</v>
       </c>
       <c r="D428" t="s">
         <v>21</v>
       </c>
       <c r="E428" t="s">
         <v>17</v>
       </c>
       <c r="F428">
         <v>2003</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>840</v>
       </c>
       <c r="B429" t="s">
         <v>841</v>
       </c>
       <c r="C429" t="s">
         <v>26</v>
       </c>
       <c r="D429" t="s">
         <v>21</v>
       </c>
       <c r="E429" t="s">
         <v>17</v>
       </c>
       <c r="F429">
         <v>2003</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>842</v>
       </c>
       <c r="B430" t="s">
         <v>843</v>
       </c>
       <c r="C430" t="s">
         <v>48</v>
       </c>
       <c r="D430" t="s">
         <v>21</v>
       </c>
       <c r="E430" t="s">
         <v>17</v>
       </c>
       <c r="F430">
         <v>2003</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
         <v>54</v>
       </c>
@@ -14010,51 +14010,51 @@
       </c>
       <c r="G431"/>
       <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>846</v>
       </c>
       <c r="B432" t="s">
         <v>847</v>
       </c>
       <c r="C432" t="s">
         <v>28</v>
       </c>
       <c r="D432" t="s">
         <v>21</v>
       </c>
       <c r="E432" t="s">
         <v>17</v>
       </c>
       <c r="F432">
         <v>2003</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>848</v>
       </c>
       <c r="B433" t="s">
         <v>849</v>
       </c>
       <c r="C433" t="s">
         <v>48</v>
       </c>
       <c r="D433" t="s">
         <v>21</v>
       </c>
       <c r="E433" t="s">
         <v>17</v>
       </c>
       <c r="F433">
         <v>2003</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
         <v>88</v>
       </c>
@@ -14082,75 +14082,75 @@
       <c r="H434" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>851</v>
       </c>
       <c r="B435" t="s">
         <v>852</v>
       </c>
       <c r="C435" t="s">
         <v>48</v>
       </c>
       <c r="D435" t="s">
         <v>21</v>
       </c>
       <c r="E435" t="s">
         <v>17</v>
       </c>
       <c r="F435">
         <v>2003</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>853</v>
       </c>
       <c r="B436" t="s">
         <v>849</v>
       </c>
       <c r="C436" t="s">
         <v>48</v>
       </c>
       <c r="D436" t="s">
         <v>21</v>
       </c>
       <c r="E436" t="s">
         <v>17</v>
       </c>
       <c r="F436">
         <v>2003</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>854</v>
       </c>
       <c r="B437" t="s">
         <v>855</v>
       </c>
       <c r="C437" t="s">
         <v>48</v>
       </c>
       <c r="D437" t="s">
         <v>21</v>
       </c>
       <c r="E437" t="s">
         <v>17</v>
       </c>
       <c r="F437">
         <v>2003</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>88</v>
       </c>
@@ -14198,51 +14198,51 @@
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>859</v>
       </c>
       <c r="B440" t="s">
         <v>860</v>
       </c>
       <c r="C440"/>
       <c r="D440" t="s">
         <v>31</v>
       </c>
       <c r="E440" t="s">
         <v>24</v>
       </c>
       <c r="F440">
         <v>2002</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>861</v>
       </c>
       <c r="B441" t="s">
         <v>862</v>
       </c>
       <c r="C441" t="s">
         <v>28</v>
       </c>
       <c r="D441" t="s">
         <v>21</v>
       </c>
       <c r="E441" t="s">
         <v>17</v>
       </c>
       <c r="F441">
         <v>2002</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
         <v>223</v>
       </c>
@@ -14320,147 +14320,147 @@
       <c r="H444" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>869</v>
       </c>
       <c r="B445" t="s">
         <v>870</v>
       </c>
       <c r="C445" t="s">
         <v>26</v>
       </c>
       <c r="D445" t="s">
         <v>21</v>
       </c>
       <c r="E445" t="s">
         <v>17</v>
       </c>
       <c r="F445">
         <v>2002</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>871</v>
       </c>
       <c r="B446" t="s">
         <v>872</v>
       </c>
       <c r="C446" t="s">
         <v>48</v>
       </c>
       <c r="D446" t="s">
         <v>21</v>
       </c>
       <c r="E446" t="s">
         <v>17</v>
       </c>
       <c r="F446">
         <v>2002</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>873</v>
       </c>
       <c r="B447" t="s">
         <v>874</v>
       </c>
       <c r="C447" t="s">
         <v>48</v>
       </c>
       <c r="D447" t="s">
         <v>21</v>
       </c>
       <c r="E447" t="s">
         <v>17</v>
       </c>
       <c r="F447">
         <v>2002</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>875</v>
       </c>
       <c r="B448" t="s">
         <v>876</v>
       </c>
       <c r="C448" t="s">
         <v>48</v>
       </c>
       <c r="D448" t="s">
         <v>21</v>
       </c>
       <c r="E448" t="s">
         <v>17</v>
       </c>
       <c r="F448">
         <v>2002</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>877</v>
       </c>
       <c r="B449" t="s">
         <v>878</v>
       </c>
       <c r="C449" t="s">
         <v>26</v>
       </c>
       <c r="D449" t="s">
         <v>21</v>
       </c>
       <c r="E449" t="s">
         <v>17</v>
       </c>
       <c r="F449">
         <v>2002</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>879</v>
       </c>
       <c r="B450" t="s">
         <v>880</v>
       </c>
       <c r="C450" t="s">
         <v>48</v>
       </c>
       <c r="D450" t="s">
         <v>21</v>
       </c>
       <c r="E450" t="s">
         <v>17</v>
       </c>
       <c r="F450">
         <v>2002</v>
       </c>
       <c r="G450"/>
       <c r="H450"/>
     </row>
     <row r="451" spans="1:8">
@@ -14574,51 +14574,51 @@
       <c r="H455" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>891</v>
       </c>
       <c r="B456" t="s">
         <v>892</v>
       </c>
       <c r="C456" t="s">
         <v>48</v>
       </c>
       <c r="D456" t="s">
         <v>21</v>
       </c>
       <c r="E456" t="s">
         <v>17</v>
       </c>
       <c r="F456">
         <v>2002</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>893</v>
       </c>
       <c r="B457" t="s">
         <v>886</v>
       </c>
       <c r="C457" t="s">
         <v>48</v>
       </c>
       <c r="D457" t="s">
         <v>21</v>
       </c>
       <c r="E457" t="s">
         <v>17</v>
       </c>
       <c r="F457">
         <v>2002</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>88</v>
       </c>
@@ -14668,51 +14668,51 @@
       </c>
       <c r="G459"/>
       <c r="H459"/>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>898</v>
       </c>
       <c r="B460" t="s">
         <v>899</v>
       </c>
       <c r="C460" t="s">
         <v>48</v>
       </c>
       <c r="D460" t="s">
         <v>21</v>
       </c>
       <c r="E460" t="s">
         <v>17</v>
       </c>
       <c r="F460">
         <v>2002</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>900</v>
       </c>
       <c r="B461" t="s">
         <v>901</v>
       </c>
       <c r="C461" t="s">
         <v>48</v>
       </c>
       <c r="D461" t="s">
         <v>21</v>
       </c>
       <c r="E461" t="s">
         <v>17</v>
       </c>
       <c r="F461">
         <v>2002</v>
       </c>
       <c r="G461"/>
       <c r="H461"/>
     </row>
     <row r="462" spans="1:8">
@@ -14786,99 +14786,99 @@
       <c r="H464" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>908</v>
       </c>
       <c r="B465" t="s">
         <v>909</v>
       </c>
       <c r="C465" t="s">
         <v>48</v>
       </c>
       <c r="D465" t="s">
         <v>21</v>
       </c>
       <c r="E465" t="s">
         <v>17</v>
       </c>
       <c r="F465">
         <v>2001</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>910</v>
       </c>
       <c r="B466" t="s">
         <v>911</v>
       </c>
       <c r="C466" t="s">
         <v>28</v>
       </c>
       <c r="D466" t="s">
         <v>21</v>
       </c>
       <c r="E466" t="s">
         <v>17</v>
       </c>
       <c r="F466">
         <v>2001</v>
       </c>
       <c r="G466" t="s">
         <v>22</v>
       </c>
       <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>912</v>
       </c>
       <c r="B467" t="s">
         <v>913</v>
       </c>
       <c r="C467" t="s">
         <v>48</v>
       </c>
       <c r="D467" t="s">
         <v>21</v>
       </c>
       <c r="E467" t="s">
         <v>17</v>
       </c>
       <c r="F467">
         <v>2001</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>914</v>
       </c>
       <c r="B468" t="s">
         <v>915</v>
       </c>
       <c r="C468" t="s">
         <v>28</v>
       </c>
       <c r="D468" t="s">
         <v>21</v>
       </c>
       <c r="E468" t="s">
         <v>17</v>
       </c>
       <c r="F468">
         <v>2001</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
         <v>52</v>
       </c>
@@ -14906,99 +14906,99 @@
       <c r="H469" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>917</v>
       </c>
       <c r="B470" t="s">
         <v>918</v>
       </c>
       <c r="C470" t="s">
         <v>48</v>
       </c>
       <c r="D470" t="s">
         <v>21</v>
       </c>
       <c r="E470" t="s">
         <v>17</v>
       </c>
       <c r="F470">
         <v>2001</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>919</v>
       </c>
       <c r="B471" t="s">
         <v>920</v>
       </c>
       <c r="C471" t="s">
         <v>48</v>
       </c>
       <c r="D471" t="s">
         <v>21</v>
       </c>
       <c r="E471" t="s">
         <v>17</v>
       </c>
       <c r="F471">
         <v>2001</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>921</v>
       </c>
       <c r="B472" t="s">
         <v>922</v>
       </c>
       <c r="C472" t="s">
         <v>48</v>
       </c>
       <c r="D472" t="s">
         <v>21</v>
       </c>
       <c r="E472" t="s">
         <v>17</v>
       </c>
       <c r="F472">
         <v>2001</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>923</v>
       </c>
       <c r="B473" t="s">
         <v>924</v>
       </c>
       <c r="C473" t="s">
         <v>48</v>
       </c>
       <c r="D473" t="s">
         <v>21</v>
       </c>
       <c r="E473" t="s">
         <v>17</v>
       </c>
       <c r="F473">
         <v>2001</v>
       </c>
       <c r="G473"/>
       <c r="H473"/>
     </row>
     <row r="474" spans="1:8">
@@ -15212,51 +15212,51 @@
         <v>22</v>
       </c>
       <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>942</v>
       </c>
       <c r="B483" t="s">
         <v>943</v>
       </c>
       <c r="C483" t="s">
         <v>48</v>
       </c>
       <c r="D483" t="s">
         <v>21</v>
       </c>
       <c r="E483" t="s">
         <v>17</v>
       </c>
       <c r="F483">
         <v>2000</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>944</v>
       </c>
       <c r="B484" t="s">
         <v>945</v>
       </c>
       <c r="C484" t="s">
         <v>48</v>
       </c>
       <c r="D484" t="s">
         <v>21</v>
       </c>
       <c r="E484" t="s">
         <v>17</v>
       </c>
       <c r="F484">
         <v>2000</v>
       </c>
       <c r="G484"/>
       <c r="H484"/>
     </row>
     <row r="485" spans="1:8">
@@ -15390,75 +15390,75 @@
       <c r="H490" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>958</v>
       </c>
       <c r="B491" t="s">
         <v>959</v>
       </c>
       <c r="C491" t="s">
         <v>28</v>
       </c>
       <c r="D491" t="s">
         <v>21</v>
       </c>
       <c r="E491" t="s">
         <v>17</v>
       </c>
       <c r="F491">
         <v>1999</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>960</v>
       </c>
       <c r="B492" t="s">
         <v>961</v>
       </c>
       <c r="C492" t="s">
         <v>48</v>
       </c>
       <c r="D492" t="s">
         <v>21</v>
       </c>
       <c r="E492" t="s">
         <v>17</v>
       </c>
       <c r="F492">
         <v>1999</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>962</v>
       </c>
       <c r="B493" t="s">
         <v>963</v>
       </c>
       <c r="C493" t="s">
         <v>28</v>
       </c>
       <c r="D493" t="s">
         <v>21</v>
       </c>
       <c r="E493" t="s">
         <v>17</v>
       </c>
       <c r="F493">
         <v>1999</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
         <v>88</v>
       </c>
@@ -15486,51 +15486,51 @@
         <v>22</v>
       </c>
       <c r="H494"/>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>966</v>
       </c>
       <c r="B495" t="s">
         <v>967</v>
       </c>
       <c r="C495" t="s">
         <v>28</v>
       </c>
       <c r="D495" t="s">
         <v>21</v>
       </c>
       <c r="E495" t="s">
         <v>17</v>
       </c>
       <c r="F495">
         <v>1999</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>968</v>
       </c>
       <c r="B496" t="s">
         <v>969</v>
       </c>
       <c r="C496" t="s">
         <v>48</v>
       </c>
       <c r="D496" t="s">
         <v>21</v>
       </c>
       <c r="E496" t="s">
         <v>17</v>
       </c>
       <c r="F496">
         <v>1999</v>
       </c>
       <c r="G496"/>
       <c r="H496"/>
     </row>
     <row r="497" spans="1:8">
@@ -15618,51 +15618,51 @@
       <c r="F500">
         <v>1999</v>
       </c>
       <c r="G500"/>
       <c r="H500"/>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>977</v>
       </c>
       <c r="B501" t="s">
         <v>978</v>
       </c>
       <c r="C501"/>
       <c r="D501" t="s">
         <v>31</v>
       </c>
       <c r="E501" t="s">
         <v>24</v>
       </c>
       <c r="F501">
         <v>1998</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>979</v>
       </c>
       <c r="B502" t="s">
         <v>980</v>
       </c>
       <c r="C502"/>
       <c r="D502" t="s">
         <v>31</v>
       </c>
       <c r="E502" t="s">
         <v>24</v>
       </c>
       <c r="F502">
         <v>1998</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="503" spans="1:8">
@@ -16270,95 +16270,95 @@
       </c>
       <c r="G528"/>
       <c r="H528" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1032</v>
       </c>
       <c r="B529" t="s">
         <v>1033</v>
       </c>
       <c r="C529"/>
       <c r="D529" t="s">
         <v>31</v>
       </c>
       <c r="E529" t="s">
         <v>24</v>
       </c>
       <c r="F529">
         <v>1995</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1034</v>
       </c>
       <c r="B530" t="s">
         <v>1035</v>
       </c>
       <c r="C530"/>
       <c r="D530" t="s">
         <v>31</v>
       </c>
       <c r="E530" t="s">
         <v>24</v>
       </c>
       <c r="F530">
         <v>1995</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1036</v>
       </c>
       <c r="B531" t="s">
         <v>1035</v>
       </c>
       <c r="C531"/>
       <c r="D531" t="s">
         <v>31</v>
       </c>
       <c r="E531" t="s">
         <v>24</v>
       </c>
       <c r="F531">
         <v>1995</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>1037</v>
       </c>
       <c r="B532" t="s">
         <v>1038</v>
       </c>
       <c r="C532" t="s">
         <v>48</v>
       </c>
       <c r="D532" t="s">
         <v>21</v>
       </c>
       <c r="E532" t="s">
         <v>17</v>
       </c>
       <c r="F532">
         <v>1995</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
         <v>52</v>
       </c>
@@ -16554,51 +16554,51 @@
       <c r="H540" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>1053</v>
       </c>
       <c r="B541" t="s">
         <v>1054</v>
       </c>
       <c r="C541" t="s">
         <v>48</v>
       </c>
       <c r="D541" t="s">
         <v>21</v>
       </c>
       <c r="E541" t="s">
         <v>17</v>
       </c>
       <c r="F541">
         <v>1995</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1055</v>
       </c>
       <c r="B542" t="s">
         <v>1056</v>
       </c>
       <c r="C542" t="s">
         <v>48</v>
       </c>
       <c r="D542" t="s">
         <v>21</v>
       </c>
       <c r="E542" t="s">
         <v>17</v>
       </c>
       <c r="F542">
         <v>1995</v>
       </c>
       <c r="G542"/>
       <c r="H542"/>
     </row>
     <row r="543" spans="1:8">
@@ -16792,51 +16792,51 @@
       <c r="H550" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1073</v>
       </c>
       <c r="B551" t="s">
         <v>1074</v>
       </c>
       <c r="C551" t="s">
         <v>48</v>
       </c>
       <c r="D551" t="s">
         <v>21</v>
       </c>
       <c r="E551" t="s">
         <v>17</v>
       </c>
       <c r="F551">
         <v>1994</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1075</v>
       </c>
       <c r="B552" t="s">
         <v>1076</v>
       </c>
       <c r="C552"/>
       <c r="D552" t="s">
         <v>31</v>
       </c>
       <c r="E552" t="s">
         <v>24</v>
       </c>
       <c r="F552">
         <v>1993</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="553" spans="1:8">
@@ -17086,239 +17086,239 @@
       <c r="H563" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>1099</v>
       </c>
       <c r="B564" t="s">
         <v>1100</v>
       </c>
       <c r="C564" t="s">
         <v>48</v>
       </c>
       <c r="D564" t="s">
         <v>21</v>
       </c>
       <c r="E564" t="s">
         <v>17</v>
       </c>
       <c r="F564">
         <v>1992</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>1101</v>
       </c>
       <c r="B565" t="s">
         <v>1102</v>
       </c>
       <c r="C565" t="s">
         <v>48</v>
       </c>
       <c r="D565" t="s">
         <v>21</v>
       </c>
       <c r="E565" t="s">
         <v>17</v>
       </c>
       <c r="F565">
         <v>1992</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>1103</v>
       </c>
       <c r="B566" t="s">
         <v>1104</v>
       </c>
       <c r="C566" t="s">
         <v>48</v>
       </c>
       <c r="D566" t="s">
         <v>21</v>
       </c>
       <c r="E566" t="s">
         <v>17</v>
       </c>
       <c r="F566">
         <v>1992</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>1105</v>
       </c>
       <c r="B567" t="s">
         <v>1106</v>
       </c>
       <c r="C567" t="s">
         <v>28</v>
       </c>
       <c r="D567" t="s">
         <v>21</v>
       </c>
       <c r="E567" t="s">
         <v>17</v>
       </c>
       <c r="F567">
         <v>1992</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>1107</v>
       </c>
       <c r="B568" t="s">
         <v>1108</v>
       </c>
       <c r="C568" t="s">
         <v>48</v>
       </c>
       <c r="D568" t="s">
         <v>21</v>
       </c>
       <c r="E568" t="s">
         <v>17</v>
       </c>
       <c r="F568">
         <v>1992</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>1109</v>
       </c>
       <c r="B569" t="s">
         <v>1110</v>
       </c>
       <c r="C569"/>
       <c r="D569" t="s">
         <v>31</v>
       </c>
       <c r="E569" t="s">
         <v>24</v>
       </c>
       <c r="F569">
         <v>1991</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>1111</v>
       </c>
       <c r="B570" t="s">
         <v>1112</v>
       </c>
       <c r="C570"/>
       <c r="D570" t="s">
         <v>31</v>
       </c>
       <c r="E570" t="s">
         <v>24</v>
       </c>
       <c r="F570">
         <v>1991</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>1113</v>
       </c>
       <c r="B571" t="s">
         <v>1114</v>
       </c>
       <c r="C571" t="s">
         <v>48</v>
       </c>
       <c r="D571" t="s">
         <v>21</v>
       </c>
       <c r="E571" t="s">
         <v>17</v>
       </c>
       <c r="F571">
         <v>1991</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>1115</v>
       </c>
       <c r="B572" t="s">
         <v>1116</v>
       </c>
       <c r="C572" t="s">
         <v>48</v>
       </c>
       <c r="D572" t="s">
         <v>21</v>
       </c>
       <c r="E572" t="s">
         <v>17</v>
       </c>
       <c r="F572">
         <v>1991</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1117</v>
       </c>
       <c r="B573" t="s">
         <v>1118</v>
       </c>
       <c r="C573" t="s">
         <v>48</v>
       </c>
       <c r="D573" t="s">
         <v>21</v>
       </c>
       <c r="E573" t="s">
         <v>17</v>
       </c>
       <c r="F573">
         <v>1991</v>
       </c>
       <c r="G573"/>
       <c r="H573"/>
     </row>
     <row r="574" spans="1:8">
@@ -17460,143 +17460,143 @@
         <v>22</v>
       </c>
       <c r="H579"/>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>1130</v>
       </c>
       <c r="B580" t="s">
         <v>1131</v>
       </c>
       <c r="C580" t="s">
         <v>48</v>
       </c>
       <c r="D580" t="s">
         <v>21</v>
       </c>
       <c r="E580" t="s">
         <v>17</v>
       </c>
       <c r="F580">
         <v>1989</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>1132</v>
       </c>
       <c r="B581" t="s">
         <v>1133</v>
       </c>
       <c r="C581" t="s">
         <v>48</v>
       </c>
       <c r="D581" t="s">
         <v>21</v>
       </c>
       <c r="E581" t="s">
         <v>17</v>
       </c>
       <c r="F581">
         <v>1989</v>
       </c>
       <c r="G581"/>
       <c r="H581"/>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>1134</v>
       </c>
       <c r="B582" t="s">
         <v>1135</v>
       </c>
       <c r="C582" t="s">
         <v>48</v>
       </c>
       <c r="D582" t="s">
         <v>21</v>
       </c>
       <c r="E582" t="s">
         <v>17</v>
       </c>
       <c r="F582">
         <v>1985</v>
       </c>
       <c r="G582"/>
       <c r="H582" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>1136</v>
       </c>
       <c r="B583" t="s">
         <v>1137</v>
       </c>
       <c r="C583"/>
       <c r="D583" t="s">
         <v>31</v>
       </c>
       <c r="E583" t="s">
         <v>24</v>
       </c>
       <c r="F583">
         <v>1984</v>
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>1138</v>
       </c>
       <c r="B584" t="s">
         <v>1139</v>
       </c>
       <c r="C584" t="s">
         <v>48</v>
       </c>
       <c r="D584" t="s">
         <v>21</v>
       </c>
       <c r="E584" t="s">
         <v>17</v>
       </c>
       <c r="F584">
         <v>1983</v>
       </c>
       <c r="G584"/>
       <c r="H584" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1140</v>
       </c>
       <c r="B585" t="s">
         <v>1141</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585" t="s">
         <v>79</v>
       </c>
       <c r="F585">
         <v>1979</v>
       </c>
       <c r="G585" t="s">
         <v>58</v>
       </c>
       <c r="H585"/>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>1142</v>
@@ -17732,51 +17732,51 @@
       <c r="F593"/>
       <c r="G593"/>
       <c r="H593" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>1156</v>
       </c>
       <c r="B594" t="s">
         <v>545</v>
       </c>
       <c r="C594" t="s">
         <v>28</v>
       </c>
       <c r="D594" t="s">
         <v>21</v>
       </c>
       <c r="E594" t="s">
         <v>17</v>
       </c>
       <c r="F594"/>
       <c r="G594"/>
       <c r="H594" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>1157</v>
       </c>
       <c r="B595" t="s">
         <v>1158</v>
       </c>
       <c r="C595" t="s">
         <v>48</v>
       </c>
       <c r="D595" t="s">
         <v>21</v>
       </c>
       <c r="E595" t="s">
         <v>17</v>
       </c>
       <c r="F595"/>
       <c r="G595"/>
       <c r="H595" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="596" spans="1:8">