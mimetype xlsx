--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -98,93 +98,93 @@
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
@@ -3893,123 +3893,123 @@
       <c r="H9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>18</v>
       </c>
       <c r="H10" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
       <c r="H13" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>18</v>
       </c>
       <c r="H14" t="s">
         <v>34</v>
       </c>
@@ -4049,271 +4049,271 @@
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>26</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>26</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>38</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>38</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>26</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>44</v>
       </c>
       <c r="C24" t="s">
         <v>45</v>
       </c>
       <c r="D24" t="s">
         <v>46</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>24</v>
       </c>
       <c r="D25" t="s">
         <v>46</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>18</v>
       </c>
       <c r="H25" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>24</v>
       </c>
       <c r="D26" t="s">
         <v>46</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>18</v>
       </c>
       <c r="H26" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>24</v>
       </c>
       <c r="D27" t="s">
         <v>46</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>46</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>18</v>
       </c>
       <c r="H28" t="s">
@@ -4321,103 +4321,103 @@
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>46</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>18</v>
       </c>
       <c r="H29" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>48</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>46</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>46</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
       <c r="H31" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>21</v>
       </c>
       <c r="E32" t="s">
         <v>52</v>
       </c>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
         <v>53</v>
       </c>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
@@ -4551,77 +4551,77 @@
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>68</v>
       </c>
       <c r="C39" t="s">
         <v>45</v>
       </c>
       <c r="D39" t="s">
         <v>46</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
         <v>18</v>
       </c>
       <c r="H39" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>68</v>
       </c>
       <c r="C40" t="s">
         <v>45</v>
       </c>
       <c r="D40" t="s">
         <v>46</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40">
         <v>2023</v>
       </c>
       <c r="G40" t="s">
         <v>18</v>
       </c>
       <c r="H40" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>71</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>52</v>
       </c>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
         <v>53</v>
       </c>
       <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
@@ -4785,51 +4785,51 @@
       <c r="H48" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>89</v>
       </c>
       <c r="B49" t="s">
         <v>90</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49">
         <v>2022</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>91</v>
       </c>
       <c r="B50" t="s">
         <v>92</v>
       </c>
       <c r="C50" t="s">
         <v>24</v>
       </c>
       <c r="D50" t="s">
         <v>46</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50">
         <v>2022</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>49</v>
       </c>
@@ -4857,51 +4857,51 @@
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>95</v>
       </c>
       <c r="B52" t="s">
         <v>96</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>18</v>
       </c>
       <c r="H52" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>95</v>
       </c>
       <c r="B53" t="s">
         <v>96</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>18</v>
       </c>
       <c r="H53" t="s">
@@ -4909,51 +4909,51 @@
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>95</v>
       </c>
       <c r="B54" t="s">
         <v>96</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>18</v>
       </c>
       <c r="H54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>95</v>
       </c>
       <c r="B55" t="s">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>18</v>
       </c>
       <c r="H55" t="s">
@@ -5099,51 +5099,51 @@
       <c r="H61" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>109</v>
       </c>
       <c r="B62" t="s">
         <v>110</v>
       </c>
       <c r="C62" t="s">
         <v>45</v>
       </c>
       <c r="D62" t="s">
         <v>46</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>111</v>
       </c>
       <c r="B63" t="s">
         <v>112</v>
       </c>
       <c r="C63" t="s">
         <v>60</v>
       </c>
       <c r="D63" t="s">
         <v>61</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
         <v>18</v>
       </c>
       <c r="H63"/>
@@ -5525,75 +5525,75 @@
       <c r="H79" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>147</v>
       </c>
       <c r="B80" t="s">
         <v>148</v>
       </c>
       <c r="C80" t="s">
         <v>45</v>
       </c>
       <c r="D80" t="s">
         <v>46</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>149</v>
       </c>
       <c r="B81" t="s">
         <v>150</v>
       </c>
       <c r="C81" t="s">
         <v>45</v>
       </c>
       <c r="D81" t="s">
         <v>46</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>151</v>
       </c>
       <c r="B82" t="s">
         <v>152</v>
       </c>
       <c r="C82" t="s">
         <v>24</v>
       </c>
       <c r="D82" t="s">
         <v>46</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
@@ -5745,51 +5745,51 @@
         <v>53</v>
       </c>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>167</v>
       </c>
       <c r="B90" t="s">
         <v>168</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>46</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>169</v>
       </c>
       <c r="B91" t="s">
         <v>170</v>
       </c>
       <c r="C91" t="s">
         <v>60</v>
       </c>
       <c r="D91" t="s">
         <v>61</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>13</v>
       </c>
@@ -5947,99 +5947,99 @@
       </c>
       <c r="G98" t="s">
         <v>53</v>
       </c>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>186</v>
       </c>
       <c r="B99" t="s">
         <v>187</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>27</v>
       </c>
       <c r="E99" t="s">
         <v>17</v>
       </c>
       <c r="F99">
         <v>2016</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>188</v>
       </c>
       <c r="B100" t="s">
         <v>189</v>
       </c>
       <c r="C100" t="s">
         <v>45</v>
       </c>
       <c r="D100" t="s">
         <v>46</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100">
         <v>2016</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>191</v>
       </c>
       <c r="B101" t="s">
         <v>192</v>
       </c>
       <c r="C101" t="s">
         <v>45</v>
       </c>
       <c r="D101" t="s">
         <v>46</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101">
         <v>2016</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>193</v>
       </c>
       <c r="B102" t="s">
         <v>194</v>
       </c>
       <c r="C102" t="s">
         <v>60</v>
       </c>
       <c r="D102" t="s">
         <v>61</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102">
         <v>2016</v>
       </c>
       <c r="G102" t="s">
         <v>18</v>
       </c>
       <c r="H102"/>
@@ -6091,51 +6091,51 @@
       <c r="H104" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>199</v>
       </c>
       <c r="B105" t="s">
         <v>200</v>
       </c>
       <c r="C105" t="s">
         <v>45</v>
       </c>
       <c r="D105" t="s">
         <v>46</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>201</v>
       </c>
       <c r="B106" t="s">
         <v>202</v>
       </c>
       <c r="C106" t="s">
         <v>45</v>
       </c>
       <c r="D106" t="s">
         <v>46</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106">
         <v>2016</v>
       </c>
       <c r="G106"/>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
@@ -6253,51 +6253,51 @@
       <c r="H111" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>213</v>
       </c>
       <c r="B112" t="s">
         <v>214</v>
       </c>
       <c r="C112" t="s">
         <v>45</v>
       </c>
       <c r="D112" t="s">
         <v>46</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>215</v>
       </c>
       <c r="B113" t="s">
         <v>216</v>
       </c>
       <c r="C113" t="s">
         <v>24</v>
       </c>
       <c r="D113" t="s">
         <v>46</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113">
         <v>2016</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>13</v>
       </c>
@@ -6415,99 +6415,99 @@
         <v>18</v>
       </c>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>228</v>
       </c>
       <c r="B119" t="s">
         <v>229</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>46</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119">
         <v>2015</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>230</v>
       </c>
       <c r="B120" t="s">
         <v>231</v>
       </c>
       <c r="C120" t="s">
         <v>123</v>
       </c>
       <c r="D120" t="s">
         <v>61</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120">
         <v>2015</v>
       </c>
       <c r="G120" t="s">
         <v>18</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>232</v>
       </c>
       <c r="B121" t="s">
         <v>233</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>46</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121">
         <v>2015</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>234</v>
       </c>
       <c r="B122" t="s">
         <v>235</v>
       </c>
       <c r="C122" t="s">
         <v>45</v>
       </c>
       <c r="D122" t="s">
         <v>46</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122">
         <v>2015</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
@@ -6739,51 +6739,51 @@
       </c>
       <c r="G132"/>
       <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>256</v>
       </c>
       <c r="B133" t="s">
         <v>257</v>
       </c>
       <c r="C133" t="s">
         <v>45</v>
       </c>
       <c r="D133" t="s">
         <v>46</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133">
         <v>2014</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>258</v>
       </c>
       <c r="B134" t="s">
         <v>259</v>
       </c>
       <c r="C134" t="s">
         <v>24</v>
       </c>
       <c r="D134" t="s">
         <v>46</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134">
         <v>2014</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>49</v>
       </c>
@@ -7109,171 +7109,171 @@
       <c r="H148" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>289</v>
       </c>
       <c r="B149" t="s">
         <v>290</v>
       </c>
       <c r="C149" t="s">
         <v>24</v>
       </c>
       <c r="D149" t="s">
         <v>46</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149">
         <v>2013</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>291</v>
       </c>
       <c r="B150" t="s">
         <v>292</v>
       </c>
       <c r="C150" t="s">
         <v>24</v>
       </c>
       <c r="D150" t="s">
         <v>46</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150">
         <v>2013</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>293</v>
       </c>
       <c r="B151" t="s">
         <v>294</v>
       </c>
       <c r="C151" t="s">
         <v>24</v>
       </c>
       <c r="D151" t="s">
         <v>46</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>295</v>
       </c>
       <c r="B152" t="s">
         <v>296</v>
       </c>
       <c r="C152" t="s">
         <v>183</v>
       </c>
       <c r="D152" t="s">
         <v>46</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>297</v>
       </c>
       <c r="B153" t="s">
         <v>298</v>
       </c>
       <c r="C153" t="s">
         <v>24</v>
       </c>
       <c r="D153" t="s">
         <v>46</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153">
         <v>2013</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>299</v>
       </c>
       <c r="B154" t="s">
         <v>300</v>
       </c>
       <c r="C154" t="s">
         <v>183</v>
       </c>
       <c r="D154" t="s">
         <v>46</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154">
         <v>2013</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>301</v>
       </c>
       <c r="B155" t="s">
         <v>302</v>
       </c>
       <c r="C155" t="s">
         <v>24</v>
       </c>
       <c r="D155" t="s">
         <v>46</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155">
         <v>2013</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>284</v>
       </c>
@@ -7373,75 +7373,75 @@
       <c r="H159" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>311</v>
       </c>
       <c r="B160" t="s">
         <v>312</v>
       </c>
       <c r="C160" t="s">
         <v>45</v>
       </c>
       <c r="D160" t="s">
         <v>46</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160">
         <v>2013</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>313</v>
       </c>
       <c r="B161" t="s">
         <v>314</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>46</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161">
         <v>2013</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>315</v>
       </c>
       <c r="B162" t="s">
         <v>316</v>
       </c>
       <c r="C162" t="s">
         <v>24</v>
       </c>
       <c r="D162" t="s">
         <v>46</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162">
         <v>2013</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>69</v>
       </c>
@@ -7469,75 +7469,75 @@
       <c r="H163" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>319</v>
       </c>
       <c r="B164" t="s">
         <v>320</v>
       </c>
       <c r="C164" t="s">
         <v>24</v>
       </c>
       <c r="D164" t="s">
         <v>46</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164">
         <v>2013</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>321</v>
       </c>
       <c r="B165" t="s">
         <v>322</v>
       </c>
       <c r="C165" t="s">
         <v>45</v>
       </c>
       <c r="D165" t="s">
         <v>46</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165">
         <v>2013</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>323</v>
       </c>
       <c r="B166" t="s">
         <v>324</v>
       </c>
       <c r="C166" t="s">
         <v>45</v>
       </c>
       <c r="D166" t="s">
         <v>46</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166">
         <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>13</v>
       </c>
@@ -7683,51 +7683,51 @@
       <c r="H172" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>337</v>
       </c>
       <c r="B173" t="s">
         <v>338</v>
       </c>
       <c r="C173" t="s">
         <v>24</v>
       </c>
       <c r="D173" t="s">
         <v>46</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173">
         <v>2012</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>339</v>
       </c>
       <c r="B174" t="s">
         <v>340</v>
       </c>
       <c r="C174" t="s">
         <v>45</v>
       </c>
       <c r="D174" t="s">
         <v>46</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174">
         <v>2012</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>83</v>
       </c>
@@ -7755,147 +7755,147 @@
       <c r="H175" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>343</v>
       </c>
       <c r="B176" t="s">
         <v>344</v>
       </c>
       <c r="C176" t="s">
         <v>24</v>
       </c>
       <c r="D176" t="s">
         <v>46</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176">
         <v>2012</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>345</v>
       </c>
       <c r="B177" t="s">
         <v>346</v>
       </c>
       <c r="C177" t="s">
         <v>24</v>
       </c>
       <c r="D177" t="s">
         <v>46</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177">
         <v>2012</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>347</v>
       </c>
       <c r="B178" t="s">
         <v>348</v>
       </c>
       <c r="C178" t="s">
         <v>24</v>
       </c>
       <c r="D178" t="s">
         <v>46</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178">
         <v>2012</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>349</v>
       </c>
       <c r="B179" t="s">
         <v>350</v>
       </c>
       <c r="C179" t="s">
         <v>183</v>
       </c>
       <c r="D179" t="s">
         <v>46</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179">
         <v>2012</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>351</v>
       </c>
       <c r="B180" t="s">
         <v>352</v>
       </c>
       <c r="C180" t="s">
         <v>45</v>
       </c>
       <c r="D180" t="s">
         <v>46</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180">
         <v>2012</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>353</v>
       </c>
       <c r="B181" t="s">
         <v>354</v>
       </c>
       <c r="C181" t="s">
         <v>24</v>
       </c>
       <c r="D181" t="s">
         <v>46</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181">
         <v>2012</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>284</v>
       </c>
@@ -8245,99 +8245,99 @@
       <c r="H196" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>384</v>
       </c>
       <c r="B197" t="s">
         <v>385</v>
       </c>
       <c r="C197" t="s">
         <v>24</v>
       </c>
       <c r="D197" t="s">
         <v>46</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197">
         <v>2011</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>386</v>
       </c>
       <c r="B198" t="s">
         <v>387</v>
       </c>
       <c r="C198" t="s">
         <v>45</v>
       </c>
       <c r="D198" t="s">
         <v>46</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198">
         <v>2011</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>388</v>
       </c>
       <c r="B199" t="s">
         <v>389</v>
       </c>
       <c r="C199" t="s">
         <v>24</v>
       </c>
       <c r="D199" t="s">
         <v>46</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199">
         <v>2011</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>390</v>
       </c>
       <c r="B200" t="s">
         <v>391</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>46</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200">
         <v>2011</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>262</v>
       </c>
@@ -8365,99 +8365,99 @@
       <c r="H201" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>394</v>
       </c>
       <c r="B202" t="s">
         <v>395</v>
       </c>
       <c r="C202" t="s">
         <v>45</v>
       </c>
       <c r="D202" t="s">
         <v>46</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>396</v>
       </c>
       <c r="B203" t="s">
         <v>397</v>
       </c>
       <c r="C203" t="s">
         <v>24</v>
       </c>
       <c r="D203" t="s">
         <v>46</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203">
         <v>2011</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>398</v>
       </c>
       <c r="B204" t="s">
         <v>399</v>
       </c>
       <c r="C204" t="s">
         <v>24</v>
       </c>
       <c r="D204" t="s">
         <v>46</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204">
         <v>2011</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>400</v>
       </c>
       <c r="B205" t="s">
         <v>401</v>
       </c>
       <c r="C205" t="s">
         <v>45</v>
       </c>
       <c r="D205" t="s">
         <v>46</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205">
         <v>2011</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>49</v>
       </c>
@@ -8601,123 +8601,123 @@
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>413</v>
       </c>
       <c r="B212" t="s">
         <v>414</v>
       </c>
       <c r="C212"/>
       <c r="D212" t="s">
         <v>27</v>
       </c>
       <c r="E212" t="s">
         <v>17</v>
       </c>
       <c r="F212">
         <v>2010</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>415</v>
       </c>
       <c r="B213" t="s">
         <v>416</v>
       </c>
       <c r="C213" t="s">
         <v>24</v>
       </c>
       <c r="D213" t="s">
         <v>46</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213">
         <v>2010</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>417</v>
       </c>
       <c r="B214" t="s">
         <v>418</v>
       </c>
       <c r="C214" t="s">
         <v>45</v>
       </c>
       <c r="D214" t="s">
         <v>46</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214">
         <v>2010</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>419</v>
       </c>
       <c r="B215" t="s">
         <v>420</v>
       </c>
       <c r="C215" t="s">
         <v>24</v>
       </c>
       <c r="D215" t="s">
         <v>46</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215">
         <v>2010</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>421</v>
       </c>
       <c r="B216" t="s">
         <v>422</v>
       </c>
       <c r="C216" t="s">
         <v>45</v>
       </c>
       <c r="D216" t="s">
         <v>46</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216">
         <v>2010</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>13</v>
       </c>
@@ -8861,51 +8861,51 @@
       <c r="H222" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>436</v>
       </c>
       <c r="B223" t="s">
         <v>437</v>
       </c>
       <c r="C223" t="s">
         <v>24</v>
       </c>
       <c r="D223" t="s">
         <v>46</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223">
         <v>2009</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>438</v>
       </c>
       <c r="B224" t="s">
         <v>439</v>
       </c>
       <c r="C224" t="s">
         <v>24</v>
       </c>
       <c r="D224" t="s">
         <v>46</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224">
         <v>2009</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>190</v>
       </c>
@@ -8933,51 +8933,51 @@
       <c r="H225" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>442</v>
       </c>
       <c r="B226" t="s">
         <v>443</v>
       </c>
       <c r="C226" t="s">
         <v>45</v>
       </c>
       <c r="D226" t="s">
         <v>46</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226">
         <v>2009</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>444</v>
       </c>
       <c r="B227" t="s">
         <v>445</v>
       </c>
       <c r="C227" t="s">
         <v>45</v>
       </c>
       <c r="D227" t="s">
         <v>46</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227">
         <v>2009</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>284</v>
       </c>
@@ -9053,147 +9053,147 @@
       <c r="H230" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>452</v>
       </c>
       <c r="B231" t="s">
         <v>453</v>
       </c>
       <c r="C231" t="s">
         <v>24</v>
       </c>
       <c r="D231" t="s">
         <v>46</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231">
         <v>2009</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>454</v>
       </c>
       <c r="B232" t="s">
         <v>455</v>
       </c>
       <c r="C232" t="s">
         <v>24</v>
       </c>
       <c r="D232" t="s">
         <v>46</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232">
         <v>2009</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>456</v>
       </c>
       <c r="B233" t="s">
         <v>457</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>46</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233">
         <v>2009</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>458</v>
       </c>
       <c r="B234" t="s">
         <v>459</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>46</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234">
         <v>2009</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>460</v>
       </c>
       <c r="B235" t="s">
         <v>461</v>
       </c>
       <c r="C235" t="s">
         <v>45</v>
       </c>
       <c r="D235" t="s">
         <v>46</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235">
         <v>2009</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>462</v>
       </c>
       <c r="B236" t="s">
         <v>463</v>
       </c>
       <c r="C236" t="s">
         <v>45</v>
       </c>
       <c r="D236" t="s">
         <v>46</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236">
         <v>2009</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>69</v>
       </c>
@@ -9473,71 +9473,71 @@
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>488</v>
       </c>
       <c r="B249" t="s">
         <v>489</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="s">
         <v>225</v>
       </c>
       <c r="E249" t="s">
         <v>17</v>
       </c>
       <c r="F249">
         <v>2008</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>490</v>
       </c>
       <c r="B250" t="s">
         <v>491</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250" t="s">
         <v>17</v>
       </c>
       <c r="F250">
         <v>2008</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>492</v>
       </c>
       <c r="B251" t="s">
         <v>493</v>
       </c>
       <c r="C251" t="s">
         <v>45</v>
       </c>
       <c r="D251" t="s">
         <v>46</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251">
         <v>2008</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>13</v>
       </c>
@@ -9565,99 +9565,99 @@
       <c r="H252" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>496</v>
       </c>
       <c r="B253" t="s">
         <v>497</v>
       </c>
       <c r="C253" t="s">
         <v>24</v>
       </c>
       <c r="D253" t="s">
         <v>46</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253">
         <v>2008</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>498</v>
       </c>
       <c r="B254" t="s">
         <v>499</v>
       </c>
       <c r="C254" t="s">
         <v>60</v>
       </c>
       <c r="D254" t="s">
         <v>61</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254">
         <v>2008</v>
       </c>
       <c r="G254" t="s">
         <v>18</v>
       </c>
       <c r="H254"/>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>500</v>
       </c>
       <c r="B255" t="s">
         <v>501</v>
       </c>
       <c r="C255" t="s">
         <v>45</v>
       </c>
       <c r="D255" t="s">
         <v>46</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255">
         <v>2008</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>502</v>
       </c>
       <c r="B256" t="s">
         <v>503</v>
       </c>
       <c r="C256" t="s">
         <v>45</v>
       </c>
       <c r="D256" t="s">
         <v>46</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256">
         <v>2008</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>284</v>
       </c>
@@ -9685,291 +9685,291 @@
       <c r="H257" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>506</v>
       </c>
       <c r="B258" t="s">
         <v>507</v>
       </c>
       <c r="C258" t="s">
         <v>24</v>
       </c>
       <c r="D258" t="s">
         <v>46</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258">
         <v>2008</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>508</v>
       </c>
       <c r="B259" t="s">
         <v>509</v>
       </c>
       <c r="C259" t="s">
         <v>24</v>
       </c>
       <c r="D259" t="s">
         <v>46</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259">
         <v>2008</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>510</v>
       </c>
       <c r="B260" t="s">
         <v>511</v>
       </c>
       <c r="C260" t="s">
         <v>24</v>
       </c>
       <c r="D260" t="s">
         <v>46</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260">
         <v>2008</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>512</v>
       </c>
       <c r="B261" t="s">
         <v>513</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
         <v>46</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261">
         <v>2008</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>514</v>
       </c>
       <c r="B262" t="s">
         <v>515</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
         <v>46</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262">
         <v>2008</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>516</v>
       </c>
       <c r="B263" t="s">
         <v>517</v>
       </c>
       <c r="C263" t="s">
         <v>20</v>
       </c>
       <c r="D263" t="s">
         <v>46</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263">
         <v>2008</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>518</v>
       </c>
       <c r="B264" t="s">
         <v>519</v>
       </c>
       <c r="C264" t="s">
         <v>45</v>
       </c>
       <c r="D264" t="s">
         <v>46</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264">
         <v>2008</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>520</v>
       </c>
       <c r="B265" t="s">
         <v>521</v>
       </c>
       <c r="C265" t="s">
         <v>45</v>
       </c>
       <c r="D265" t="s">
         <v>46</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265">
         <v>2008</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>522</v>
       </c>
       <c r="B266" t="s">
         <v>501</v>
       </c>
       <c r="C266" t="s">
         <v>45</v>
       </c>
       <c r="D266" t="s">
         <v>46</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266">
         <v>2008</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>523</v>
       </c>
       <c r="B267" t="s">
         <v>524</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
         <v>46</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267">
         <v>2008</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>525</v>
       </c>
       <c r="B268" t="s">
         <v>233</v>
       </c>
       <c r="C268" t="s">
         <v>45</v>
       </c>
       <c r="D268" t="s">
         <v>46</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268">
         <v>2008</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>526</v>
       </c>
       <c r="B269" t="s">
         <v>527</v>
       </c>
       <c r="C269" t="s">
         <v>24</v>
       </c>
       <c r="D269" t="s">
         <v>46</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269">
         <v>2008</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>69</v>
       </c>
@@ -10155,97 +10155,97 @@
       </c>
       <c r="G277" t="s">
         <v>18</v>
       </c>
       <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>544</v>
       </c>
       <c r="B278" t="s">
         <v>545</v>
       </c>
       <c r="C278"/>
       <c r="D278" t="s">
         <v>27</v>
       </c>
       <c r="E278" t="s">
         <v>17</v>
       </c>
       <c r="F278">
         <v>2007</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>546</v>
       </c>
       <c r="B279" t="s">
         <v>547</v>
       </c>
       <c r="C279"/>
       <c r="D279" t="s">
         <v>27</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279">
         <v>2007</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>548</v>
       </c>
       <c r="B280" t="s">
         <v>549</v>
       </c>
       <c r="C280" t="s">
         <v>45</v>
       </c>
       <c r="D280" t="s">
         <v>46</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280">
         <v>2007</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>550</v>
       </c>
       <c r="B281" t="s">
         <v>551</v>
       </c>
       <c r="C281" t="s">
         <v>45</v>
       </c>
       <c r="D281" t="s">
         <v>46</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281">
         <v>2007</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>284</v>
       </c>
@@ -10345,99 +10345,99 @@
       <c r="H285" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>560</v>
       </c>
       <c r="B286" t="s">
         <v>561</v>
       </c>
       <c r="C286" t="s">
         <v>20</v>
       </c>
       <c r="D286" t="s">
         <v>46</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286">
         <v>2007</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>562</v>
       </c>
       <c r="B287" t="s">
         <v>563</v>
       </c>
       <c r="C287" t="s">
         <v>20</v>
       </c>
       <c r="D287" t="s">
         <v>46</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287">
         <v>2007</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>564</v>
       </c>
       <c r="B288" t="s">
         <v>565</v>
       </c>
       <c r="C288" t="s">
         <v>45</v>
       </c>
       <c r="D288" t="s">
         <v>46</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288">
         <v>2007</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>566</v>
       </c>
       <c r="B289" t="s">
         <v>567</v>
       </c>
       <c r="C289" t="s">
         <v>24</v>
       </c>
       <c r="D289" t="s">
         <v>46</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289">
         <v>2007</v>
       </c>
       <c r="G289" t="s">
         <v>568</v>
       </c>
       <c r="H289" t="s">
@@ -10515,97 +10515,97 @@
       <c r="H292" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>562</v>
       </c>
       <c r="B293" t="s">
         <v>563</v>
       </c>
       <c r="C293" t="s">
         <v>20</v>
       </c>
       <c r="D293" t="s">
         <v>46</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293">
         <v>2007</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>575</v>
       </c>
       <c r="B294" t="s">
         <v>576</v>
       </c>
       <c r="C294" t="s">
         <v>45</v>
       </c>
       <c r="D294" t="s">
         <v>46</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294">
         <v>2007</v>
       </c>
       <c r="G294"/>
       <c r="H294"/>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>577</v>
       </c>
       <c r="B295" t="s">
         <v>578</v>
       </c>
       <c r="C295" t="s">
         <v>24</v>
       </c>
       <c r="D295" t="s">
         <v>46</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295">
         <v>2007</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>579</v>
       </c>
       <c r="B296" t="s">
         <v>580</v>
       </c>
       <c r="C296" t="s">
         <v>45</v>
       </c>
       <c r="D296" t="s">
         <v>46</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296">
         <v>2007</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>83</v>
       </c>
@@ -10701,51 +10701,51 @@
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>588</v>
       </c>
       <c r="B301" t="s">
         <v>589</v>
       </c>
       <c r="C301"/>
       <c r="D301" t="s">
         <v>27</v>
       </c>
       <c r="E301" t="s">
         <v>17</v>
       </c>
       <c r="F301">
         <v>2006</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>590</v>
       </c>
       <c r="B302" t="s">
         <v>591</v>
       </c>
       <c r="C302"/>
       <c r="D302" t="s">
         <v>27</v>
       </c>
       <c r="E302" t="s">
         <v>17</v>
       </c>
       <c r="F302">
         <v>2006</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="303" spans="1:8">
@@ -10767,51 +10767,51 @@
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>594</v>
       </c>
       <c r="B304" t="s">
         <v>595</v>
       </c>
       <c r="C304"/>
       <c r="D304" t="s">
         <v>27</v>
       </c>
       <c r="E304" t="s">
         <v>17</v>
       </c>
       <c r="F304">
         <v>2006</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>596</v>
       </c>
       <c r="B305" t="s">
         <v>597</v>
       </c>
       <c r="C305"/>
       <c r="D305" t="s">
         <v>27</v>
       </c>
       <c r="E305" t="s">
         <v>17</v>
       </c>
       <c r="F305">
         <v>2006</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="306" spans="1:8">
@@ -11309,51 +11309,51 @@
       </c>
       <c r="G326"/>
       <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>640</v>
       </c>
       <c r="B327" t="s">
         <v>641</v>
       </c>
       <c r="C327" t="s">
         <v>45</v>
       </c>
       <c r="D327" t="s">
         <v>46</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327">
         <v>2006</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>642</v>
       </c>
       <c r="B328" t="s">
         <v>643</v>
       </c>
       <c r="C328" t="s">
         <v>45</v>
       </c>
       <c r="D328" t="s">
         <v>46</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328">
         <v>2006</v>
       </c>
       <c r="G328"/>
       <c r="H328"/>
     </row>
     <row r="329" spans="1:8">
@@ -11497,95 +11497,95 @@
       <c r="H334" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>655</v>
       </c>
       <c r="B335" t="s">
         <v>656</v>
       </c>
       <c r="C335" t="s">
         <v>45</v>
       </c>
       <c r="D335" t="s">
         <v>46</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335">
         <v>2006</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>657</v>
       </c>
       <c r="B336" t="s">
         <v>658</v>
       </c>
       <c r="C336" t="s">
         <v>45</v>
       </c>
       <c r="D336" t="s">
         <v>46</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336">
         <v>2006</v>
       </c>
       <c r="G336"/>
       <c r="H336"/>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>659</v>
       </c>
       <c r="B337" t="s">
         <v>660</v>
       </c>
       <c r="C337"/>
       <c r="D337" t="s">
         <v>27</v>
       </c>
       <c r="E337" t="s">
         <v>17</v>
       </c>
       <c r="F337">
         <v>2005</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>661</v>
       </c>
       <c r="B338" t="s">
         <v>662</v>
       </c>
       <c r="C338" t="s">
         <v>45</v>
       </c>
       <c r="D338" t="s">
         <v>46</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338">
         <v>2005</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
         <v>13</v>
       </c>
@@ -11613,51 +11613,51 @@
       <c r="H339" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>665</v>
       </c>
       <c r="B340" t="s">
         <v>666</v>
       </c>
       <c r="C340" t="s">
         <v>20</v>
       </c>
       <c r="D340" t="s">
         <v>46</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="F340">
         <v>2005</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>667</v>
       </c>
       <c r="B341" t="s">
         <v>668</v>
       </c>
       <c r="C341" t="s">
         <v>45</v>
       </c>
       <c r="D341" t="s">
         <v>46</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341">
         <v>2005</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
         <v>284</v>
       </c>
@@ -11757,171 +11757,171 @@
       <c r="H345" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>677</v>
       </c>
       <c r="B346" t="s">
         <v>678</v>
       </c>
       <c r="C346" t="s">
         <v>24</v>
       </c>
       <c r="D346" t="s">
         <v>46</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346">
         <v>2005</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>679</v>
       </c>
       <c r="B347" t="s">
         <v>680</v>
       </c>
       <c r="C347" t="s">
         <v>24</v>
       </c>
       <c r="D347" t="s">
         <v>46</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347">
         <v>2005</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>681</v>
       </c>
       <c r="B348" t="s">
         <v>682</v>
       </c>
       <c r="C348" t="s">
         <v>24</v>
       </c>
       <c r="D348" t="s">
         <v>46</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348">
         <v>2005</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>683</v>
       </c>
       <c r="B349" t="s">
         <v>684</v>
       </c>
       <c r="C349" t="s">
         <v>45</v>
       </c>
       <c r="D349" t="s">
         <v>46</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349">
         <v>2005</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>685</v>
       </c>
       <c r="B350" t="s">
         <v>686</v>
       </c>
       <c r="C350" t="s">
         <v>45</v>
       </c>
       <c r="D350" t="s">
         <v>46</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350">
         <v>2005</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>687</v>
       </c>
       <c r="B351" t="s">
         <v>688</v>
       </c>
       <c r="C351" t="s">
         <v>24</v>
       </c>
       <c r="D351" t="s">
         <v>46</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351">
         <v>2005</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>689</v>
       </c>
       <c r="B352" t="s">
         <v>690</v>
       </c>
       <c r="C352" t="s">
         <v>20</v>
       </c>
       <c r="D352" t="s">
         <v>46</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352">
         <v>2005</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
         <v>240</v>
       </c>
@@ -11973,75 +11973,75 @@
       <c r="H354" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>695</v>
       </c>
       <c r="B355" t="s">
         <v>696</v>
       </c>
       <c r="C355" t="s">
         <v>45</v>
       </c>
       <c r="D355" t="s">
         <v>46</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355">
         <v>2005</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>697</v>
       </c>
       <c r="B356" t="s">
         <v>698</v>
       </c>
       <c r="C356" t="s">
         <v>45</v>
       </c>
       <c r="D356" t="s">
         <v>46</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356">
         <v>2005</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>699</v>
       </c>
       <c r="B357" t="s">
         <v>700</v>
       </c>
       <c r="C357" t="s">
         <v>45</v>
       </c>
       <c r="D357" t="s">
         <v>46</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="F357">
         <v>2005</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>88</v>
       </c>
@@ -12093,51 +12093,51 @@
       <c r="H359" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>705</v>
       </c>
       <c r="B360" t="s">
         <v>706</v>
       </c>
       <c r="C360" t="s">
         <v>45</v>
       </c>
       <c r="D360" t="s">
         <v>46</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360">
         <v>2005</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>707</v>
       </c>
       <c r="B361" t="s">
         <v>708</v>
       </c>
       <c r="C361" t="s">
         <v>45</v>
       </c>
       <c r="D361" t="s">
         <v>46</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361">
         <v>2005</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>13</v>
       </c>
@@ -12279,51 +12279,51 @@
       <c r="H367" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>721</v>
       </c>
       <c r="B368" t="s">
         <v>722</v>
       </c>
       <c r="C368" t="s">
         <v>24</v>
       </c>
       <c r="D368" t="s">
         <v>46</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368">
         <v>2004</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>723</v>
       </c>
       <c r="B369" t="s">
         <v>724</v>
       </c>
       <c r="C369" t="s">
         <v>45</v>
       </c>
       <c r="D369" t="s">
         <v>46</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369">
         <v>2004</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>69</v>
       </c>
@@ -12351,75 +12351,75 @@
       <c r="H370" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>727</v>
       </c>
       <c r="B371" t="s">
         <v>728</v>
       </c>
       <c r="C371" t="s">
         <v>24</v>
       </c>
       <c r="D371" t="s">
         <v>46</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371">
         <v>2004</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>729</v>
       </c>
       <c r="B372" t="s">
         <v>730</v>
       </c>
       <c r="C372" t="s">
         <v>45</v>
       </c>
       <c r="D372" t="s">
         <v>46</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372">
         <v>2004</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>731</v>
       </c>
       <c r="B373" t="s">
         <v>732</v>
       </c>
       <c r="C373" t="s">
         <v>20</v>
       </c>
       <c r="D373" t="s">
         <v>46</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373">
         <v>2004</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>262</v>
       </c>
@@ -12567,51 +12567,51 @@
       </c>
       <c r="G379"/>
       <c r="H379"/>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>744</v>
       </c>
       <c r="B380" t="s">
         <v>736</v>
       </c>
       <c r="C380" t="s">
         <v>24</v>
       </c>
       <c r="D380" t="s">
         <v>46</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380">
         <v>2004</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>745</v>
       </c>
       <c r="B381" t="s">
         <v>746</v>
       </c>
       <c r="C381" t="s">
         <v>45</v>
       </c>
       <c r="D381" t="s">
         <v>46</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381">
         <v>2004</v>
       </c>
       <c r="G381"/>
       <c r="H381"/>
     </row>
     <row r="382" spans="1:8">
@@ -12679,75 +12679,75 @@
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>753</v>
       </c>
       <c r="B385" t="s">
         <v>754</v>
       </c>
       <c r="C385"/>
       <c r="D385" t="s">
         <v>27</v>
       </c>
       <c r="E385" t="s">
         <v>17</v>
       </c>
       <c r="F385">
         <v>2003</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>755</v>
       </c>
       <c r="B386" t="s">
         <v>756</v>
       </c>
       <c r="C386" t="s">
         <v>45</v>
       </c>
       <c r="D386" t="s">
         <v>46</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386">
         <v>2003</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>757</v>
       </c>
       <c r="B387" t="s">
         <v>758</v>
       </c>
       <c r="C387" t="s">
         <v>45</v>
       </c>
       <c r="D387" t="s">
         <v>46</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387">
         <v>2003</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>190</v>
       </c>
@@ -12897,99 +12897,99 @@
       <c r="H393" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>771</v>
       </c>
       <c r="B394" t="s">
         <v>772</v>
       </c>
       <c r="C394" t="s">
         <v>45</v>
       </c>
       <c r="D394" t="s">
         <v>46</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394">
         <v>2003</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>773</v>
       </c>
       <c r="B395" t="s">
         <v>774</v>
       </c>
       <c r="C395" t="s">
         <v>24</v>
       </c>
       <c r="D395" t="s">
         <v>46</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395">
         <v>2003</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>775</v>
       </c>
       <c r="B396" t="s">
         <v>772</v>
       </c>
       <c r="C396" t="s">
         <v>45</v>
       </c>
       <c r="D396" t="s">
         <v>46</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396">
         <v>2003</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>776</v>
       </c>
       <c r="B397" t="s">
         <v>777</v>
       </c>
       <c r="C397" t="s">
         <v>60</v>
       </c>
       <c r="D397" t="s">
         <v>61</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397">
         <v>2003</v>
       </c>
       <c r="G397" t="s">
         <v>18</v>
       </c>
       <c r="H397"/>
@@ -13017,99 +13017,99 @@
       <c r="H398" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>780</v>
       </c>
       <c r="B399" t="s">
         <v>781</v>
       </c>
       <c r="C399" t="s">
         <v>45</v>
       </c>
       <c r="D399" t="s">
         <v>46</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399">
         <v>2003</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>782</v>
       </c>
       <c r="B400" t="s">
         <v>783</v>
       </c>
       <c r="C400" t="s">
         <v>45</v>
       </c>
       <c r="D400" t="s">
         <v>46</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400">
         <v>2003</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>784</v>
       </c>
       <c r="B401" t="s">
         <v>785</v>
       </c>
       <c r="C401" t="s">
         <v>20</v>
       </c>
       <c r="D401" t="s">
         <v>46</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
       <c r="F401">
         <v>2003</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>786</v>
       </c>
       <c r="B402" t="s">
         <v>787</v>
       </c>
       <c r="C402" t="s">
         <v>45</v>
       </c>
       <c r="D402" t="s">
         <v>46</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="F402">
         <v>2003</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>49</v>
       </c>
@@ -13135,51 +13135,51 @@
       </c>
       <c r="G403"/>
       <c r="H403"/>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>790</v>
       </c>
       <c r="B404" t="s">
         <v>791</v>
       </c>
       <c r="C404" t="s">
         <v>24</v>
       </c>
       <c r="D404" t="s">
         <v>46</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="F404">
         <v>2003</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>792</v>
       </c>
       <c r="B405" t="s">
         <v>793</v>
       </c>
       <c r="C405" t="s">
         <v>45</v>
       </c>
       <c r="D405" t="s">
         <v>46</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="F405">
         <v>2003</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>83</v>
       </c>
@@ -13207,75 +13207,75 @@
       <c r="H406" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>795</v>
       </c>
       <c r="B407" t="s">
         <v>796</v>
       </c>
       <c r="C407" t="s">
         <v>45</v>
       </c>
       <c r="D407" t="s">
         <v>46</v>
       </c>
       <c r="E407" t="s">
         <v>12</v>
       </c>
       <c r="F407">
         <v>2003</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>797</v>
       </c>
       <c r="B408" t="s">
         <v>793</v>
       </c>
       <c r="C408" t="s">
         <v>45</v>
       </c>
       <c r="D408" t="s">
         <v>46</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408">
         <v>2003</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>798</v>
       </c>
       <c r="B409" t="s">
         <v>799</v>
       </c>
       <c r="C409" t="s">
         <v>45</v>
       </c>
       <c r="D409" t="s">
         <v>46</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409">
         <v>2003</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>83</v>
       </c>
@@ -13323,51 +13323,51 @@
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>803</v>
       </c>
       <c r="B412" t="s">
         <v>804</v>
       </c>
       <c r="C412"/>
       <c r="D412" t="s">
         <v>27</v>
       </c>
       <c r="E412" t="s">
         <v>17</v>
       </c>
       <c r="F412">
         <v>2002</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>805</v>
       </c>
       <c r="B413" t="s">
         <v>806</v>
       </c>
       <c r="C413" t="s">
         <v>24</v>
       </c>
       <c r="D413" t="s">
         <v>46</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413">
         <v>2002</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>190</v>
       </c>
@@ -13397,51 +13397,51 @@
       <c r="H414" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>809</v>
       </c>
       <c r="B415" t="s">
         <v>810</v>
       </c>
       <c r="C415" t="s">
         <v>20</v>
       </c>
       <c r="D415" t="s">
         <v>46</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415">
         <v>2002</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>811</v>
       </c>
       <c r="B416" t="s">
         <v>812</v>
       </c>
       <c r="C416" t="s">
         <v>45</v>
       </c>
       <c r="D416" t="s">
         <v>46</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="F416">
         <v>2002</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>190</v>
       </c>
@@ -13603,51 +13603,51 @@
       <c r="H423" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>827</v>
       </c>
       <c r="B424" t="s">
         <v>828</v>
       </c>
       <c r="C424" t="s">
         <v>45</v>
       </c>
       <c r="D424" t="s">
         <v>46</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="F424">
         <v>2002</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>829</v>
       </c>
       <c r="B425" t="s">
         <v>822</v>
       </c>
       <c r="C425" t="s">
         <v>45</v>
       </c>
       <c r="D425" t="s">
         <v>46</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="F425">
         <v>2002</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>83</v>
       </c>
@@ -13697,51 +13697,51 @@
       </c>
       <c r="G427"/>
       <c r="H427"/>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>834</v>
       </c>
       <c r="B428" t="s">
         <v>835</v>
       </c>
       <c r="C428" t="s">
         <v>45</v>
       </c>
       <c r="D428" t="s">
         <v>46</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="F428">
         <v>2002</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>836</v>
       </c>
       <c r="B429" t="s">
         <v>837</v>
       </c>
       <c r="C429" t="s">
         <v>45</v>
       </c>
       <c r="D429" t="s">
         <v>46</v>
       </c>
       <c r="E429" t="s">
         <v>12</v>
       </c>
       <c r="F429">
         <v>2002</v>
       </c>
       <c r="G429"/>
       <c r="H429"/>
     </row>
     <row r="430" spans="1:8">
@@ -13815,99 +13815,99 @@
       <c r="H432" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>844</v>
       </c>
       <c r="B433" t="s">
         <v>845</v>
       </c>
       <c r="C433" t="s">
         <v>45</v>
       </c>
       <c r="D433" t="s">
         <v>46</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433">
         <v>2001</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>846</v>
       </c>
       <c r="B434" t="s">
         <v>847</v>
       </c>
       <c r="C434" t="s">
         <v>24</v>
       </c>
       <c r="D434" t="s">
         <v>46</v>
       </c>
       <c r="E434" t="s">
         <v>12</v>
       </c>
       <c r="F434">
         <v>2001</v>
       </c>
       <c r="G434" t="s">
         <v>18</v>
       </c>
       <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>848</v>
       </c>
       <c r="B435" t="s">
         <v>849</v>
       </c>
       <c r="C435" t="s">
         <v>45</v>
       </c>
       <c r="D435" t="s">
         <v>46</v>
       </c>
       <c r="E435" t="s">
         <v>12</v>
       </c>
       <c r="F435">
         <v>2001</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>850</v>
       </c>
       <c r="B436" t="s">
         <v>851</v>
       </c>
       <c r="C436" t="s">
         <v>24</v>
       </c>
       <c r="D436" t="s">
         <v>46</v>
       </c>
       <c r="E436" t="s">
         <v>12</v>
       </c>
       <c r="F436">
         <v>2001</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>88</v>
       </c>
@@ -13935,75 +13935,75 @@
       <c r="H437" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>853</v>
       </c>
       <c r="B438" t="s">
         <v>854</v>
       </c>
       <c r="C438" t="s">
         <v>45</v>
       </c>
       <c r="D438" t="s">
         <v>46</v>
       </c>
       <c r="E438" t="s">
         <v>12</v>
       </c>
       <c r="F438">
         <v>2001</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>855</v>
       </c>
       <c r="B439" t="s">
         <v>856</v>
       </c>
       <c r="C439" t="s">
         <v>45</v>
       </c>
       <c r="D439" t="s">
         <v>46</v>
       </c>
       <c r="E439" t="s">
         <v>12</v>
       </c>
       <c r="F439">
         <v>2001</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>857</v>
       </c>
       <c r="B440" t="s">
         <v>858</v>
       </c>
       <c r="C440" t="s">
         <v>45</v>
       </c>
       <c r="D440" t="s">
         <v>46</v>
       </c>
       <c r="E440" t="s">
         <v>12</v>
       </c>
       <c r="F440">
         <v>2001</v>
       </c>
       <c r="G440"/>
       <c r="H440"/>
     </row>
     <row r="441" spans="1:8">
@@ -14349,99 +14349,99 @@
       <c r="H455" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>888</v>
       </c>
       <c r="B456" t="s">
         <v>889</v>
       </c>
       <c r="C456" t="s">
         <v>24</v>
       </c>
       <c r="D456" t="s">
         <v>46</v>
       </c>
       <c r="E456" t="s">
         <v>12</v>
       </c>
       <c r="F456">
         <v>1999</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>890</v>
       </c>
       <c r="B457" t="s">
         <v>891</v>
       </c>
       <c r="C457" t="s">
         <v>45</v>
       </c>
       <c r="D457" t="s">
         <v>46</v>
       </c>
       <c r="E457" t="s">
         <v>12</v>
       </c>
       <c r="F457">
         <v>1999</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>892</v>
       </c>
       <c r="B458" t="s">
         <v>893</v>
       </c>
       <c r="C458" t="s">
         <v>45</v>
       </c>
       <c r="D458" t="s">
         <v>46</v>
       </c>
       <c r="E458" t="s">
         <v>12</v>
       </c>
       <c r="F458">
         <v>1999</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>894</v>
       </c>
       <c r="B459" t="s">
         <v>895</v>
       </c>
       <c r="C459" t="s">
         <v>24</v>
       </c>
       <c r="D459" t="s">
         <v>46</v>
       </c>
       <c r="E459" t="s">
         <v>12</v>
       </c>
       <c r="F459">
         <v>1999</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
         <v>83</v>
       </c>
@@ -14577,51 +14577,51 @@
       <c r="F465">
         <v>1999</v>
       </c>
       <c r="G465"/>
       <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>907</v>
       </c>
       <c r="B466" t="s">
         <v>908</v>
       </c>
       <c r="C466"/>
       <c r="D466" t="s">
         <v>27</v>
       </c>
       <c r="E466" t="s">
         <v>17</v>
       </c>
       <c r="F466">
         <v>1998</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>909</v>
       </c>
       <c r="B467" t="s">
         <v>910</v>
       </c>
       <c r="C467"/>
       <c r="D467" t="s">
         <v>27</v>
       </c>
       <c r="E467" t="s">
         <v>17</v>
       </c>
       <c r="F467">
         <v>1998</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="468" spans="1:8">
@@ -15253,95 +15253,95 @@
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>964</v>
       </c>
       <c r="B495" t="s">
         <v>965</v>
       </c>
       <c r="C495"/>
       <c r="D495" t="s">
         <v>27</v>
       </c>
       <c r="E495" t="s">
         <v>17</v>
       </c>
       <c r="F495">
         <v>1995</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>966</v>
       </c>
       <c r="B496" t="s">
         <v>967</v>
       </c>
       <c r="C496"/>
       <c r="D496" t="s">
         <v>27</v>
       </c>
       <c r="E496" t="s">
         <v>17</v>
       </c>
       <c r="F496">
         <v>1995</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>968</v>
       </c>
       <c r="B497" t="s">
         <v>967</v>
       </c>
       <c r="C497"/>
       <c r="D497" t="s">
         <v>27</v>
       </c>
       <c r="E497" t="s">
         <v>17</v>
       </c>
       <c r="F497">
         <v>1995</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>969</v>
       </c>
       <c r="B498" t="s">
         <v>970</v>
       </c>
       <c r="C498" t="s">
         <v>45</v>
       </c>
       <c r="D498" t="s">
         <v>46</v>
       </c>
       <c r="E498" t="s">
         <v>12</v>
       </c>
       <c r="F498">
         <v>1995</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
         <v>88</v>
       </c>
@@ -15771,51 +15771,51 @@
       <c r="H516" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1005</v>
       </c>
       <c r="B517" t="s">
         <v>1006</v>
       </c>
       <c r="C517" t="s">
         <v>45</v>
       </c>
       <c r="D517" t="s">
         <v>46</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517">
         <v>1994</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>1007</v>
       </c>
       <c r="B518" t="s">
         <v>1008</v>
       </c>
       <c r="C518"/>
       <c r="D518" t="s">
         <v>27</v>
       </c>
       <c r="E518" t="s">
         <v>17</v>
       </c>
       <c r="F518">
         <v>1993</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="519" spans="1:8">
@@ -16087,217 +16087,217 @@
       <c r="H530" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1033</v>
       </c>
       <c r="B531" t="s">
         <v>1034</v>
       </c>
       <c r="C531" t="s">
         <v>45</v>
       </c>
       <c r="D531" t="s">
         <v>46</v>
       </c>
       <c r="E531" t="s">
         <v>12</v>
       </c>
       <c r="F531">
         <v>1992</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>1035</v>
       </c>
       <c r="B532" t="s">
         <v>1036</v>
       </c>
       <c r="C532" t="s">
         <v>45</v>
       </c>
       <c r="D532" t="s">
         <v>46</v>
       </c>
       <c r="E532" t="s">
         <v>12</v>
       </c>
       <c r="F532">
         <v>1992</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>1037</v>
       </c>
       <c r="B533" t="s">
         <v>1038</v>
       </c>
       <c r="C533" t="s">
         <v>45</v>
       </c>
       <c r="D533" t="s">
         <v>46</v>
       </c>
       <c r="E533" t="s">
         <v>12</v>
       </c>
       <c r="F533">
         <v>1992</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>1039</v>
       </c>
       <c r="B534" t="s">
         <v>1040</v>
       </c>
       <c r="C534" t="s">
         <v>24</v>
       </c>
       <c r="D534" t="s">
         <v>46</v>
       </c>
       <c r="E534" t="s">
         <v>12</v>
       </c>
       <c r="F534">
         <v>1992</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>1041</v>
       </c>
       <c r="B535" t="s">
         <v>1042</v>
       </c>
       <c r="C535" t="s">
         <v>45</v>
       </c>
       <c r="D535" t="s">
         <v>46</v>
       </c>
       <c r="E535" t="s">
         <v>12</v>
       </c>
       <c r="F535">
         <v>1992</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>1043</v>
       </c>
       <c r="B536" t="s">
         <v>1044</v>
       </c>
       <c r="C536"/>
       <c r="D536" t="s">
         <v>27</v>
       </c>
       <c r="E536" t="s">
         <v>17</v>
       </c>
       <c r="F536">
         <v>1991</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>1045</v>
       </c>
       <c r="B537" t="s">
         <v>1046</v>
       </c>
       <c r="C537" t="s">
         <v>45</v>
       </c>
       <c r="D537" t="s">
         <v>46</v>
       </c>
       <c r="E537" t="s">
         <v>12</v>
       </c>
       <c r="F537">
         <v>1991</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>1047</v>
       </c>
       <c r="B538" t="s">
         <v>1048</v>
       </c>
       <c r="C538" t="s">
         <v>45</v>
       </c>
       <c r="D538" t="s">
         <v>46</v>
       </c>
       <c r="E538" t="s">
         <v>12</v>
       </c>
       <c r="F538">
         <v>1991</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>1049</v>
       </c>
       <c r="B539" t="s">
         <v>1050</v>
       </c>
       <c r="C539" t="s">
         <v>45</v>
       </c>
       <c r="D539" t="s">
         <v>46</v>
       </c>
       <c r="E539" t="s">
         <v>12</v>
       </c>
       <c r="F539">
         <v>1991</v>
       </c>
       <c r="G539"/>
       <c r="H539"/>
     </row>
     <row r="540" spans="1:8">
@@ -16439,51 +16439,51 @@
         <v>18</v>
       </c>
       <c r="H545"/>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1062</v>
       </c>
       <c r="B546" t="s">
         <v>1063</v>
       </c>
       <c r="C546" t="s">
         <v>45</v>
       </c>
       <c r="D546" t="s">
         <v>46</v>
       </c>
       <c r="E546" t="s">
         <v>12</v>
       </c>
       <c r="F546">
         <v>1989</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1064</v>
       </c>
       <c r="B547" t="s">
         <v>1065</v>
       </c>
       <c r="C547" t="s">
         <v>45</v>
       </c>
       <c r="D547" t="s">
         <v>46</v>
       </c>
       <c r="E547" t="s">
         <v>12</v>
       </c>
       <c r="F547">
         <v>1989</v>
       </c>
       <c r="G547"/>
       <c r="H547"/>
     </row>
     <row r="548" spans="1:8">
@@ -16509,97 +16509,97 @@
       <c r="H548" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1068</v>
       </c>
       <c r="B549" t="s">
         <v>1069</v>
       </c>
       <c r="C549" t="s">
         <v>45</v>
       </c>
       <c r="D549" t="s">
         <v>46</v>
       </c>
       <c r="E549" t="s">
         <v>12</v>
       </c>
       <c r="F549">
         <v>1985</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1070</v>
       </c>
       <c r="B550" t="s">
         <v>1071</v>
       </c>
       <c r="C550"/>
       <c r="D550" t="s">
         <v>27</v>
       </c>
       <c r="E550" t="s">
         <v>17</v>
       </c>
       <c r="F550">
         <v>1984</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1072</v>
       </c>
       <c r="B551" t="s">
         <v>1073</v>
       </c>
       <c r="C551" t="s">
         <v>45</v>
       </c>
       <c r="D551" t="s">
         <v>46</v>
       </c>
       <c r="E551" t="s">
         <v>12</v>
       </c>
       <c r="F551">
         <v>1983</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1074</v>
       </c>
       <c r="B552" t="s">
         <v>1075</v>
       </c>
       <c r="C552"/>
       <c r="D552"/>
       <c r="E552" t="s">
         <v>74</v>
       </c>
       <c r="F552">
         <v>1979</v>
       </c>
       <c r="G552" t="s">
         <v>53</v>
       </c>
       <c r="H552"/>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>1076</v>
@@ -16687,51 +16687,51 @@
       <c r="F557"/>
       <c r="G557"/>
       <c r="H557" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>1084</v>
       </c>
       <c r="B558" t="s">
         <v>511</v>
       </c>
       <c r="C558" t="s">
         <v>24</v>
       </c>
       <c r="D558" t="s">
         <v>46</v>
       </c>
       <c r="E558" t="s">
         <v>12</v>
       </c>
       <c r="F558"/>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>1085</v>
       </c>
       <c r="B559" t="s">
         <v>1086</v>
       </c>
       <c r="C559" t="s">
         <v>45</v>
       </c>
       <c r="D559" t="s">
         <v>46</v>
       </c>
       <c r="E559" t="s">
         <v>12</v>
       </c>
       <c r="F559"/>
       <c r="G559"/>
       <c r="H559" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="560" spans="1:8">