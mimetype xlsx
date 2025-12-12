--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -101,138 +101,138 @@
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
@@ -3725,103 +3725,103 @@
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
         <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="H7" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="H9" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>28</v>
       </c>
       <c r="H10"/>
@@ -3869,103 +3869,103 @@
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>38</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>28</v>
       </c>
       <c r="H13" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>28</v>
       </c>
       <c r="H14" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>28</v>
       </c>
       <c r="H15" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>28</v>
       </c>
       <c r="H16" t="s">
@@ -4025,51 +4025,51 @@
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>28</v>
       </c>
       <c r="H19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>28</v>
       </c>
       <c r="H20" t="s">
@@ -4077,77 +4077,77 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>28</v>
       </c>
       <c r="H21" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>33</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>28</v>
       </c>
       <c r="H22" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>33</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>28</v>
       </c>
       <c r="H23" t="s">
@@ -4179,195 +4179,195 @@
       <c r="H24" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>47</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25" t="s">
         <v>15</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>28</v>
       </c>
       <c r="H25" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>47</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>14</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>28</v>
       </c>
       <c r="H26" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>47</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>14</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>28</v>
       </c>
       <c r="H27" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>47</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>28</v>
       </c>
       <c r="H28" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>47</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>28</v>
       </c>
       <c r="H29" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>47</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>14</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>28</v>
       </c>
       <c r="H30" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>46</v>
       </c>
       <c r="B31" t="s">
         <v>47</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>14</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>28</v>
       </c>
       <c r="H31" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>46</v>
       </c>
       <c r="B32" t="s">
         <v>47</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>14</v>
       </c>
       <c r="E32" t="s">
         <v>15</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>28</v>
       </c>
       <c r="H32" t="s">
         <v>52</v>
       </c>
@@ -4427,251 +4427,251 @@
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>47</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>56</v>
       </c>
       <c r="B37" t="s">
         <v>47</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38" t="s">
         <v>47</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>56</v>
       </c>
       <c r="B39" t="s">
         <v>47</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>56</v>
       </c>
       <c r="B40" t="s">
         <v>47</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>56</v>
       </c>
       <c r="B41" t="s">
         <v>47</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>15</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>59</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
       <c r="C42" t="s">
         <v>26</v>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>21</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>62</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>45</v>
       </c>
       <c r="D43" t="s">
         <v>61</v>
       </c>
       <c r="E43" t="s">
         <v>21</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>28</v>
       </c>
       <c r="H43" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>62</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>45</v>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>21</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>28</v>
       </c>
       <c r="H44" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>62</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>45</v>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>21</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>28</v>
       </c>
       <c r="H45" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>63</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>42</v>
       </c>
       <c r="D46" t="s">
         <v>61</v>
       </c>
       <c r="E46" t="s">
         <v>21</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>28</v>
       </c>
       <c r="H46" t="s">
@@ -4679,175 +4679,175 @@
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>63</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>42</v>
       </c>
       <c r="D47" t="s">
         <v>61</v>
       </c>
       <c r="E47" t="s">
         <v>21</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>28</v>
       </c>
       <c r="H47" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>63</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>42</v>
       </c>
       <c r="D48" t="s">
         <v>61</v>
       </c>
       <c r="E48" t="s">
         <v>21</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>28</v>
       </c>
       <c r="H48" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>63</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>42</v>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>21</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>28</v>
       </c>
       <c r="H49" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>64</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>19</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
         <v>21</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>65</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>19</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
         <v>21</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>65</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>19</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>21</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
         <v>67</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>68</v>
       </c>
       <c r="E53" t="s">
         <v>10</v>
       </c>
       <c r="F53">
         <v>2023</v>
       </c>
       <c r="G53" t="s">
         <v>69</v>
       </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
@@ -4981,77 +4981,77 @@
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>83</v>
       </c>
       <c r="B60" t="s">
         <v>84</v>
       </c>
       <c r="C60" t="s">
         <v>26</v>
       </c>
       <c r="D60" t="s">
         <v>61</v>
       </c>
       <c r="E60" t="s">
         <v>21</v>
       </c>
       <c r="F60">
         <v>2023</v>
       </c>
       <c r="G60" t="s">
         <v>28</v>
       </c>
       <c r="H60" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>83</v>
       </c>
       <c r="B61" t="s">
         <v>84</v>
       </c>
       <c r="C61" t="s">
         <v>26</v>
       </c>
       <c r="D61" t="s">
         <v>61</v>
       </c>
       <c r="E61" t="s">
         <v>21</v>
       </c>
       <c r="F61">
         <v>2023</v>
       </c>
       <c r="G61" t="s">
         <v>28</v>
       </c>
       <c r="H61" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>86</v>
       </c>
       <c r="B62" t="s">
         <v>87</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>68</v>
       </c>
       <c r="E62" t="s">
         <v>10</v>
       </c>
       <c r="F62">
         <v>2022</v>
       </c>
       <c r="G62" t="s">
         <v>69</v>
       </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
@@ -5143,123 +5143,123 @@
       <c r="H66" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>96</v>
       </c>
       <c r="B67" t="s">
         <v>97</v>
       </c>
       <c r="C67" t="s">
         <v>45</v>
       </c>
       <c r="D67" t="s">
         <v>61</v>
       </c>
       <c r="E67" t="s">
         <v>21</v>
       </c>
       <c r="F67">
         <v>2022</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>99</v>
       </c>
       <c r="C68" t="s">
         <v>45</v>
       </c>
       <c r="D68" t="s">
         <v>61</v>
       </c>
       <c r="E68" t="s">
         <v>21</v>
       </c>
       <c r="F68">
         <v>2022</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>100</v>
       </c>
       <c r="B69" t="s">
         <v>101</v>
       </c>
       <c r="C69" t="s">
         <v>26</v>
       </c>
       <c r="D69" t="s">
         <v>61</v>
       </c>
       <c r="E69" t="s">
         <v>21</v>
       </c>
       <c r="F69">
         <v>2022</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>103</v>
       </c>
       <c r="B70" t="s">
         <v>104</v>
       </c>
       <c r="C70" t="s">
         <v>42</v>
       </c>
       <c r="D70" t="s">
         <v>77</v>
       </c>
       <c r="E70" t="s">
         <v>21</v>
       </c>
       <c r="F70">
         <v>2022</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>105</v>
       </c>
       <c r="B71" t="s">
         <v>106</v>
       </c>
       <c r="C71" t="s">
         <v>45</v>
       </c>
       <c r="D71" t="s">
         <v>61</v>
       </c>
       <c r="E71" t="s">
         <v>21</v>
       </c>
       <c r="F71">
         <v>2022</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>22</v>
       </c>
@@ -5287,51 +5287,51 @@
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>109</v>
       </c>
       <c r="B73" t="s">
         <v>110</v>
       </c>
       <c r="C73" t="s">
         <v>19</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
         <v>21</v>
       </c>
       <c r="F73">
         <v>2022</v>
       </c>
       <c r="G73" t="s">
         <v>28</v>
       </c>
       <c r="H73" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>109</v>
       </c>
       <c r="B74" t="s">
         <v>110</v>
       </c>
       <c r="C74" t="s">
         <v>19</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
         <v>21</v>
       </c>
       <c r="F74">
         <v>2022</v>
       </c>
       <c r="G74" t="s">
         <v>28</v>
       </c>
       <c r="H74" t="s">
@@ -5339,77 +5339,77 @@
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>109</v>
       </c>
       <c r="B75" t="s">
         <v>110</v>
       </c>
       <c r="C75" t="s">
         <v>19</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
         <v>21</v>
       </c>
       <c r="F75">
         <v>2022</v>
       </c>
       <c r="G75" t="s">
         <v>28</v>
       </c>
       <c r="H75" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>109</v>
       </c>
       <c r="B76" t="s">
         <v>110</v>
       </c>
       <c r="C76" t="s">
         <v>19</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
         <v>21</v>
       </c>
       <c r="F76">
         <v>2022</v>
       </c>
       <c r="G76" t="s">
         <v>28</v>
       </c>
       <c r="H76" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>111</v>
       </c>
       <c r="B77" t="s">
         <v>112</v>
       </c>
       <c r="C77" t="s">
         <v>76</v>
       </c>
       <c r="D77" t="s">
         <v>77</v>
       </c>
       <c r="E77" t="s">
         <v>21</v>
       </c>
       <c r="F77">
         <v>2021</v>
       </c>
       <c r="G77" t="s">
         <v>28</v>
       </c>
       <c r="H77"/>
@@ -5577,51 +5577,51 @@
         <v>28</v>
       </c>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>127</v>
       </c>
       <c r="B85" t="s">
         <v>128</v>
       </c>
       <c r="C85" t="s">
         <v>45</v>
       </c>
       <c r="D85" t="s">
         <v>61</v>
       </c>
       <c r="E85" t="s">
         <v>21</v>
       </c>
       <c r="F85">
         <v>2020</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>129</v>
       </c>
       <c r="B86" t="s">
         <v>130</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>68</v>
       </c>
       <c r="E86" t="s">
         <v>10</v>
       </c>
       <c r="F86">
         <v>2019</v>
       </c>
       <c r="G86" t="s">
         <v>69</v>
       </c>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
@@ -5761,75 +5761,75 @@
       </c>
       <c r="G92"/>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>145</v>
       </c>
       <c r="B93" t="s">
         <v>146</v>
       </c>
       <c r="C93" t="s">
         <v>45</v>
       </c>
       <c r="D93" t="s">
         <v>61</v>
       </c>
       <c r="E93" t="s">
         <v>21</v>
       </c>
       <c r="F93">
         <v>2019</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>147</v>
       </c>
       <c r="B94" t="s">
         <v>148</v>
       </c>
       <c r="C94" t="s">
         <v>45</v>
       </c>
       <c r="D94" t="s">
         <v>61</v>
       </c>
       <c r="E94" t="s">
         <v>21</v>
       </c>
       <c r="F94">
         <v>2019</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>149</v>
       </c>
       <c r="B95" t="s">
         <v>150</v>
       </c>
       <c r="C95" t="s">
         <v>45</v>
       </c>
       <c r="D95" t="s">
         <v>61</v>
       </c>
       <c r="E95" t="s">
         <v>21</v>
       </c>
       <c r="F95">
         <v>2019</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>16</v>
       </c>
@@ -5955,51 +5955,51 @@
       <c r="H100" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>161</v>
       </c>
       <c r="B101" t="s">
         <v>162</v>
       </c>
       <c r="C101" t="s">
         <v>26</v>
       </c>
       <c r="D101" t="s">
         <v>61</v>
       </c>
       <c r="E101" t="s">
         <v>21</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>163</v>
       </c>
       <c r="B102" t="s">
         <v>164</v>
       </c>
       <c r="C102" t="s">
         <v>26</v>
       </c>
       <c r="D102" t="s">
         <v>61</v>
       </c>
       <c r="E102" t="s">
         <v>21</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>11</v>
       </c>
@@ -6175,51 +6175,51 @@
         <v>69</v>
       </c>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>181</v>
       </c>
       <c r="B111" t="s">
         <v>182</v>
       </c>
       <c r="C111" t="s">
         <v>42</v>
       </c>
       <c r="D111" t="s">
         <v>61</v>
       </c>
       <c r="E111" t="s">
         <v>21</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>183</v>
       </c>
       <c r="B112" t="s">
         <v>184</v>
       </c>
       <c r="C112" t="s">
         <v>76</v>
       </c>
       <c r="D112" t="s">
         <v>77</v>
       </c>
       <c r="E112" t="s">
         <v>21</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>16</v>
       </c>
@@ -6377,99 +6377,99 @@
       </c>
       <c r="G119" t="s">
         <v>69</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>199</v>
       </c>
       <c r="B120" t="s">
         <v>200</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>14</v>
       </c>
       <c r="E120" t="s">
         <v>15</v>
       </c>
       <c r="F120">
         <v>2016</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>201</v>
       </c>
       <c r="B121" t="s">
         <v>202</v>
       </c>
       <c r="C121" t="s">
         <v>26</v>
       </c>
       <c r="D121" t="s">
         <v>61</v>
       </c>
       <c r="E121" t="s">
         <v>21</v>
       </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>204</v>
       </c>
       <c r="B122" t="s">
         <v>205</v>
       </c>
       <c r="C122" t="s">
         <v>26</v>
       </c>
       <c r="D122" t="s">
         <v>61</v>
       </c>
       <c r="E122" t="s">
         <v>21</v>
       </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>206</v>
       </c>
       <c r="B123" t="s">
         <v>207</v>
       </c>
       <c r="C123" t="s">
         <v>76</v>
       </c>
       <c r="D123" t="s">
         <v>77</v>
       </c>
       <c r="E123" t="s">
         <v>21</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
         <v>28</v>
       </c>
       <c r="H123"/>
@@ -6521,51 +6521,51 @@
       <c r="H125" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>212</v>
       </c>
       <c r="B126" t="s">
         <v>213</v>
       </c>
       <c r="C126" t="s">
         <v>26</v>
       </c>
       <c r="D126" t="s">
         <v>61</v>
       </c>
       <c r="E126" t="s">
         <v>21</v>
       </c>
       <c r="F126">
         <v>2016</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>214</v>
       </c>
       <c r="B127" t="s">
         <v>215</v>
       </c>
       <c r="C127" t="s">
         <v>26</v>
       </c>
       <c r="D127" t="s">
         <v>61</v>
       </c>
       <c r="E127" t="s">
         <v>21</v>
       </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127"/>
       <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
@@ -6611,171 +6611,171 @@
       </c>
       <c r="G129"/>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>220</v>
       </c>
       <c r="B130" t="s">
         <v>221</v>
       </c>
       <c r="C130" t="s">
         <v>45</v>
       </c>
       <c r="D130" t="s">
         <v>61</v>
       </c>
       <c r="E130" t="s">
         <v>21</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>222</v>
       </c>
       <c r="B131" t="s">
         <v>223</v>
       </c>
       <c r="C131" t="s">
         <v>45</v>
       </c>
       <c r="D131" t="s">
         <v>61</v>
       </c>
       <c r="E131" t="s">
         <v>21</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>224</v>
       </c>
       <c r="B132" t="s">
         <v>225</v>
       </c>
       <c r="C132" t="s">
         <v>26</v>
       </c>
       <c r="D132" t="s">
         <v>61</v>
       </c>
       <c r="E132" t="s">
         <v>21</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>226</v>
       </c>
       <c r="B133" t="s">
         <v>227</v>
       </c>
       <c r="C133" t="s">
         <v>26</v>
       </c>
       <c r="D133" t="s">
         <v>61</v>
       </c>
       <c r="E133" t="s">
         <v>21</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>228</v>
       </c>
       <c r="B134" t="s">
         <v>229</v>
       </c>
       <c r="C134" t="s">
         <v>45</v>
       </c>
       <c r="D134" t="s">
         <v>61</v>
       </c>
       <c r="E134" t="s">
         <v>21</v>
       </c>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>230</v>
       </c>
       <c r="B135" t="s">
         <v>231</v>
       </c>
       <c r="C135" t="s">
         <v>26</v>
       </c>
       <c r="D135" t="s">
         <v>61</v>
       </c>
       <c r="E135" t="s">
         <v>21</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>232</v>
       </c>
       <c r="B136" t="s">
         <v>233</v>
       </c>
       <c r="C136" t="s">
         <v>45</v>
       </c>
       <c r="D136" t="s">
         <v>61</v>
       </c>
       <c r="E136" t="s">
         <v>21</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>16</v>
       </c>
@@ -7033,51 +7033,51 @@
       </c>
       <c r="G147"/>
       <c r="H147"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>258</v>
       </c>
       <c r="B148" t="s">
         <v>259</v>
       </c>
       <c r="C148" t="s">
         <v>45</v>
       </c>
       <c r="D148" t="s">
         <v>61</v>
       </c>
       <c r="E148" t="s">
         <v>21</v>
       </c>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>260</v>
       </c>
       <c r="B149" t="s">
         <v>261</v>
       </c>
       <c r="C149" t="s">
         <v>26</v>
       </c>
       <c r="D149" t="s">
         <v>61</v>
       </c>
       <c r="E149" t="s">
         <v>21</v>
       </c>
       <c r="F149">
         <v>2015</v>
       </c>
       <c r="G149"/>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
@@ -7467,51 +7467,51 @@
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>295</v>
       </c>
       <c r="B167" t="s">
         <v>296</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>14</v>
       </c>
       <c r="E167" t="s">
         <v>15</v>
       </c>
       <c r="F167">
         <v>2013</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>297</v>
       </c>
       <c r="B168" t="s">
         <v>298</v>
       </c>
       <c r="C168" t="s">
         <v>45</v>
       </c>
       <c r="D168" t="s">
         <v>61</v>
       </c>
       <c r="E168" t="s">
         <v>21</v>
       </c>
       <c r="F168">
         <v>2013</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>102</v>
       </c>
@@ -7539,387 +7539,387 @@
       <c r="H169" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>301</v>
       </c>
       <c r="B170" t="s">
         <v>302</v>
       </c>
       <c r="C170" t="s">
         <v>45</v>
       </c>
       <c r="D170" t="s">
         <v>61</v>
       </c>
       <c r="E170" t="s">
         <v>21</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>303</v>
       </c>
       <c r="B171" t="s">
         <v>304</v>
       </c>
       <c r="C171" t="s">
         <v>45</v>
       </c>
       <c r="D171" t="s">
         <v>61</v>
       </c>
       <c r="E171" t="s">
         <v>21</v>
       </c>
       <c r="F171">
         <v>2013</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>305</v>
       </c>
       <c r="B172" t="s">
         <v>306</v>
       </c>
       <c r="C172" t="s">
         <v>33</v>
       </c>
       <c r="D172" t="s">
         <v>61</v>
       </c>
       <c r="E172" t="s">
         <v>21</v>
       </c>
       <c r="F172">
         <v>2013</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>307</v>
       </c>
       <c r="B173" t="s">
         <v>308</v>
       </c>
       <c r="C173" t="s">
         <v>45</v>
       </c>
       <c r="D173" t="s">
         <v>61</v>
       </c>
       <c r="E173" t="s">
         <v>21</v>
       </c>
       <c r="F173">
         <v>2013</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>309</v>
       </c>
       <c r="B174" t="s">
         <v>310</v>
       </c>
       <c r="C174" t="s">
         <v>33</v>
       </c>
       <c r="D174" t="s">
         <v>61</v>
       </c>
       <c r="E174" t="s">
         <v>21</v>
       </c>
       <c r="F174">
         <v>2013</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>311</v>
       </c>
       <c r="B175" t="s">
         <v>312</v>
       </c>
       <c r="C175" t="s">
         <v>26</v>
       </c>
       <c r="D175" t="s">
         <v>61</v>
       </c>
       <c r="E175" t="s">
         <v>21</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>313</v>
       </c>
       <c r="B176" t="s">
         <v>314</v>
       </c>
       <c r="C176" t="s">
         <v>45</v>
       </c>
       <c r="D176" t="s">
         <v>61</v>
       </c>
       <c r="E176" t="s">
         <v>21</v>
       </c>
       <c r="F176">
         <v>2013</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>315</v>
       </c>
       <c r="B177" t="s">
         <v>316</v>
       </c>
       <c r="C177" t="s">
         <v>137</v>
       </c>
       <c r="D177" t="s">
         <v>77</v>
       </c>
       <c r="E177" t="s">
         <v>21</v>
       </c>
       <c r="F177">
         <v>2013</v>
       </c>
       <c r="G177" t="s">
         <v>28</v>
       </c>
       <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>317</v>
       </c>
       <c r="B178" t="s">
         <v>318</v>
       </c>
       <c r="C178" t="s">
         <v>45</v>
       </c>
       <c r="D178" t="s">
         <v>61</v>
       </c>
       <c r="E178" t="s">
         <v>21</v>
       </c>
       <c r="F178">
         <v>2013</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>319</v>
       </c>
       <c r="B179" t="s">
         <v>320</v>
       </c>
       <c r="C179" t="s">
         <v>26</v>
       </c>
       <c r="D179" t="s">
         <v>61</v>
       </c>
       <c r="E179" t="s">
         <v>21</v>
       </c>
       <c r="F179">
         <v>2013</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>321</v>
       </c>
       <c r="B180" t="s">
         <v>322</v>
       </c>
       <c r="C180" t="s">
         <v>42</v>
       </c>
       <c r="D180" t="s">
         <v>61</v>
       </c>
       <c r="E180" t="s">
         <v>21</v>
       </c>
       <c r="F180">
         <v>2013</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>323</v>
       </c>
       <c r="B181" t="s">
         <v>324</v>
       </c>
       <c r="C181" t="s">
         <v>45</v>
       </c>
       <c r="D181" t="s">
         <v>61</v>
       </c>
       <c r="E181" t="s">
         <v>21</v>
       </c>
       <c r="F181">
         <v>2013</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>325</v>
       </c>
       <c r="B182" t="s">
         <v>326</v>
       </c>
       <c r="C182" t="s">
         <v>45</v>
       </c>
       <c r="D182" t="s">
         <v>61</v>
       </c>
       <c r="E182" t="s">
         <v>21</v>
       </c>
       <c r="F182">
         <v>2013</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>327</v>
       </c>
       <c r="B183" t="s">
         <v>328</v>
       </c>
       <c r="C183" t="s">
         <v>45</v>
       </c>
       <c r="D183" t="s">
         <v>61</v>
       </c>
       <c r="E183" t="s">
         <v>21</v>
       </c>
       <c r="F183">
         <v>2013</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>329</v>
       </c>
       <c r="B184" t="s">
         <v>330</v>
       </c>
       <c r="C184" t="s">
         <v>26</v>
       </c>
       <c r="D184" t="s">
         <v>61</v>
       </c>
       <c r="E184" t="s">
         <v>21</v>
       </c>
       <c r="F184">
         <v>2013</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>331</v>
       </c>
       <c r="B185" t="s">
         <v>332</v>
       </c>
       <c r="C185" t="s">
         <v>26</v>
       </c>
       <c r="D185" t="s">
         <v>61</v>
       </c>
       <c r="E185" t="s">
         <v>21</v>
       </c>
       <c r="F185">
         <v>2013</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>16</v>
       </c>
@@ -7945,51 +7945,51 @@
       </c>
       <c r="G186"/>
       <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>335</v>
       </c>
       <c r="B187" t="s">
         <v>336</v>
       </c>
       <c r="C187" t="s">
         <v>26</v>
       </c>
       <c r="D187" t="s">
         <v>61</v>
       </c>
       <c r="E187" t="s">
         <v>21</v>
       </c>
       <c r="F187">
         <v>2013</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>337</v>
       </c>
       <c r="B188" t="s">
         <v>338</v>
       </c>
       <c r="C188" t="s">
         <v>26</v>
       </c>
       <c r="D188" t="s">
         <v>61</v>
       </c>
       <c r="E188" t="s">
         <v>21</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>16</v>
       </c>
@@ -8017,171 +8017,171 @@
       <c r="H189" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>341</v>
       </c>
       <c r="B190" t="s">
         <v>342</v>
       </c>
       <c r="C190" t="s">
         <v>45</v>
       </c>
       <c r="D190" t="s">
         <v>61</v>
       </c>
       <c r="E190" t="s">
         <v>21</v>
       </c>
       <c r="F190">
         <v>2012</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>343</v>
       </c>
       <c r="B191" t="s">
         <v>344</v>
       </c>
       <c r="C191" t="s">
         <v>26</v>
       </c>
       <c r="D191" t="s">
         <v>61</v>
       </c>
       <c r="E191" t="s">
         <v>21</v>
       </c>
       <c r="F191">
         <v>2012</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>345</v>
       </c>
       <c r="B192" t="s">
         <v>346</v>
       </c>
       <c r="C192" t="s">
         <v>26</v>
       </c>
       <c r="D192" t="s">
         <v>61</v>
       </c>
       <c r="E192" t="s">
         <v>21</v>
       </c>
       <c r="F192">
         <v>2012</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>347</v>
       </c>
       <c r="B193" t="s">
         <v>348</v>
       </c>
       <c r="C193" t="s">
         <v>45</v>
       </c>
       <c r="D193" t="s">
         <v>61</v>
       </c>
       <c r="E193" t="s">
         <v>21</v>
       </c>
       <c r="F193">
         <v>2012</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>349</v>
       </c>
       <c r="B194" t="s">
         <v>350</v>
       </c>
       <c r="C194" t="s">
         <v>33</v>
       </c>
       <c r="D194" t="s">
         <v>61</v>
       </c>
       <c r="E194" t="s">
         <v>21</v>
       </c>
       <c r="F194">
         <v>2012</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>351</v>
       </c>
       <c r="B195" t="s">
         <v>352</v>
       </c>
       <c r="C195" t="s">
         <v>26</v>
       </c>
       <c r="D195" t="s">
         <v>61</v>
       </c>
       <c r="E195" t="s">
         <v>21</v>
       </c>
       <c r="F195">
         <v>2012</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>353</v>
       </c>
       <c r="B196" t="s">
         <v>354</v>
       </c>
       <c r="C196" t="s">
         <v>76</v>
       </c>
       <c r="D196" t="s">
         <v>77</v>
       </c>
       <c r="E196" t="s">
         <v>21</v>
       </c>
       <c r="F196">
         <v>2012</v>
       </c>
       <c r="G196" t="s">
         <v>28</v>
       </c>
       <c r="H196"/>
@@ -8297,51 +8297,51 @@
       <c r="F201">
         <v>2012</v>
       </c>
       <c r="G201"/>
       <c r="H201"/>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>364</v>
       </c>
       <c r="B202" t="s">
         <v>365</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
         <v>14</v>
       </c>
       <c r="E202" t="s">
         <v>15</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>366</v>
       </c>
       <c r="B203" t="s">
         <v>367</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>238</v>
       </c>
       <c r="E203" t="s">
         <v>15</v>
       </c>
       <c r="F203">
         <v>2011</v>
       </c>
       <c r="G203" t="s">
         <v>28</v>
       </c>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
@@ -8483,195 +8483,195 @@
       <c r="H209" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>380</v>
       </c>
       <c r="B210" t="s">
         <v>381</v>
       </c>
       <c r="C210" t="s">
         <v>26</v>
       </c>
       <c r="D210" t="s">
         <v>61</v>
       </c>
       <c r="E210" t="s">
         <v>21</v>
       </c>
       <c r="F210">
         <v>2011</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>382</v>
       </c>
       <c r="B211" t="s">
         <v>383</v>
       </c>
       <c r="C211" t="s">
         <v>45</v>
       </c>
       <c r="D211" t="s">
         <v>61</v>
       </c>
       <c r="E211" t="s">
         <v>21</v>
       </c>
       <c r="F211">
         <v>2011</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>384</v>
       </c>
       <c r="B212" t="s">
         <v>385</v>
       </c>
       <c r="C212" t="s">
         <v>42</v>
       </c>
       <c r="D212" t="s">
         <v>61</v>
       </c>
       <c r="E212" t="s">
         <v>21</v>
       </c>
       <c r="F212">
         <v>2011</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>386</v>
       </c>
       <c r="B213" t="s">
         <v>387</v>
       </c>
       <c r="C213" t="s">
         <v>45</v>
       </c>
       <c r="D213" t="s">
         <v>61</v>
       </c>
       <c r="E213" t="s">
         <v>21</v>
       </c>
       <c r="F213">
         <v>2011</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>388</v>
       </c>
       <c r="B214" t="s">
         <v>389</v>
       </c>
       <c r="C214" t="s">
         <v>26</v>
       </c>
       <c r="D214" t="s">
         <v>61</v>
       </c>
       <c r="E214" t="s">
         <v>21</v>
       </c>
       <c r="F214">
         <v>2011</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>390</v>
       </c>
       <c r="B215" t="s">
         <v>391</v>
       </c>
       <c r="C215" t="s">
         <v>45</v>
       </c>
       <c r="D215" t="s">
         <v>61</v>
       </c>
       <c r="E215" t="s">
         <v>21</v>
       </c>
       <c r="F215">
         <v>2011</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>392</v>
       </c>
       <c r="B216" t="s">
         <v>393</v>
       </c>
       <c r="C216" t="s">
         <v>26</v>
       </c>
       <c r="D216" t="s">
         <v>61</v>
       </c>
       <c r="E216" t="s">
         <v>21</v>
       </c>
       <c r="F216">
         <v>2011</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>394</v>
       </c>
       <c r="B217" t="s">
         <v>395</v>
       </c>
       <c r="C217" t="s">
         <v>26</v>
       </c>
       <c r="D217" t="s">
         <v>61</v>
       </c>
       <c r="E217" t="s">
         <v>21</v>
       </c>
       <c r="F217">
         <v>2011</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>22</v>
       </c>
@@ -8699,121 +8699,121 @@
       <c r="H218" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>397</v>
       </c>
       <c r="B219" t="s">
         <v>398</v>
       </c>
       <c r="C219" t="s">
         <v>45</v>
       </c>
       <c r="D219" t="s">
         <v>61</v>
       </c>
       <c r="E219" t="s">
         <v>21</v>
       </c>
       <c r="F219">
         <v>2011</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>399</v>
       </c>
       <c r="B220" t="s">
         <v>400</v>
       </c>
       <c r="C220" t="s">
         <v>26</v>
       </c>
       <c r="D220" t="s">
         <v>61</v>
       </c>
       <c r="E220" t="s">
         <v>21</v>
       </c>
       <c r="F220">
         <v>2011</v>
       </c>
       <c r="G220"/>
       <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>401</v>
       </c>
       <c r="B221" t="s">
         <v>402</v>
       </c>
       <c r="C221" t="s">
         <v>26</v>
       </c>
       <c r="D221" t="s">
         <v>61</v>
       </c>
       <c r="E221" t="s">
         <v>21</v>
       </c>
       <c r="F221">
         <v>2011</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>403</v>
       </c>
       <c r="B222" t="s">
         <v>404</v>
       </c>
       <c r="C222" t="s">
         <v>26</v>
       </c>
       <c r="D222" t="s">
         <v>61</v>
       </c>
       <c r="E222" t="s">
         <v>21</v>
       </c>
       <c r="F222">
         <v>2011</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>405</v>
       </c>
       <c r="B223" t="s">
         <v>406</v>
       </c>
       <c r="C223" t="s">
         <v>33</v>
       </c>
       <c r="D223" t="s">
         <v>61</v>
       </c>
       <c r="E223" t="s">
         <v>21</v>
       </c>
       <c r="F223">
         <v>2011</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>16</v>
       </c>
@@ -8839,195 +8839,195 @@
       <c r="H224" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>409</v>
       </c>
       <c r="B225" t="s">
         <v>410</v>
       </c>
       <c r="C225" t="s">
         <v>42</v>
       </c>
       <c r="D225" t="s">
         <v>61</v>
       </c>
       <c r="E225" t="s">
         <v>21</v>
       </c>
       <c r="F225">
         <v>2010</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>411</v>
       </c>
       <c r="B226" t="s">
         <v>412</v>
       </c>
       <c r="C226" t="s">
         <v>45</v>
       </c>
       <c r="D226" t="s">
         <v>61</v>
       </c>
       <c r="E226" t="s">
         <v>21</v>
       </c>
       <c r="F226">
         <v>2010</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>413</v>
       </c>
       <c r="B227" t="s">
         <v>414</v>
       </c>
       <c r="C227" t="s">
         <v>26</v>
       </c>
       <c r="D227" t="s">
         <v>61</v>
       </c>
       <c r="E227" t="s">
         <v>21</v>
       </c>
       <c r="F227">
         <v>2010</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>415</v>
       </c>
       <c r="B228" t="s">
         <v>416</v>
       </c>
       <c r="C228" t="s">
         <v>26</v>
       </c>
       <c r="D228" t="s">
         <v>61</v>
       </c>
       <c r="E228" t="s">
         <v>21</v>
       </c>
       <c r="F228">
         <v>2010</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>417</v>
       </c>
       <c r="B229" t="s">
         <v>418</v>
       </c>
       <c r="C229" t="s">
         <v>26</v>
       </c>
       <c r="D229" t="s">
         <v>61</v>
       </c>
       <c r="E229" t="s">
         <v>21</v>
       </c>
       <c r="F229">
         <v>2010</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>419</v>
       </c>
       <c r="B230" t="s">
         <v>420</v>
       </c>
       <c r="C230" t="s">
         <v>26</v>
       </c>
       <c r="D230" t="s">
         <v>61</v>
       </c>
       <c r="E230" t="s">
         <v>21</v>
       </c>
       <c r="F230">
         <v>2010</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>421</v>
       </c>
       <c r="B231" t="s">
         <v>422</v>
       </c>
       <c r="C231" t="s">
         <v>26</v>
       </c>
       <c r="D231" t="s">
         <v>61</v>
       </c>
       <c r="E231" t="s">
         <v>21</v>
       </c>
       <c r="F231">
         <v>2010</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>423</v>
       </c>
       <c r="B232" t="s">
         <v>424</v>
       </c>
       <c r="C232"/>
       <c r="D232" t="s">
         <v>425</v>
       </c>
       <c r="E232" t="s">
         <v>10</v>
       </c>
       <c r="F232">
         <v>2009</v>
       </c>
       <c r="G232" t="s">
         <v>69</v>
       </c>
       <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
@@ -9123,75 +9123,75 @@
       <c r="H236" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>434</v>
       </c>
       <c r="B237" t="s">
         <v>435</v>
       </c>
       <c r="C237" t="s">
         <v>26</v>
       </c>
       <c r="D237" t="s">
         <v>61</v>
       </c>
       <c r="E237" t="s">
         <v>21</v>
       </c>
       <c r="F237">
         <v>2009</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>436</v>
       </c>
       <c r="B238" t="s">
         <v>437</v>
       </c>
       <c r="C238" t="s">
         <v>45</v>
       </c>
       <c r="D238" t="s">
         <v>61</v>
       </c>
       <c r="E238" t="s">
         <v>21</v>
       </c>
       <c r="F238">
         <v>2009</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>438</v>
       </c>
       <c r="B239" t="s">
         <v>439</v>
       </c>
       <c r="C239" t="s">
         <v>26</v>
       </c>
       <c r="D239" t="s">
         <v>61</v>
       </c>
       <c r="E239" t="s">
         <v>21</v>
       </c>
       <c r="F239">
         <v>2009</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>85</v>
       </c>
@@ -9243,147 +9243,147 @@
       <c r="H241" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>444</v>
       </c>
       <c r="B242" t="s">
         <v>445</v>
       </c>
       <c r="C242" t="s">
         <v>45</v>
       </c>
       <c r="D242" t="s">
         <v>61</v>
       </c>
       <c r="E242" t="s">
         <v>21</v>
       </c>
       <c r="F242">
         <v>2009</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>446</v>
       </c>
       <c r="B243" t="s">
         <v>447</v>
       </c>
       <c r="C243" t="s">
         <v>45</v>
       </c>
       <c r="D243" t="s">
         <v>61</v>
       </c>
       <c r="E243" t="s">
         <v>21</v>
       </c>
       <c r="F243">
         <v>2009</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>448</v>
       </c>
       <c r="B244" t="s">
         <v>449</v>
       </c>
       <c r="C244" t="s">
         <v>42</v>
       </c>
       <c r="D244" t="s">
         <v>61</v>
       </c>
       <c r="E244" t="s">
         <v>21</v>
       </c>
       <c r="F244">
         <v>2009</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>450</v>
       </c>
       <c r="B245" t="s">
         <v>451</v>
       </c>
       <c r="C245" t="s">
         <v>42</v>
       </c>
       <c r="D245" t="s">
         <v>61</v>
       </c>
       <c r="E245" t="s">
         <v>21</v>
       </c>
       <c r="F245">
         <v>2009</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>452</v>
       </c>
       <c r="B246" t="s">
         <v>453</v>
       </c>
       <c r="C246" t="s">
         <v>26</v>
       </c>
       <c r="D246" t="s">
         <v>61</v>
       </c>
       <c r="E246" t="s">
         <v>21</v>
       </c>
       <c r="F246">
         <v>2009</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>454</v>
       </c>
       <c r="B247" t="s">
         <v>455</v>
       </c>
       <c r="C247" t="s">
         <v>26</v>
       </c>
       <c r="D247" t="s">
         <v>61</v>
       </c>
       <c r="E247" t="s">
         <v>21</v>
       </c>
       <c r="F247">
         <v>2009</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
         <v>85</v>
       </c>
@@ -9483,51 +9483,51 @@
       <c r="H251" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>464</v>
       </c>
       <c r="B252" t="s">
         <v>465</v>
       </c>
       <c r="C252" t="s">
         <v>26</v>
       </c>
       <c r="D252" t="s">
         <v>61</v>
       </c>
       <c r="E252" t="s">
         <v>21</v>
       </c>
       <c r="F252">
         <v>2009</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>466</v>
       </c>
       <c r="B253" t="s">
         <v>467</v>
       </c>
       <c r="C253" t="s">
         <v>26</v>
       </c>
       <c r="D253" t="s">
         <v>61</v>
       </c>
       <c r="E253" t="s">
         <v>21</v>
       </c>
       <c r="F253">
         <v>2009</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>16</v>
       </c>
@@ -9553,51 +9553,51 @@
       </c>
       <c r="G254"/>
       <c r="H254"/>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>470</v>
       </c>
       <c r="B255" t="s">
         <v>471</v>
       </c>
       <c r="C255" t="s">
         <v>26</v>
       </c>
       <c r="D255" t="s">
         <v>61</v>
       </c>
       <c r="E255" t="s">
         <v>21</v>
       </c>
       <c r="F255">
         <v>2009</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>472</v>
       </c>
       <c r="B256" t="s">
         <v>473</v>
       </c>
       <c r="C256" t="s">
         <v>26</v>
       </c>
       <c r="D256" t="s">
         <v>61</v>
       </c>
       <c r="E256" t="s">
         <v>21</v>
       </c>
       <c r="F256">
         <v>2009</v>
       </c>
       <c r="G256"/>
       <c r="H256"/>
     </row>
     <row r="257" spans="1:8">
@@ -9641,51 +9641,51 @@
       </c>
       <c r="G258" t="s">
         <v>69</v>
       </c>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>478</v>
       </c>
       <c r="B259" t="s">
         <v>479</v>
       </c>
       <c r="C259"/>
       <c r="D259" t="s">
         <v>14</v>
       </c>
       <c r="E259" t="s">
         <v>15</v>
       </c>
       <c r="F259">
         <v>2008</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>480</v>
       </c>
       <c r="B260" t="s">
         <v>481</v>
       </c>
       <c r="C260"/>
       <c r="D260" t="s">
         <v>238</v>
       </c>
       <c r="E260" t="s">
         <v>15</v>
       </c>
       <c r="F260">
         <v>2008</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="261" spans="1:8">
@@ -9755,339 +9755,339 @@
       <c r="H263" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>488</v>
       </c>
       <c r="B264" t="s">
         <v>489</v>
       </c>
       <c r="C264" t="s">
         <v>26</v>
       </c>
       <c r="D264" t="s">
         <v>61</v>
       </c>
       <c r="E264" t="s">
         <v>21</v>
       </c>
       <c r="F264">
         <v>2008</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>490</v>
       </c>
       <c r="B265" t="s">
         <v>491</v>
       </c>
       <c r="C265" t="s">
         <v>26</v>
       </c>
       <c r="D265" t="s">
         <v>61</v>
       </c>
       <c r="E265" t="s">
         <v>21</v>
       </c>
       <c r="F265">
         <v>2008</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>492</v>
       </c>
       <c r="B266" t="s">
         <v>493</v>
       </c>
       <c r="C266" t="s">
         <v>26</v>
       </c>
       <c r="D266" t="s">
         <v>61</v>
       </c>
       <c r="E266" t="s">
         <v>21</v>
       </c>
       <c r="F266">
         <v>2008</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>494</v>
       </c>
       <c r="B267" t="s">
         <v>495</v>
       </c>
       <c r="C267" t="s">
         <v>45</v>
       </c>
       <c r="D267" t="s">
         <v>61</v>
       </c>
       <c r="E267" t="s">
         <v>21</v>
       </c>
       <c r="F267">
         <v>2008</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>496</v>
       </c>
       <c r="B268" t="s">
         <v>497</v>
       </c>
       <c r="C268" t="s">
         <v>45</v>
       </c>
       <c r="D268" t="s">
         <v>61</v>
       </c>
       <c r="E268" t="s">
         <v>21</v>
       </c>
       <c r="F268">
         <v>2008</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>498</v>
       </c>
       <c r="B269" t="s">
         <v>499</v>
       </c>
       <c r="C269" t="s">
         <v>45</v>
       </c>
       <c r="D269" t="s">
         <v>61</v>
       </c>
       <c r="E269" t="s">
         <v>21</v>
       </c>
       <c r="F269">
         <v>2008</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>500</v>
       </c>
       <c r="B270" t="s">
         <v>501</v>
       </c>
       <c r="C270" t="s">
         <v>42</v>
       </c>
       <c r="D270" t="s">
         <v>61</v>
       </c>
       <c r="E270" t="s">
         <v>21</v>
       </c>
       <c r="F270">
         <v>2008</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>502</v>
       </c>
       <c r="B271" t="s">
         <v>503</v>
       </c>
       <c r="C271" t="s">
         <v>42</v>
       </c>
       <c r="D271" t="s">
         <v>61</v>
       </c>
       <c r="E271" t="s">
         <v>21</v>
       </c>
       <c r="F271">
         <v>2008</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>504</v>
       </c>
       <c r="B272" t="s">
         <v>505</v>
       </c>
       <c r="C272" t="s">
         <v>42</v>
       </c>
       <c r="D272" t="s">
         <v>61</v>
       </c>
       <c r="E272" t="s">
         <v>21</v>
       </c>
       <c r="F272">
         <v>2008</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>506</v>
       </c>
       <c r="B273" t="s">
         <v>507</v>
       </c>
       <c r="C273" t="s">
         <v>26</v>
       </c>
       <c r="D273" t="s">
         <v>61</v>
       </c>
       <c r="E273" t="s">
         <v>21</v>
       </c>
       <c r="F273">
         <v>2008</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>508</v>
       </c>
       <c r="B274" t="s">
         <v>509</v>
       </c>
       <c r="C274" t="s">
         <v>26</v>
       </c>
       <c r="D274" t="s">
         <v>61</v>
       </c>
       <c r="E274" t="s">
         <v>21</v>
       </c>
       <c r="F274">
         <v>2008</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>510</v>
       </c>
       <c r="B275" t="s">
         <v>489</v>
       </c>
       <c r="C275" t="s">
         <v>26</v>
       </c>
       <c r="D275" t="s">
         <v>61</v>
       </c>
       <c r="E275" t="s">
         <v>21</v>
       </c>
       <c r="F275">
         <v>2008</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>511</v>
       </c>
       <c r="B276" t="s">
         <v>512</v>
       </c>
       <c r="C276" t="s">
         <v>42</v>
       </c>
       <c r="D276" t="s">
         <v>61</v>
       </c>
       <c r="E276" t="s">
         <v>21</v>
       </c>
       <c r="F276">
         <v>2008</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>513</v>
       </c>
       <c r="B277" t="s">
         <v>246</v>
       </c>
       <c r="C277" t="s">
         <v>26</v>
       </c>
       <c r="D277" t="s">
         <v>61</v>
       </c>
       <c r="E277" t="s">
         <v>21</v>
       </c>
       <c r="F277">
         <v>2008</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
         <v>31</v>
       </c>
@@ -10139,75 +10139,75 @@
       <c r="H279" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>518</v>
       </c>
       <c r="B280" t="s">
         <v>519</v>
       </c>
       <c r="C280" t="s">
         <v>26</v>
       </c>
       <c r="D280" t="s">
         <v>61</v>
       </c>
       <c r="E280" t="s">
         <v>21</v>
       </c>
       <c r="F280">
         <v>2008</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>520</v>
       </c>
       <c r="B281" t="s">
         <v>521</v>
       </c>
       <c r="C281" t="s">
         <v>42</v>
       </c>
       <c r="D281" t="s">
         <v>61</v>
       </c>
       <c r="E281" t="s">
         <v>21</v>
       </c>
       <c r="F281">
         <v>2008</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>522</v>
       </c>
       <c r="B282" t="s">
         <v>523</v>
       </c>
       <c r="C282" t="s">
         <v>26</v>
       </c>
       <c r="D282" t="s">
         <v>61</v>
       </c>
       <c r="E282" t="s">
         <v>21</v>
       </c>
       <c r="F282">
         <v>2008</v>
       </c>
       <c r="G282"/>
       <c r="H282"/>
     </row>
     <row r="283" spans="1:8">
@@ -10275,121 +10275,121 @@
       </c>
       <c r="G285" t="s">
         <v>28</v>
       </c>
       <c r="H285"/>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>530</v>
       </c>
       <c r="B286" t="s">
         <v>531</v>
       </c>
       <c r="C286"/>
       <c r="D286" t="s">
         <v>14</v>
       </c>
       <c r="E286" t="s">
         <v>15</v>
       </c>
       <c r="F286">
         <v>2007</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>532</v>
       </c>
       <c r="B287" t="s">
         <v>533</v>
       </c>
       <c r="C287"/>
       <c r="D287" t="s">
         <v>14</v>
       </c>
       <c r="E287" t="s">
         <v>15</v>
       </c>
       <c r="F287">
         <v>2007</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>534</v>
       </c>
       <c r="B288" t="s">
         <v>535</v>
       </c>
       <c r="C288" t="s">
         <v>26</v>
       </c>
       <c r="D288" t="s">
         <v>61</v>
       </c>
       <c r="E288" t="s">
         <v>21</v>
       </c>
       <c r="F288">
         <v>2007</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>536</v>
       </c>
       <c r="B289" t="s">
         <v>537</v>
       </c>
       <c r="C289" t="s">
         <v>26</v>
       </c>
       <c r="D289" t="s">
         <v>61</v>
       </c>
       <c r="E289" t="s">
         <v>21</v>
       </c>
       <c r="F289">
         <v>2007</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>538</v>
       </c>
       <c r="B290" t="s">
         <v>539</v>
       </c>
       <c r="C290" t="s">
         <v>45</v>
       </c>
       <c r="D290" t="s">
         <v>61</v>
       </c>
       <c r="E290" t="s">
         <v>21</v>
       </c>
       <c r="F290">
         <v>2007</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
         <v>85</v>
       </c>
@@ -10417,221 +10417,221 @@
       <c r="H291" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>542</v>
       </c>
       <c r="B292" t="s">
         <v>543</v>
       </c>
       <c r="C292" t="s">
         <v>45</v>
       </c>
       <c r="D292" t="s">
         <v>61</v>
       </c>
       <c r="E292" t="s">
         <v>21</v>
       </c>
       <c r="F292">
         <v>2007</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>544</v>
       </c>
       <c r="B293" t="s">
         <v>545</v>
       </c>
       <c r="C293" t="s">
         <v>42</v>
       </c>
       <c r="D293" t="s">
         <v>61</v>
       </c>
       <c r="E293" t="s">
         <v>21</v>
       </c>
       <c r="F293">
         <v>2007</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>546</v>
       </c>
       <c r="B294" t="s">
         <v>547</v>
       </c>
       <c r="C294" t="s">
         <v>42</v>
       </c>
       <c r="D294" t="s">
         <v>61</v>
       </c>
       <c r="E294" t="s">
         <v>21</v>
       </c>
       <c r="F294">
         <v>2007</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>548</v>
       </c>
       <c r="B295" t="s">
         <v>549</v>
       </c>
       <c r="C295" t="s">
         <v>45</v>
       </c>
       <c r="D295" t="s">
         <v>61</v>
       </c>
       <c r="E295" t="s">
         <v>21</v>
       </c>
       <c r="F295">
         <v>2007</v>
       </c>
       <c r="G295" t="s">
         <v>550</v>
       </c>
       <c r="H295" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>551</v>
       </c>
       <c r="B296" t="s">
         <v>552</v>
       </c>
       <c r="C296" t="s">
         <v>26</v>
       </c>
       <c r="D296" t="s">
         <v>61</v>
       </c>
       <c r="E296" t="s">
         <v>21</v>
       </c>
       <c r="F296">
         <v>2007</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>553</v>
       </c>
       <c r="B297" t="s">
         <v>554</v>
       </c>
       <c r="C297" t="s">
         <v>26</v>
       </c>
       <c r="D297" t="s">
         <v>61</v>
       </c>
       <c r="E297" t="s">
         <v>21</v>
       </c>
       <c r="F297">
         <v>2007</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>555</v>
       </c>
       <c r="B298" t="s">
         <v>556</v>
       </c>
       <c r="C298" t="s">
         <v>26</v>
       </c>
       <c r="D298" t="s">
         <v>61</v>
       </c>
       <c r="E298" t="s">
         <v>21</v>
       </c>
       <c r="F298">
         <v>2007</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>546</v>
       </c>
       <c r="B299" t="s">
         <v>547</v>
       </c>
       <c r="C299" t="s">
         <v>42</v>
       </c>
       <c r="D299" t="s">
         <v>61</v>
       </c>
       <c r="E299" t="s">
         <v>21</v>
       </c>
       <c r="F299">
         <v>2007</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>557</v>
       </c>
       <c r="B300" t="s">
         <v>558</v>
       </c>
       <c r="C300" t="s">
         <v>26</v>
       </c>
       <c r="D300" t="s">
         <v>61</v>
       </c>
       <c r="E300" t="s">
         <v>21</v>
       </c>
       <c r="F300">
         <v>2007</v>
       </c>
       <c r="G300"/>
       <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
@@ -10657,279 +10657,279 @@
       <c r="H301" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>561</v>
       </c>
       <c r="B302" t="s">
         <v>562</v>
       </c>
       <c r="C302" t="s">
         <v>26</v>
       </c>
       <c r="D302" t="s">
         <v>61</v>
       </c>
       <c r="E302" t="s">
         <v>21</v>
       </c>
       <c r="F302">
         <v>2007</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>563</v>
       </c>
       <c r="B303" t="s">
         <v>564</v>
       </c>
       <c r="C303" t="s">
         <v>26</v>
       </c>
       <c r="D303" t="s">
         <v>61</v>
       </c>
       <c r="E303" t="s">
         <v>21</v>
       </c>
       <c r="F303">
         <v>2007</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>565</v>
       </c>
       <c r="B304" t="s">
         <v>566</v>
       </c>
       <c r="C304" t="s">
         <v>42</v>
       </c>
       <c r="D304" t="s">
         <v>61</v>
       </c>
       <c r="E304" t="s">
         <v>21</v>
       </c>
       <c r="F304">
         <v>2007</v>
       </c>
       <c r="G304"/>
       <c r="H304"/>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>567</v>
       </c>
       <c r="B305" t="s">
         <v>568</v>
       </c>
       <c r="C305" t="s">
         <v>26</v>
       </c>
       <c r="D305" t="s">
         <v>61</v>
       </c>
       <c r="E305" t="s">
         <v>21</v>
       </c>
       <c r="F305">
         <v>2007</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>569</v>
       </c>
       <c r="B306" t="s">
         <v>549</v>
       </c>
       <c r="C306" t="s">
         <v>45</v>
       </c>
       <c r="D306" t="s">
         <v>61</v>
       </c>
       <c r="E306" t="s">
         <v>21</v>
       </c>
       <c r="F306">
         <v>2007</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>570</v>
       </c>
       <c r="B307" t="s">
         <v>571</v>
       </c>
       <c r="C307"/>
       <c r="D307" t="s">
         <v>14</v>
       </c>
       <c r="E307" t="s">
         <v>15</v>
       </c>
       <c r="F307">
         <v>2006</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>572</v>
       </c>
       <c r="B308" t="s">
         <v>573</v>
       </c>
       <c r="C308"/>
       <c r="D308" t="s">
         <v>14</v>
       </c>
       <c r="E308" t="s">
         <v>15</v>
       </c>
       <c r="F308">
         <v>2006</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>574</v>
       </c>
       <c r="B309" t="s">
         <v>575</v>
       </c>
       <c r="C309"/>
       <c r="D309" t="s">
         <v>14</v>
       </c>
       <c r="E309" t="s">
         <v>15</v>
       </c>
       <c r="F309">
         <v>2006</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>576</v>
       </c>
       <c r="B310" t="s">
         <v>577</v>
       </c>
       <c r="C310"/>
       <c r="D310" t="s">
         <v>14</v>
       </c>
       <c r="E310" t="s">
         <v>15</v>
       </c>
       <c r="F310">
         <v>2006</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>578</v>
       </c>
       <c r="B311" t="s">
         <v>579</v>
       </c>
       <c r="C311"/>
       <c r="D311" t="s">
         <v>14</v>
       </c>
       <c r="E311" t="s">
         <v>15</v>
       </c>
       <c r="F311">
         <v>2006</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>580</v>
       </c>
       <c r="B312" t="s">
         <v>581</v>
       </c>
       <c r="C312" t="s">
         <v>26</v>
       </c>
       <c r="D312" t="s">
         <v>61</v>
       </c>
       <c r="E312" t="s">
         <v>21</v>
       </c>
       <c r="F312">
         <v>2006</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>582</v>
       </c>
       <c r="B313" t="s">
         <v>583</v>
       </c>
       <c r="C313" t="s">
         <v>26</v>
       </c>
       <c r="D313" t="s">
         <v>61</v>
       </c>
       <c r="E313" t="s">
         <v>21</v>
       </c>
       <c r="F313">
         <v>2006</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>85</v>
       </c>
@@ -10957,243 +10957,243 @@
       <c r="H314" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>586</v>
       </c>
       <c r="B315" t="s">
         <v>587</v>
       </c>
       <c r="C315" t="s">
         <v>26</v>
       </c>
       <c r="D315" t="s">
         <v>61</v>
       </c>
       <c r="E315" t="s">
         <v>21</v>
       </c>
       <c r="F315">
         <v>2006</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>588</v>
       </c>
       <c r="B316" t="s">
         <v>589</v>
       </c>
       <c r="C316" t="s">
         <v>45</v>
       </c>
       <c r="D316" t="s">
         <v>61</v>
       </c>
       <c r="E316" t="s">
         <v>21</v>
       </c>
       <c r="F316">
         <v>2006</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>590</v>
       </c>
       <c r="B317" t="s">
         <v>591</v>
       </c>
       <c r="C317" t="s">
         <v>26</v>
       </c>
       <c r="D317" t="s">
         <v>61</v>
       </c>
       <c r="E317" t="s">
         <v>21</v>
       </c>
       <c r="F317">
         <v>2006</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>592</v>
       </c>
       <c r="B318" t="s">
         <v>593</v>
       </c>
       <c r="C318" t="s">
         <v>26</v>
       </c>
       <c r="D318" t="s">
         <v>61</v>
       </c>
       <c r="E318" t="s">
         <v>21</v>
       </c>
       <c r="F318">
         <v>2006</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>594</v>
       </c>
       <c r="B319" t="s">
         <v>595</v>
       </c>
       <c r="C319" t="s">
         <v>26</v>
       </c>
       <c r="D319" t="s">
         <v>61</v>
       </c>
       <c r="E319" t="s">
         <v>21</v>
       </c>
       <c r="F319">
         <v>2006</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>596</v>
       </c>
       <c r="B320" t="s">
         <v>597</v>
       </c>
       <c r="C320" t="s">
         <v>26</v>
       </c>
       <c r="D320" t="s">
         <v>61</v>
       </c>
       <c r="E320" t="s">
         <v>21</v>
       </c>
       <c r="F320">
         <v>2006</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>598</v>
       </c>
       <c r="B321" t="s">
         <v>599</v>
       </c>
       <c r="C321" t="s">
         <v>26</v>
       </c>
       <c r="D321" t="s">
         <v>61</v>
       </c>
       <c r="E321" t="s">
         <v>21</v>
       </c>
       <c r="F321">
         <v>2006</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>600</v>
       </c>
       <c r="B322" t="s">
         <v>601</v>
       </c>
       <c r="C322" t="s">
         <v>26</v>
       </c>
       <c r="D322" t="s">
         <v>61</v>
       </c>
       <c r="E322" t="s">
         <v>21</v>
       </c>
       <c r="F322">
         <v>2006</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>602</v>
       </c>
       <c r="B323" t="s">
         <v>603</v>
       </c>
       <c r="C323" t="s">
         <v>26</v>
       </c>
       <c r="D323" t="s">
         <v>61</v>
       </c>
       <c r="E323" t="s">
         <v>21</v>
       </c>
       <c r="F323">
         <v>2006</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>604</v>
       </c>
       <c r="B324" t="s">
         <v>605</v>
       </c>
       <c r="C324" t="s">
         <v>76</v>
       </c>
       <c r="D324" t="s">
         <v>77</v>
       </c>
       <c r="E324" t="s">
         <v>21</v>
       </c>
       <c r="F324">
         <v>2006</v>
       </c>
       <c r="G324" t="s">
         <v>28</v>
       </c>
       <c r="H324"/>
@@ -11357,51 +11357,51 @@
       </c>
       <c r="G331"/>
       <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>620</v>
       </c>
       <c r="B332" t="s">
         <v>621</v>
       </c>
       <c r="C332" t="s">
         <v>26</v>
       </c>
       <c r="D332" t="s">
         <v>61</v>
       </c>
       <c r="E332" t="s">
         <v>21</v>
       </c>
       <c r="F332">
         <v>2006</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>622</v>
       </c>
       <c r="B333" t="s">
         <v>623</v>
       </c>
       <c r="C333" t="s">
         <v>26</v>
       </c>
       <c r="D333" t="s">
         <v>61</v>
       </c>
       <c r="E333" t="s">
         <v>21</v>
       </c>
       <c r="F333">
         <v>2006</v>
       </c>
       <c r="G333"/>
       <c r="H333"/>
     </row>
     <row r="334" spans="1:8">
@@ -11473,167 +11473,167 @@
       <c r="H336" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>629</v>
       </c>
       <c r="B337" t="s">
         <v>630</v>
       </c>
       <c r="C337" t="s">
         <v>45</v>
       </c>
       <c r="D337" t="s">
         <v>61</v>
       </c>
       <c r="E337" t="s">
         <v>21</v>
       </c>
       <c r="F337">
         <v>2006</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>631</v>
       </c>
       <c r="B338" t="s">
         <v>632</v>
       </c>
       <c r="C338" t="s">
         <v>26</v>
       </c>
       <c r="D338" t="s">
         <v>61</v>
       </c>
       <c r="E338" t="s">
         <v>21</v>
       </c>
       <c r="F338">
         <v>2006</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>633</v>
       </c>
       <c r="B339" t="s">
         <v>634</v>
       </c>
       <c r="C339" t="s">
         <v>26</v>
       </c>
       <c r="D339" t="s">
         <v>61</v>
       </c>
       <c r="E339" t="s">
         <v>21</v>
       </c>
       <c r="F339">
         <v>2006</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>635</v>
       </c>
       <c r="B340" t="s">
         <v>636</v>
       </c>
       <c r="C340" t="s">
         <v>26</v>
       </c>
       <c r="D340" t="s">
         <v>61</v>
       </c>
       <c r="E340" t="s">
         <v>21</v>
       </c>
       <c r="F340">
         <v>2006</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>637</v>
       </c>
       <c r="B341" t="s">
         <v>638</v>
       </c>
       <c r="C341" t="s">
         <v>26</v>
       </c>
       <c r="D341" t="s">
         <v>61</v>
       </c>
       <c r="E341" t="s">
         <v>21</v>
       </c>
       <c r="F341">
         <v>2006</v>
       </c>
       <c r="G341"/>
       <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>639</v>
       </c>
       <c r="B342" t="s">
         <v>640</v>
       </c>
       <c r="C342"/>
       <c r="D342" t="s">
         <v>14</v>
       </c>
       <c r="E342" t="s">
         <v>15</v>
       </c>
       <c r="F342">
         <v>2005</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>641</v>
       </c>
       <c r="B343" t="s">
         <v>642</v>
       </c>
       <c r="C343" t="s">
         <v>26</v>
       </c>
       <c r="D343" t="s">
         <v>61</v>
       </c>
       <c r="E343" t="s">
         <v>21</v>
       </c>
       <c r="F343">
         <v>2005</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>16</v>
       </c>
@@ -11661,75 +11661,75 @@
       <c r="H344" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>645</v>
       </c>
       <c r="B345" t="s">
         <v>646</v>
       </c>
       <c r="C345" t="s">
         <v>42</v>
       </c>
       <c r="D345" t="s">
         <v>61</v>
       </c>
       <c r="E345" t="s">
         <v>21</v>
       </c>
       <c r="F345">
         <v>2005</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>647</v>
       </c>
       <c r="B346" t="s">
         <v>648</v>
       </c>
       <c r="C346" t="s">
         <v>26</v>
       </c>
       <c r="D346" t="s">
         <v>61</v>
       </c>
       <c r="E346" t="s">
         <v>21</v>
       </c>
       <c r="F346">
         <v>2005</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>649</v>
       </c>
       <c r="B347" t="s">
         <v>650</v>
       </c>
       <c r="C347" t="s">
         <v>26</v>
       </c>
       <c r="D347" t="s">
         <v>61</v>
       </c>
       <c r="E347" t="s">
         <v>21</v>
       </c>
       <c r="F347">
         <v>2005</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
         <v>85</v>
       </c>
@@ -11757,195 +11757,195 @@
       <c r="H348" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>653</v>
       </c>
       <c r="B349" t="s">
         <v>654</v>
       </c>
       <c r="C349" t="s">
         <v>45</v>
       </c>
       <c r="D349" t="s">
         <v>61</v>
       </c>
       <c r="E349" t="s">
         <v>21</v>
       </c>
       <c r="F349">
         <v>2005</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>655</v>
       </c>
       <c r="B350" t="s">
         <v>656</v>
       </c>
       <c r="C350" t="s">
         <v>42</v>
       </c>
       <c r="D350" t="s">
         <v>61</v>
       </c>
       <c r="E350" t="s">
         <v>21</v>
       </c>
       <c r="F350">
         <v>2005</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>657</v>
       </c>
       <c r="B351" t="s">
         <v>658</v>
       </c>
       <c r="C351" t="s">
         <v>45</v>
       </c>
       <c r="D351" t="s">
         <v>61</v>
       </c>
       <c r="E351" t="s">
         <v>21</v>
       </c>
       <c r="F351">
         <v>2005</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>659</v>
       </c>
       <c r="B352" t="s">
         <v>660</v>
       </c>
       <c r="C352" t="s">
         <v>45</v>
       </c>
       <c r="D352" t="s">
         <v>61</v>
       </c>
       <c r="E352" t="s">
         <v>21</v>
       </c>
       <c r="F352">
         <v>2005</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>661</v>
       </c>
       <c r="B353" t="s">
         <v>662</v>
       </c>
       <c r="C353" t="s">
         <v>45</v>
       </c>
       <c r="D353" t="s">
         <v>61</v>
       </c>
       <c r="E353" t="s">
         <v>21</v>
       </c>
       <c r="F353">
         <v>2005</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>663</v>
       </c>
       <c r="B354" t="s">
         <v>664</v>
       </c>
       <c r="C354" t="s">
         <v>26</v>
       </c>
       <c r="D354" t="s">
         <v>61</v>
       </c>
       <c r="E354" t="s">
         <v>21</v>
       </c>
       <c r="F354">
         <v>2005</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>665</v>
       </c>
       <c r="B355" t="s">
         <v>666</v>
       </c>
       <c r="C355" t="s">
         <v>45</v>
       </c>
       <c r="D355" t="s">
         <v>61</v>
       </c>
       <c r="E355" t="s">
         <v>21</v>
       </c>
       <c r="F355">
         <v>2005</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>667</v>
       </c>
       <c r="B356" t="s">
         <v>668</v>
       </c>
       <c r="C356" t="s">
         <v>42</v>
       </c>
       <c r="D356" t="s">
         <v>61</v>
       </c>
       <c r="E356" t="s">
         <v>21</v>
       </c>
       <c r="F356">
         <v>2005</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>253</v>
       </c>
@@ -11997,75 +11997,75 @@
       <c r="H358" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>673</v>
       </c>
       <c r="B359" t="s">
         <v>674</v>
       </c>
       <c r="C359" t="s">
         <v>26</v>
       </c>
       <c r="D359" t="s">
         <v>61</v>
       </c>
       <c r="E359" t="s">
         <v>21</v>
       </c>
       <c r="F359">
         <v>2005</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>675</v>
       </c>
       <c r="B360" t="s">
         <v>676</v>
       </c>
       <c r="C360" t="s">
         <v>26</v>
       </c>
       <c r="D360" t="s">
         <v>61</v>
       </c>
       <c r="E360" t="s">
         <v>21</v>
       </c>
       <c r="F360">
         <v>2005</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>677</v>
       </c>
       <c r="B361" t="s">
         <v>678</v>
       </c>
       <c r="C361" t="s">
         <v>26</v>
       </c>
       <c r="D361" t="s">
         <v>61</v>
       </c>
       <c r="E361" t="s">
         <v>21</v>
       </c>
       <c r="F361">
         <v>2005</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>102</v>
       </c>
@@ -12117,51 +12117,51 @@
       <c r="H363" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>683</v>
       </c>
       <c r="B364" t="s">
         <v>684</v>
       </c>
       <c r="C364" t="s">
         <v>26</v>
       </c>
       <c r="D364" t="s">
         <v>61</v>
       </c>
       <c r="E364" t="s">
         <v>21</v>
       </c>
       <c r="F364">
         <v>2005</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>685</v>
       </c>
       <c r="B365" t="s">
         <v>686</v>
       </c>
       <c r="C365" t="s">
         <v>26</v>
       </c>
       <c r="D365" t="s">
         <v>61</v>
       </c>
       <c r="E365" t="s">
         <v>21</v>
       </c>
       <c r="F365">
         <v>2005</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
         <v>16</v>
       </c>
@@ -12211,51 +12211,51 @@
       </c>
       <c r="G367"/>
       <c r="H367"/>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>691</v>
       </c>
       <c r="B368" t="s">
         <v>692</v>
       </c>
       <c r="C368" t="s">
         <v>26</v>
       </c>
       <c r="D368" t="s">
         <v>61</v>
       </c>
       <c r="E368" t="s">
         <v>21</v>
       </c>
       <c r="F368">
         <v>2005</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>693</v>
       </c>
       <c r="B369" t="s">
         <v>694</v>
       </c>
       <c r="C369" t="s">
         <v>26</v>
       </c>
       <c r="D369" t="s">
         <v>61</v>
       </c>
       <c r="E369" t="s">
         <v>21</v>
       </c>
       <c r="F369">
         <v>2005</v>
       </c>
       <c r="G369"/>
       <c r="H369"/>
     </row>
     <row r="370" spans="1:8">
@@ -12279,51 +12279,51 @@
       </c>
       <c r="G370"/>
       <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>697</v>
       </c>
       <c r="B371" t="s">
         <v>698</v>
       </c>
       <c r="C371" t="s">
         <v>45</v>
       </c>
       <c r="D371" t="s">
         <v>61</v>
       </c>
       <c r="E371" t="s">
         <v>21</v>
       </c>
       <c r="F371">
         <v>2004</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>699</v>
       </c>
       <c r="B372" t="s">
         <v>700</v>
       </c>
       <c r="C372" t="s">
         <v>26</v>
       </c>
       <c r="D372" t="s">
         <v>61</v>
       </c>
       <c r="E372" t="s">
         <v>21</v>
       </c>
       <c r="F372">
         <v>2004</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>85</v>
       </c>
@@ -12351,173 +12351,173 @@
       <c r="H373" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>703</v>
       </c>
       <c r="B374" t="s">
         <v>704</v>
       </c>
       <c r="C374" t="s">
         <v>45</v>
       </c>
       <c r="D374" t="s">
         <v>61</v>
       </c>
       <c r="E374" t="s">
         <v>21</v>
       </c>
       <c r="F374">
         <v>2004</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>705</v>
       </c>
       <c r="B375" t="s">
         <v>706</v>
       </c>
       <c r="C375" t="s">
         <v>26</v>
       </c>
       <c r="D375" t="s">
         <v>61</v>
       </c>
       <c r="E375" t="s">
         <v>21</v>
       </c>
       <c r="F375">
         <v>2004</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>707</v>
       </c>
       <c r="B376" t="s">
         <v>708</v>
       </c>
       <c r="C376" t="s">
         <v>42</v>
       </c>
       <c r="D376" t="s">
         <v>61</v>
       </c>
       <c r="E376" t="s">
         <v>21</v>
       </c>
       <c r="F376">
         <v>2004</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>709</v>
       </c>
       <c r="B377" t="s">
         <v>710</v>
       </c>
       <c r="C377" t="s">
         <v>45</v>
       </c>
       <c r="D377" t="s">
         <v>61</v>
       </c>
       <c r="E377" t="s">
         <v>21</v>
       </c>
       <c r="F377">
         <v>2004</v>
       </c>
       <c r="G377" t="s">
         <v>550</v>
       </c>
       <c r="H377" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>711</v>
       </c>
       <c r="B378" t="s">
         <v>712</v>
       </c>
       <c r="C378" t="s">
         <v>45</v>
       </c>
       <c r="D378" t="s">
         <v>61</v>
       </c>
       <c r="E378" t="s">
         <v>21</v>
       </c>
       <c r="F378">
         <v>2004</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>713</v>
       </c>
       <c r="B379" t="s">
         <v>712</v>
       </c>
       <c r="C379" t="s">
         <v>45</v>
       </c>
       <c r="D379" t="s">
         <v>61</v>
       </c>
       <c r="E379" t="s">
         <v>21</v>
       </c>
       <c r="F379">
         <v>2004</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>714</v>
       </c>
       <c r="B380" t="s">
         <v>715</v>
       </c>
       <c r="C380" t="s">
         <v>76</v>
       </c>
       <c r="D380" t="s">
         <v>77</v>
       </c>
       <c r="E380" t="s">
         <v>21</v>
       </c>
       <c r="F380">
         <v>2004</v>
       </c>
       <c r="G380" t="s">
         <v>28</v>
       </c>
       <c r="H380"/>
@@ -12567,97 +12567,97 @@
       </c>
       <c r="G382"/>
       <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>720</v>
       </c>
       <c r="B383" t="s">
         <v>712</v>
       </c>
       <c r="C383" t="s">
         <v>45</v>
       </c>
       <c r="D383" t="s">
         <v>61</v>
       </c>
       <c r="E383" t="s">
         <v>21</v>
       </c>
       <c r="F383">
         <v>2004</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>721</v>
       </c>
       <c r="B384" t="s">
         <v>722</v>
       </c>
       <c r="C384" t="s">
         <v>26</v>
       </c>
       <c r="D384" t="s">
         <v>61</v>
       </c>
       <c r="E384" t="s">
         <v>21</v>
       </c>
       <c r="F384">
         <v>2004</v>
       </c>
       <c r="G384"/>
       <c r="H384"/>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>723</v>
       </c>
       <c r="B385" t="s">
         <v>724</v>
       </c>
       <c r="C385" t="s">
         <v>26</v>
       </c>
       <c r="D385" t="s">
         <v>61</v>
       </c>
       <c r="E385" t="s">
         <v>21</v>
       </c>
       <c r="F385">
         <v>2004</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>725</v>
       </c>
       <c r="B386" t="s">
         <v>726</v>
       </c>
       <c r="C386" t="s">
         <v>26</v>
       </c>
       <c r="D386" t="s">
         <v>61</v>
       </c>
       <c r="E386" t="s">
         <v>21</v>
       </c>
       <c r="F386">
         <v>2004</v>
       </c>
       <c r="G386"/>
       <c r="H386"/>
     </row>
     <row r="387" spans="1:8">
@@ -12679,51 +12679,51 @@
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>729</v>
       </c>
       <c r="B388" t="s">
         <v>730</v>
       </c>
       <c r="C388"/>
       <c r="D388" t="s">
         <v>14</v>
       </c>
       <c r="E388" t="s">
         <v>15</v>
       </c>
       <c r="F388">
         <v>2003</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>731</v>
       </c>
       <c r="B389" t="s">
         <v>732</v>
       </c>
       <c r="C389" t="s">
         <v>26</v>
       </c>
       <c r="D389" t="s">
         <v>61</v>
       </c>
       <c r="E389" t="s">
         <v>21</v>
       </c>
       <c r="F389">
         <v>2003</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
         <v>11</v>
       </c>
@@ -12751,99 +12751,99 @@
       <c r="H390" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>735</v>
       </c>
       <c r="B391" t="s">
         <v>736</v>
       </c>
       <c r="C391" t="s">
         <v>26</v>
       </c>
       <c r="D391" t="s">
         <v>61</v>
       </c>
       <c r="E391" t="s">
         <v>21</v>
       </c>
       <c r="F391">
         <v>2003</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>737</v>
       </c>
       <c r="B392" t="s">
         <v>738</v>
       </c>
       <c r="C392" t="s">
         <v>26</v>
       </c>
       <c r="D392" t="s">
         <v>61</v>
       </c>
       <c r="E392" t="s">
         <v>21</v>
       </c>
       <c r="F392">
         <v>2003</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>739</v>
       </c>
       <c r="B393" t="s">
         <v>740</v>
       </c>
       <c r="C393" t="s">
         <v>26</v>
       </c>
       <c r="D393" t="s">
         <v>61</v>
       </c>
       <c r="E393" t="s">
         <v>21</v>
       </c>
       <c r="F393">
         <v>2003</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>741</v>
       </c>
       <c r="B394" t="s">
         <v>742</v>
       </c>
       <c r="C394" t="s">
         <v>45</v>
       </c>
       <c r="D394" t="s">
         <v>61</v>
       </c>
       <c r="E394" t="s">
         <v>21</v>
       </c>
       <c r="F394">
         <v>2003</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>85</v>
       </c>
@@ -12873,123 +12873,123 @@
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>745</v>
       </c>
       <c r="B396" t="s">
         <v>746</v>
       </c>
       <c r="C396" t="s">
         <v>45</v>
       </c>
       <c r="D396" t="s">
         <v>61</v>
       </c>
       <c r="E396" t="s">
         <v>21</v>
       </c>
       <c r="F396">
         <v>2003</v>
       </c>
       <c r="G396" t="s">
         <v>550</v>
       </c>
       <c r="H396" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>747</v>
       </c>
       <c r="B397" t="s">
         <v>748</v>
       </c>
       <c r="C397" t="s">
         <v>26</v>
       </c>
       <c r="D397" t="s">
         <v>61</v>
       </c>
       <c r="E397" t="s">
         <v>21</v>
       </c>
       <c r="F397">
         <v>2003</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>749</v>
       </c>
       <c r="B398" t="s">
         <v>750</v>
       </c>
       <c r="C398" t="s">
         <v>45</v>
       </c>
       <c r="D398" t="s">
         <v>61</v>
       </c>
       <c r="E398" t="s">
         <v>21</v>
       </c>
       <c r="F398">
         <v>2003</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>751</v>
       </c>
       <c r="B399" t="s">
         <v>748</v>
       </c>
       <c r="C399" t="s">
         <v>26</v>
       </c>
       <c r="D399" t="s">
         <v>61</v>
       </c>
       <c r="E399" t="s">
         <v>21</v>
       </c>
       <c r="F399">
         <v>2003</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>752</v>
       </c>
       <c r="B400" t="s">
         <v>753</v>
       </c>
       <c r="C400" t="s">
         <v>76</v>
       </c>
       <c r="D400" t="s">
         <v>77</v>
       </c>
       <c r="E400" t="s">
         <v>21</v>
       </c>
       <c r="F400">
         <v>2003</v>
       </c>
       <c r="G400" t="s">
         <v>28</v>
       </c>
       <c r="H400"/>
@@ -13017,99 +13017,99 @@
       <c r="H401" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>756</v>
       </c>
       <c r="B402" t="s">
         <v>757</v>
       </c>
       <c r="C402" t="s">
         <v>26</v>
       </c>
       <c r="D402" t="s">
         <v>61</v>
       </c>
       <c r="E402" t="s">
         <v>21</v>
       </c>
       <c r="F402">
         <v>2003</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>758</v>
       </c>
       <c r="B403" t="s">
         <v>759</v>
       </c>
       <c r="C403" t="s">
         <v>26</v>
       </c>
       <c r="D403" t="s">
         <v>61</v>
       </c>
       <c r="E403" t="s">
         <v>21</v>
       </c>
       <c r="F403">
         <v>2003</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>760</v>
       </c>
       <c r="B404" t="s">
         <v>761</v>
       </c>
       <c r="C404" t="s">
         <v>42</v>
       </c>
       <c r="D404" t="s">
         <v>61</v>
       </c>
       <c r="E404" t="s">
         <v>21</v>
       </c>
       <c r="F404">
         <v>2003</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>762</v>
       </c>
       <c r="B405" t="s">
         <v>763</v>
       </c>
       <c r="C405" t="s">
         <v>26</v>
       </c>
       <c r="D405" t="s">
         <v>61</v>
       </c>
       <c r="E405" t="s">
         <v>21</v>
       </c>
       <c r="F405">
         <v>2003</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>22</v>
       </c>
@@ -13135,313 +13135,313 @@
       </c>
       <c r="G406"/>
       <c r="H406"/>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>766</v>
       </c>
       <c r="B407" t="s">
         <v>767</v>
       </c>
       <c r="C407" t="s">
         <v>45</v>
       </c>
       <c r="D407" t="s">
         <v>61</v>
       </c>
       <c r="E407" t="s">
         <v>21</v>
       </c>
       <c r="F407">
         <v>2003</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>768</v>
       </c>
       <c r="B408" t="s">
         <v>769</v>
       </c>
       <c r="C408" t="s">
         <v>26</v>
       </c>
       <c r="D408" t="s">
         <v>61</v>
       </c>
       <c r="E408" t="s">
         <v>21</v>
       </c>
       <c r="F408">
         <v>2003</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>770</v>
       </c>
       <c r="B409" t="s">
         <v>765</v>
       </c>
       <c r="C409" t="s">
         <v>26</v>
       </c>
       <c r="D409" t="s">
         <v>61</v>
       </c>
       <c r="E409" t="s">
         <v>21</v>
       </c>
       <c r="F409">
         <v>2003</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>771</v>
       </c>
       <c r="B410" t="s">
         <v>772</v>
       </c>
       <c r="C410" t="s">
         <v>26</v>
       </c>
       <c r="D410" t="s">
         <v>61</v>
       </c>
       <c r="E410" t="s">
         <v>21</v>
       </c>
       <c r="F410">
         <v>2003</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>773</v>
       </c>
       <c r="B411" t="s">
         <v>769</v>
       </c>
       <c r="C411" t="s">
         <v>26</v>
       </c>
       <c r="D411" t="s">
         <v>61</v>
       </c>
       <c r="E411" t="s">
         <v>21</v>
       </c>
       <c r="F411">
         <v>2003</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>774</v>
       </c>
       <c r="B412" t="s">
         <v>775</v>
       </c>
       <c r="C412" t="s">
         <v>26</v>
       </c>
       <c r="D412" t="s">
         <v>61</v>
       </c>
       <c r="E412" t="s">
         <v>21</v>
       </c>
       <c r="F412">
         <v>2003</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>776</v>
       </c>
       <c r="B413" t="s">
         <v>765</v>
       </c>
       <c r="C413" t="s">
         <v>26</v>
       </c>
       <c r="D413" t="s">
         <v>61</v>
       </c>
       <c r="E413" t="s">
         <v>21</v>
       </c>
       <c r="F413">
         <v>2003</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>777</v>
       </c>
       <c r="B414" t="s">
         <v>778</v>
       </c>
       <c r="C414"/>
       <c r="D414" t="s">
         <v>14</v>
       </c>
       <c r="E414" t="s">
         <v>15</v>
       </c>
       <c r="F414">
         <v>2002</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>779</v>
       </c>
       <c r="B415" t="s">
         <v>780</v>
       </c>
       <c r="C415"/>
       <c r="D415" t="s">
         <v>14</v>
       </c>
       <c r="E415" t="s">
         <v>15</v>
       </c>
       <c r="F415">
         <v>2002</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>781</v>
       </c>
       <c r="B416" t="s">
         <v>782</v>
       </c>
       <c r="C416" t="s">
         <v>45</v>
       </c>
       <c r="D416" t="s">
         <v>61</v>
       </c>
       <c r="E416" t="s">
         <v>21</v>
       </c>
       <c r="F416">
         <v>2002</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>783</v>
       </c>
       <c r="B417" t="s">
         <v>784</v>
       </c>
       <c r="C417" t="s">
         <v>45</v>
       </c>
       <c r="D417" t="s">
         <v>61</v>
       </c>
       <c r="E417" t="s">
         <v>21</v>
       </c>
       <c r="F417">
         <v>2002</v>
       </c>
       <c r="G417" t="s">
         <v>550</v>
       </c>
       <c r="H417" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>785</v>
       </c>
       <c r="B418" t="s">
         <v>786</v>
       </c>
       <c r="C418" t="s">
         <v>42</v>
       </c>
       <c r="D418" t="s">
         <v>61</v>
       </c>
       <c r="E418" t="s">
         <v>21</v>
       </c>
       <c r="F418">
         <v>2002</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>787</v>
       </c>
       <c r="B419" t="s">
         <v>788</v>
       </c>
       <c r="C419" t="s">
         <v>26</v>
       </c>
       <c r="D419" t="s">
         <v>61</v>
       </c>
       <c r="E419" t="s">
         <v>21</v>
       </c>
       <c r="F419">
         <v>2002</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>203</v>
       </c>
@@ -13579,169 +13579,169 @@
       </c>
       <c r="G425"/>
       <c r="H425"/>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>801</v>
       </c>
       <c r="B426" t="s">
         <v>802</v>
       </c>
       <c r="C426" t="s">
         <v>45</v>
       </c>
       <c r="D426" t="s">
         <v>61</v>
       </c>
       <c r="E426" t="s">
         <v>21</v>
       </c>
       <c r="F426">
         <v>2002</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>803</v>
       </c>
       <c r="B427" t="s">
         <v>804</v>
       </c>
       <c r="C427" t="s">
         <v>26</v>
       </c>
       <c r="D427" t="s">
         <v>61</v>
       </c>
       <c r="E427" t="s">
         <v>21</v>
       </c>
       <c r="F427">
         <v>2002</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>805</v>
       </c>
       <c r="B428" t="s">
         <v>798</v>
       </c>
       <c r="C428" t="s">
         <v>26</v>
       </c>
       <c r="D428" t="s">
         <v>61</v>
       </c>
       <c r="E428" t="s">
         <v>21</v>
       </c>
       <c r="F428">
         <v>2002</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>806</v>
       </c>
       <c r="B429" t="s">
         <v>807</v>
       </c>
       <c r="C429" t="s">
         <v>26</v>
       </c>
       <c r="D429" t="s">
         <v>61</v>
       </c>
       <c r="E429" t="s">
         <v>21</v>
       </c>
       <c r="F429">
         <v>2002</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>808</v>
       </c>
       <c r="B430" t="s">
         <v>809</v>
       </c>
       <c r="C430" t="s">
         <v>26</v>
       </c>
       <c r="D430" t="s">
         <v>61</v>
       </c>
       <c r="E430" t="s">
         <v>21</v>
       </c>
       <c r="F430">
         <v>2002</v>
       </c>
       <c r="G430"/>
       <c r="H430"/>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>810</v>
       </c>
       <c r="B431" t="s">
         <v>811</v>
       </c>
       <c r="C431" t="s">
         <v>26</v>
       </c>
       <c r="D431" t="s">
         <v>61</v>
       </c>
       <c r="E431" t="s">
         <v>21</v>
       </c>
       <c r="F431">
         <v>2002</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>812</v>
       </c>
       <c r="B432" t="s">
         <v>813</v>
       </c>
       <c r="C432" t="s">
         <v>26</v>
       </c>
       <c r="D432" t="s">
         <v>61</v>
       </c>
       <c r="E432" t="s">
         <v>21</v>
       </c>
       <c r="F432">
         <v>2002</v>
       </c>
       <c r="G432"/>
       <c r="H432"/>
     </row>
     <row r="433" spans="1:8">
@@ -13791,123 +13791,123 @@
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>818</v>
       </c>
       <c r="B435" t="s">
         <v>819</v>
       </c>
       <c r="C435" t="s">
         <v>45</v>
       </c>
       <c r="D435" t="s">
         <v>61</v>
       </c>
       <c r="E435" t="s">
         <v>21</v>
       </c>
       <c r="F435">
         <v>2001</v>
       </c>
       <c r="G435" t="s">
         <v>550</v>
       </c>
       <c r="H435" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>820</v>
       </c>
       <c r="B436" t="s">
         <v>821</v>
       </c>
       <c r="C436" t="s">
         <v>26</v>
       </c>
       <c r="D436" t="s">
         <v>61</v>
       </c>
       <c r="E436" t="s">
         <v>21</v>
       </c>
       <c r="F436">
         <v>2001</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>822</v>
       </c>
       <c r="B437" t="s">
         <v>823</v>
       </c>
       <c r="C437" t="s">
         <v>45</v>
       </c>
       <c r="D437" t="s">
         <v>61</v>
       </c>
       <c r="E437" t="s">
         <v>21</v>
       </c>
       <c r="F437">
         <v>2001</v>
       </c>
       <c r="G437" t="s">
         <v>28</v>
       </c>
       <c r="H437"/>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>824</v>
       </c>
       <c r="B438" t="s">
         <v>825</v>
       </c>
       <c r="C438" t="s">
         <v>26</v>
       </c>
       <c r="D438" t="s">
         <v>61</v>
       </c>
       <c r="E438" t="s">
         <v>21</v>
       </c>
       <c r="F438">
         <v>2001</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>826</v>
       </c>
       <c r="B439" t="s">
         <v>827</v>
       </c>
       <c r="C439" t="s">
         <v>45</v>
       </c>
       <c r="D439" t="s">
         <v>61</v>
       </c>
       <c r="E439" t="s">
         <v>21</v>
       </c>
       <c r="F439">
         <v>2001</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
         <v>102</v>
       </c>
@@ -13935,75 +13935,75 @@
       <c r="H440" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>829</v>
       </c>
       <c r="B441" t="s">
         <v>830</v>
       </c>
       <c r="C441" t="s">
         <v>26</v>
       </c>
       <c r="D441" t="s">
         <v>61</v>
       </c>
       <c r="E441" t="s">
         <v>21</v>
       </c>
       <c r="F441">
         <v>2001</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>831</v>
       </c>
       <c r="B442" t="s">
         <v>832</v>
       </c>
       <c r="C442" t="s">
         <v>26</v>
       </c>
       <c r="D442" t="s">
         <v>61</v>
       </c>
       <c r="E442" t="s">
         <v>21</v>
       </c>
       <c r="F442">
         <v>2001</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>833</v>
       </c>
       <c r="B443" t="s">
         <v>834</v>
       </c>
       <c r="C443" t="s">
         <v>26</v>
       </c>
       <c r="D443" t="s">
         <v>61</v>
       </c>
       <c r="E443" t="s">
         <v>21</v>
       </c>
       <c r="F443">
         <v>2001</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
     </row>
     <row r="444" spans="1:8">
@@ -14051,75 +14051,75 @@
       <c r="H445" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>838</v>
       </c>
       <c r="B446" t="s">
         <v>839</v>
       </c>
       <c r="C446" t="s">
         <v>26</v>
       </c>
       <c r="D446" t="s">
         <v>61</v>
       </c>
       <c r="E446" t="s">
         <v>21</v>
       </c>
       <c r="F446">
         <v>2001</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>840</v>
       </c>
       <c r="B447" t="s">
         <v>841</v>
       </c>
       <c r="C447" t="s">
         <v>26</v>
       </c>
       <c r="D447" t="s">
         <v>61</v>
       </c>
       <c r="E447" t="s">
         <v>21</v>
       </c>
       <c r="F447">
         <v>2001</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>842</v>
       </c>
       <c r="B448" t="s">
         <v>843</v>
       </c>
       <c r="C448" t="s">
         <v>26</v>
       </c>
       <c r="D448" t="s">
         <v>61</v>
       </c>
       <c r="E448" t="s">
         <v>21</v>
       </c>
       <c r="F448">
         <v>2001</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>85</v>
       </c>
@@ -14145,51 +14145,51 @@
       </c>
       <c r="G449"/>
       <c r="H449"/>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>846</v>
       </c>
       <c r="B450" t="s">
         <v>847</v>
       </c>
       <c r="C450" t="s">
         <v>26</v>
       </c>
       <c r="D450" t="s">
         <v>61</v>
       </c>
       <c r="E450" t="s">
         <v>21</v>
       </c>
       <c r="F450">
         <v>2000</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>848</v>
       </c>
       <c r="B451" t="s">
         <v>849</v>
       </c>
       <c r="C451" t="s">
         <v>76</v>
       </c>
       <c r="D451" t="s">
         <v>77</v>
       </c>
       <c r="E451" t="s">
         <v>21</v>
       </c>
       <c r="F451">
         <v>2000</v>
       </c>
       <c r="G451" t="s">
         <v>28</v>
       </c>
       <c r="H451"/>
@@ -14373,75 +14373,75 @@
       <c r="H459" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>866</v>
       </c>
       <c r="B460" t="s">
         <v>867</v>
       </c>
       <c r="C460" t="s">
         <v>26</v>
       </c>
       <c r="D460" t="s">
         <v>61</v>
       </c>
       <c r="E460" t="s">
         <v>21</v>
       </c>
       <c r="F460">
         <v>1999</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>868</v>
       </c>
       <c r="B461" t="s">
         <v>869</v>
       </c>
       <c r="C461" t="s">
         <v>45</v>
       </c>
       <c r="D461" t="s">
         <v>61</v>
       </c>
       <c r="E461" t="s">
         <v>21</v>
       </c>
       <c r="F461">
         <v>1999</v>
       </c>
       <c r="G461"/>
       <c r="H461" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>870</v>
       </c>
       <c r="B462" t="s">
         <v>871</v>
       </c>
       <c r="C462" t="s">
         <v>76</v>
       </c>
       <c r="D462" t="s">
         <v>77</v>
       </c>
       <c r="E462" t="s">
         <v>21</v>
       </c>
       <c r="F462">
         <v>1999</v>
       </c>
       <c r="G462" t="s">
         <v>28</v>
       </c>
       <c r="H462"/>
@@ -14465,51 +14465,51 @@
       <c r="F463">
         <v>1999</v>
       </c>
       <c r="G463"/>
       <c r="H463"/>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>874</v>
       </c>
       <c r="B464"/>
       <c r="C464" t="s">
         <v>26</v>
       </c>
       <c r="D464" t="s">
         <v>61</v>
       </c>
       <c r="E464" t="s">
         <v>21</v>
       </c>
       <c r="F464">
         <v>1999</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>875</v>
       </c>
       <c r="B465" t="s">
         <v>876</v>
       </c>
       <c r="C465" t="s">
         <v>26</v>
       </c>
       <c r="D465" t="s">
         <v>61</v>
       </c>
       <c r="E465" t="s">
         <v>21</v>
       </c>
       <c r="F465">
         <v>1999</v>
       </c>
       <c r="G465"/>
       <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
@@ -14575,51 +14575,51 @@
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>883</v>
       </c>
       <c r="B469" t="s">
         <v>884</v>
       </c>
       <c r="C469"/>
       <c r="D469" t="s">
         <v>14</v>
       </c>
       <c r="E469" t="s">
         <v>15</v>
       </c>
       <c r="F469">
         <v>1998</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>885</v>
       </c>
       <c r="B470" t="s">
         <v>886</v>
       </c>
       <c r="C470"/>
       <c r="D470" t="s">
         <v>14</v>
       </c>
       <c r="E470" t="s">
         <v>15</v>
       </c>
       <c r="F470">
         <v>1998</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:8">
@@ -14645,99 +14645,99 @@
       <c r="H471" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>889</v>
       </c>
       <c r="B472" t="s">
         <v>890</v>
       </c>
       <c r="C472" t="s">
         <v>26</v>
       </c>
       <c r="D472" t="s">
         <v>61</v>
       </c>
       <c r="E472" t="s">
         <v>21</v>
       </c>
       <c r="F472">
         <v>1998</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>891</v>
       </c>
       <c r="B473" t="s">
         <v>892</v>
       </c>
       <c r="C473" t="s">
         <v>26</v>
       </c>
       <c r="D473" t="s">
         <v>61</v>
       </c>
       <c r="E473" t="s">
         <v>21</v>
       </c>
       <c r="F473">
         <v>1998</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>893</v>
       </c>
       <c r="B474" t="s">
         <v>894</v>
       </c>
       <c r="C474" t="s">
         <v>26</v>
       </c>
       <c r="D474" t="s">
         <v>61</v>
       </c>
       <c r="E474" t="s">
         <v>21</v>
       </c>
       <c r="F474">
         <v>1998</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>895</v>
       </c>
       <c r="B475" t="s">
         <v>896</v>
       </c>
       <c r="C475" t="s">
         <v>26</v>
       </c>
       <c r="D475" t="s">
         <v>61</v>
       </c>
       <c r="E475" t="s">
         <v>21</v>
       </c>
       <c r="F475">
         <v>1998</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
         <v>275</v>
       </c>
@@ -14813,51 +14813,51 @@
       <c r="H478" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>903</v>
       </c>
       <c r="B479" t="s">
         <v>904</v>
       </c>
       <c r="C479" t="s">
         <v>26</v>
       </c>
       <c r="D479" t="s">
         <v>61</v>
       </c>
       <c r="E479" t="s">
         <v>21</v>
       </c>
       <c r="F479">
         <v>1997</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>905</v>
       </c>
       <c r="B480" t="s">
         <v>906</v>
       </c>
       <c r="C480" t="s">
         <v>26</v>
       </c>
       <c r="D480" t="s">
         <v>61</v>
       </c>
       <c r="E480" t="s">
         <v>21</v>
       </c>
       <c r="F480">
         <v>1997</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
         <v>142</v>
       </c>
@@ -14925,171 +14925,171 @@
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>912</v>
       </c>
       <c r="B484" t="s">
         <v>913</v>
       </c>
       <c r="C484"/>
       <c r="D484" t="s">
         <v>14</v>
       </c>
       <c r="E484" t="s">
         <v>15</v>
       </c>
       <c r="F484">
         <v>1996</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>914</v>
       </c>
       <c r="B485" t="s">
         <v>915</v>
       </c>
       <c r="C485" t="s">
         <v>26</v>
       </c>
       <c r="D485" t="s">
         <v>61</v>
       </c>
       <c r="E485" t="s">
         <v>21</v>
       </c>
       <c r="F485">
         <v>1996</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>916</v>
       </c>
       <c r="B486" t="s">
         <v>917</v>
       </c>
       <c r="C486" t="s">
         <v>26</v>
       </c>
       <c r="D486" t="s">
         <v>61</v>
       </c>
       <c r="E486" t="s">
         <v>21</v>
       </c>
       <c r="F486">
         <v>1996</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>918</v>
       </c>
       <c r="B487" t="s">
         <v>919</v>
       </c>
       <c r="C487" t="s">
         <v>26</v>
       </c>
       <c r="D487" t="s">
         <v>61</v>
       </c>
       <c r="E487" t="s">
         <v>21</v>
       </c>
       <c r="F487">
         <v>1996</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>920</v>
       </c>
       <c r="B488" t="s">
         <v>921</v>
       </c>
       <c r="C488" t="s">
         <v>26</v>
       </c>
       <c r="D488" t="s">
         <v>61</v>
       </c>
       <c r="E488" t="s">
         <v>21</v>
       </c>
       <c r="F488">
         <v>1996</v>
       </c>
       <c r="G488"/>
       <c r="H488" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>922</v>
       </c>
       <c r="B489" t="s">
         <v>923</v>
       </c>
       <c r="C489" t="s">
         <v>26</v>
       </c>
       <c r="D489" t="s">
         <v>61</v>
       </c>
       <c r="E489" t="s">
         <v>21</v>
       </c>
       <c r="F489">
         <v>1996</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>924</v>
       </c>
       <c r="B490" t="s">
         <v>925</v>
       </c>
       <c r="C490" t="s">
         <v>76</v>
       </c>
       <c r="D490" t="s">
         <v>77</v>
       </c>
       <c r="E490" t="s">
         <v>21</v>
       </c>
       <c r="F490">
         <v>1996</v>
       </c>
       <c r="G490" t="s">
         <v>28</v>
       </c>
       <c r="H490"/>
@@ -15139,51 +15139,51 @@
       </c>
       <c r="G492"/>
       <c r="H492"/>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>930</v>
       </c>
       <c r="B493" t="s">
         <v>931</v>
       </c>
       <c r="C493" t="s">
         <v>26</v>
       </c>
       <c r="D493" t="s">
         <v>61</v>
       </c>
       <c r="E493" t="s">
         <v>21</v>
       </c>
       <c r="F493">
         <v>1996</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>932</v>
       </c>
       <c r="B494" t="s">
         <v>933</v>
       </c>
       <c r="C494" t="s">
         <v>26</v>
       </c>
       <c r="D494" t="s">
         <v>61</v>
       </c>
       <c r="E494" t="s">
         <v>21</v>
       </c>
       <c r="F494">
         <v>1996</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>85</v>
       </c>
@@ -15229,191 +15229,191 @@
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>938</v>
       </c>
       <c r="B497" t="s">
         <v>939</v>
       </c>
       <c r="C497"/>
       <c r="D497" t="s">
         <v>14</v>
       </c>
       <c r="E497" t="s">
         <v>15</v>
       </c>
       <c r="F497">
         <v>1995</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>940</v>
       </c>
       <c r="B498" t="s">
         <v>941</v>
       </c>
       <c r="C498"/>
       <c r="D498" t="s">
         <v>14</v>
       </c>
       <c r="E498" t="s">
         <v>15</v>
       </c>
       <c r="F498">
         <v>1995</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>942</v>
       </c>
       <c r="B499" t="s">
         <v>941</v>
       </c>
       <c r="C499"/>
       <c r="D499" t="s">
         <v>14</v>
       </c>
       <c r="E499" t="s">
         <v>15</v>
       </c>
       <c r="F499">
         <v>1995</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>943</v>
       </c>
       <c r="B500" t="s">
         <v>944</v>
       </c>
       <c r="C500" t="s">
         <v>26</v>
       </c>
       <c r="D500" t="s">
         <v>61</v>
       </c>
       <c r="E500" t="s">
         <v>21</v>
       </c>
       <c r="F500">
         <v>1995</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>945</v>
       </c>
       <c r="B501" t="s">
         <v>946</v>
       </c>
       <c r="C501" t="s">
         <v>26</v>
       </c>
       <c r="D501" t="s">
         <v>61</v>
       </c>
       <c r="E501" t="s">
         <v>21</v>
       </c>
       <c r="F501">
         <v>1995</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>947</v>
       </c>
       <c r="B502" t="s">
         <v>948</v>
       </c>
       <c r="C502" t="s">
         <v>26</v>
       </c>
       <c r="D502" t="s">
         <v>61</v>
       </c>
       <c r="E502" t="s">
         <v>21</v>
       </c>
       <c r="F502">
         <v>1995</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>949</v>
       </c>
       <c r="B503" t="s">
         <v>950</v>
       </c>
       <c r="C503" t="s">
         <v>26</v>
       </c>
       <c r="D503" t="s">
         <v>61</v>
       </c>
       <c r="E503" t="s">
         <v>21</v>
       </c>
       <c r="F503">
         <v>1995</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>951</v>
       </c>
       <c r="B504" t="s">
         <v>952</v>
       </c>
       <c r="C504" t="s">
         <v>26</v>
       </c>
       <c r="D504" t="s">
         <v>61</v>
       </c>
       <c r="E504" t="s">
         <v>21</v>
       </c>
       <c r="F504">
         <v>1995</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
         <v>253</v>
       </c>
@@ -15441,51 +15441,51 @@
       <c r="H505" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>955</v>
       </c>
       <c r="B506" t="s">
         <v>956</v>
       </c>
       <c r="C506" t="s">
         <v>26</v>
       </c>
       <c r="D506" t="s">
         <v>61</v>
       </c>
       <c r="E506" t="s">
         <v>21</v>
       </c>
       <c r="F506">
         <v>1995</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>957</v>
       </c>
       <c r="B507" t="s">
         <v>952</v>
       </c>
       <c r="C507" t="s">
         <v>26</v>
       </c>
       <c r="D507" t="s">
         <v>61</v>
       </c>
       <c r="E507" t="s">
         <v>21</v>
       </c>
       <c r="F507">
         <v>1995</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>253</v>
       </c>
@@ -15535,147 +15535,147 @@
       </c>
       <c r="G509"/>
       <c r="H509"/>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>961</v>
       </c>
       <c r="B510" t="s">
         <v>962</v>
       </c>
       <c r="C510" t="s">
         <v>26</v>
       </c>
       <c r="D510" t="s">
         <v>61</v>
       </c>
       <c r="E510" t="s">
         <v>21</v>
       </c>
       <c r="F510">
         <v>1995</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>963</v>
       </c>
       <c r="B511" t="s">
         <v>964</v>
       </c>
       <c r="C511" t="s">
         <v>26</v>
       </c>
       <c r="D511" t="s">
         <v>61</v>
       </c>
       <c r="E511" t="s">
         <v>21</v>
       </c>
       <c r="F511">
         <v>1995</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>965</v>
       </c>
       <c r="B512" t="s">
         <v>966</v>
       </c>
       <c r="C512" t="s">
         <v>26</v>
       </c>
       <c r="D512" t="s">
         <v>61</v>
       </c>
       <c r="E512" t="s">
         <v>21</v>
       </c>
       <c r="F512">
         <v>1995</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>967</v>
       </c>
       <c r="B513" t="s">
         <v>968</v>
       </c>
       <c r="C513" t="s">
         <v>26</v>
       </c>
       <c r="D513" t="s">
         <v>61</v>
       </c>
       <c r="E513" t="s">
         <v>21</v>
       </c>
       <c r="F513">
         <v>1995</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>969</v>
       </c>
       <c r="B514" t="s">
         <v>970</v>
       </c>
       <c r="C514" t="s">
         <v>26</v>
       </c>
       <c r="D514" t="s">
         <v>61</v>
       </c>
       <c r="E514" t="s">
         <v>21</v>
       </c>
       <c r="F514">
         <v>1995</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>971</v>
       </c>
       <c r="B515" t="s">
         <v>972</v>
       </c>
       <c r="C515" t="s">
         <v>42</v>
       </c>
       <c r="D515" t="s">
         <v>61</v>
       </c>
       <c r="E515" t="s">
         <v>21</v>
       </c>
       <c r="F515">
         <v>1994</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
         <v>203</v>
       </c>
@@ -15703,75 +15703,75 @@
       <c r="H516" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>975</v>
       </c>
       <c r="B517" t="s">
         <v>976</v>
       </c>
       <c r="C517" t="s">
         <v>26</v>
       </c>
       <c r="D517" t="s">
         <v>61</v>
       </c>
       <c r="E517" t="s">
         <v>21</v>
       </c>
       <c r="F517">
         <v>1994</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>977</v>
       </c>
       <c r="B518" t="s">
         <v>978</v>
       </c>
       <c r="C518" t="s">
         <v>26</v>
       </c>
       <c r="D518" t="s">
         <v>61</v>
       </c>
       <c r="E518" t="s">
         <v>21</v>
       </c>
       <c r="F518">
         <v>1994</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>979</v>
       </c>
       <c r="B519" t="s">
         <v>980</v>
       </c>
       <c r="C519"/>
       <c r="D519" t="s">
         <v>14</v>
       </c>
       <c r="E519" t="s">
         <v>15</v>
       </c>
       <c r="F519">
         <v>1993</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="520" spans="1:8">
@@ -15795,75 +15795,75 @@
       <c r="H520" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>983</v>
       </c>
       <c r="B521" t="s">
         <v>984</v>
       </c>
       <c r="C521" t="s">
         <v>26</v>
       </c>
       <c r="D521" t="s">
         <v>61</v>
       </c>
       <c r="E521" t="s">
         <v>21</v>
       </c>
       <c r="F521">
         <v>1993</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>985</v>
       </c>
       <c r="B522" t="s">
         <v>986</v>
       </c>
       <c r="C522" t="s">
         <v>26</v>
       </c>
       <c r="D522" t="s">
         <v>61</v>
       </c>
       <c r="E522" t="s">
         <v>21</v>
       </c>
       <c r="F522">
         <v>1993</v>
       </c>
       <c r="G522"/>
       <c r="H522" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>987</v>
       </c>
       <c r="B523" t="s">
         <v>988</v>
       </c>
       <c r="C523" t="s">
         <v>26</v>
       </c>
       <c r="D523" t="s">
         <v>61</v>
       </c>
       <c r="E523" t="s">
         <v>21</v>
       </c>
       <c r="F523">
         <v>1993</v>
       </c>
       <c r="G523"/>
       <c r="H523"/>
     </row>
     <row r="524" spans="1:8">
@@ -15973,333 +15973,333 @@
       <c r="H528" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>999</v>
       </c>
       <c r="B529" t="s">
         <v>1000</v>
       </c>
       <c r="C529" t="s">
         <v>26</v>
       </c>
       <c r="D529" t="s">
         <v>61</v>
       </c>
       <c r="E529" t="s">
         <v>21</v>
       </c>
       <c r="F529">
         <v>1992</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1001</v>
       </c>
       <c r="B530" t="s">
         <v>1002</v>
       </c>
       <c r="C530" t="s">
         <v>36</v>
       </c>
       <c r="D530" t="s">
         <v>61</v>
       </c>
       <c r="E530" t="s">
         <v>21</v>
       </c>
       <c r="F530">
         <v>1992</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1003</v>
       </c>
       <c r="B531" t="s">
         <v>1004</v>
       </c>
       <c r="C531" t="s">
         <v>26</v>
       </c>
       <c r="D531" t="s">
         <v>61</v>
       </c>
       <c r="E531" t="s">
         <v>21</v>
       </c>
       <c r="F531">
         <v>1992</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>1005</v>
       </c>
       <c r="B532" t="s">
         <v>1006</v>
       </c>
       <c r="C532" t="s">
         <v>26</v>
       </c>
       <c r="D532" t="s">
         <v>61</v>
       </c>
       <c r="E532" t="s">
         <v>21</v>
       </c>
       <c r="F532">
         <v>1992</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>1007</v>
       </c>
       <c r="B533" t="s">
         <v>1008</v>
       </c>
       <c r="C533" t="s">
         <v>26</v>
       </c>
       <c r="D533" t="s">
         <v>61</v>
       </c>
       <c r="E533" t="s">
         <v>21</v>
       </c>
       <c r="F533">
         <v>1992</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>1009</v>
       </c>
       <c r="B534" t="s">
         <v>1010</v>
       </c>
       <c r="C534" t="s">
         <v>45</v>
       </c>
       <c r="D534" t="s">
         <v>61</v>
       </c>
       <c r="E534" t="s">
         <v>21</v>
       </c>
       <c r="F534">
         <v>1992</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>1011</v>
       </c>
       <c r="B535" t="s">
         <v>1012</v>
       </c>
       <c r="C535" t="s">
         <v>26</v>
       </c>
       <c r="D535" t="s">
         <v>61</v>
       </c>
       <c r="E535" t="s">
         <v>21</v>
       </c>
       <c r="F535">
         <v>1992</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>1013</v>
       </c>
       <c r="B536" t="s">
         <v>1014</v>
       </c>
       <c r="C536"/>
       <c r="D536" t="s">
         <v>14</v>
       </c>
       <c r="E536" t="s">
         <v>15</v>
       </c>
       <c r="F536">
         <v>1991</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>1015</v>
       </c>
       <c r="B537" t="s">
         <v>1016</v>
       </c>
       <c r="C537" t="s">
         <v>26</v>
       </c>
       <c r="D537" t="s">
         <v>61</v>
       </c>
       <c r="E537" t="s">
         <v>21</v>
       </c>
       <c r="F537">
         <v>1991</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>1017</v>
       </c>
       <c r="B538" t="s">
         <v>1018</v>
       </c>
       <c r="C538" t="s">
         <v>26</v>
       </c>
       <c r="D538" t="s">
         <v>61</v>
       </c>
       <c r="E538" t="s">
         <v>21</v>
       </c>
       <c r="F538">
         <v>1991</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>1019</v>
       </c>
       <c r="B539" t="s">
         <v>1020</v>
       </c>
       <c r="C539" t="s">
         <v>26</v>
       </c>
       <c r="D539" t="s">
         <v>61</v>
       </c>
       <c r="E539" t="s">
         <v>21</v>
       </c>
       <c r="F539">
         <v>1991</v>
       </c>
       <c r="G539"/>
       <c r="H539"/>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>1021</v>
       </c>
       <c r="B540"/>
       <c r="C540" t="s">
         <v>26</v>
       </c>
       <c r="D540" t="s">
         <v>61</v>
       </c>
       <c r="E540" t="s">
         <v>21</v>
       </c>
       <c r="F540">
         <v>1991</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>1022</v>
       </c>
       <c r="B541" t="s">
         <v>1023</v>
       </c>
       <c r="C541" t="s">
         <v>26</v>
       </c>
       <c r="D541" t="s">
         <v>61</v>
       </c>
       <c r="E541" t="s">
         <v>21</v>
       </c>
       <c r="F541">
         <v>1990</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1024</v>
       </c>
       <c r="B542" t="s">
         <v>1025</v>
       </c>
       <c r="C542" t="s">
         <v>26</v>
       </c>
       <c r="D542" t="s">
         <v>61</v>
       </c>
       <c r="E542" t="s">
         <v>21</v>
       </c>
       <c r="F542">
         <v>1990</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>253</v>
       </c>
@@ -16373,143 +16373,143 @@
         <v>28</v>
       </c>
       <c r="H545"/>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1032</v>
       </c>
       <c r="B546" t="s">
         <v>1033</v>
       </c>
       <c r="C546" t="s">
         <v>26</v>
       </c>
       <c r="D546" t="s">
         <v>61</v>
       </c>
       <c r="E546" t="s">
         <v>21</v>
       </c>
       <c r="F546">
         <v>1989</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1034</v>
       </c>
       <c r="B547" t="s">
         <v>1035</v>
       </c>
       <c r="C547" t="s">
         <v>26</v>
       </c>
       <c r="D547" t="s">
         <v>61</v>
       </c>
       <c r="E547" t="s">
         <v>21</v>
       </c>
       <c r="F547">
         <v>1989</v>
       </c>
       <c r="G547"/>
       <c r="H547"/>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>1036</v>
       </c>
       <c r="B548" t="s">
         <v>1037</v>
       </c>
       <c r="C548" t="s">
         <v>26</v>
       </c>
       <c r="D548" t="s">
         <v>61</v>
       </c>
       <c r="E548" t="s">
         <v>21</v>
       </c>
       <c r="F548">
         <v>1985</v>
       </c>
       <c r="G548"/>
       <c r="H548" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1038</v>
       </c>
       <c r="B549" t="s">
         <v>1039</v>
       </c>
       <c r="C549"/>
       <c r="D549" t="s">
         <v>14</v>
       </c>
       <c r="E549" t="s">
         <v>15</v>
       </c>
       <c r="F549">
         <v>1984</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1040</v>
       </c>
       <c r="B550" t="s">
         <v>1041</v>
       </c>
       <c r="C550" t="s">
         <v>26</v>
       </c>
       <c r="D550" t="s">
         <v>61</v>
       </c>
       <c r="E550" t="s">
         <v>21</v>
       </c>
       <c r="F550">
         <v>1983</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1042</v>
       </c>
       <c r="B551" t="s">
         <v>1043</v>
       </c>
       <c r="C551"/>
       <c r="D551"/>
       <c r="E551" t="s">
         <v>34</v>
       </c>
       <c r="F551">
         <v>1979</v>
       </c>
       <c r="G551" t="s">
         <v>69</v>
       </c>
       <c r="H551"/>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1044</v>
@@ -16597,73 +16597,73 @@
       <c r="F556"/>
       <c r="G556"/>
       <c r="H556" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>1052</v>
       </c>
       <c r="B557" t="s">
         <v>1053</v>
       </c>
       <c r="C557" t="s">
         <v>26</v>
       </c>
       <c r="D557" t="s">
         <v>61</v>
       </c>
       <c r="E557" t="s">
         <v>21</v>
       </c>
       <c r="F557"/>
       <c r="G557"/>
       <c r="H557" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>1054</v>
       </c>
       <c r="B558" t="s">
         <v>499</v>
       </c>
       <c r="C558" t="s">
         <v>45</v>
       </c>
       <c r="D558" t="s">
         <v>61</v>
       </c>
       <c r="E558" t="s">
         <v>21</v>
       </c>
       <c r="F558"/>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>1055</v>
       </c>
       <c r="B559" t="s">
         <v>1056</v>
       </c>
       <c r="C559" t="s">
         <v>26</v>
       </c>
       <c r="D559" t="s">
         <v>61</v>
       </c>
       <c r="E559" t="s">
         <v>21</v>
       </c>
       <c r="F559"/>
       <c r="G559"/>
       <c r="H559" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="560" spans="1:8">
@@ -16685,51 +16685,51 @@
       <c r="F560"/>
       <c r="G560"/>
       <c r="H560" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>1059</v>
       </c>
       <c r="B561" t="s">
         <v>1060</v>
       </c>
       <c r="C561" t="s">
         <v>45</v>
       </c>
       <c r="D561" t="s">
         <v>61</v>
       </c>
       <c r="E561" t="s">
         <v>21</v>
       </c>
       <c r="F561"/>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">