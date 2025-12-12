--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -122,56 +122,56 @@
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
@@ -185,105 +185,105 @@
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
@@ -3987,103 +3987,103 @@
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>16</v>
       </c>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>16</v>
       </c>
       <c r="H14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>16</v>
       </c>
       <c r="H15" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>34</v>
       </c>
       <c r="E16" t="s">
         <v>41</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>16</v>
       </c>
       <c r="H16"/>
@@ -4155,129 +4155,129 @@
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>34</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>16</v>
       </c>
       <c r="H20" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
         <v>34</v>
       </c>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>16</v>
       </c>
       <c r="H21" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>16</v>
       </c>
       <c r="H22" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>16</v>
       </c>
       <c r="H23" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>45</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>16</v>
       </c>
       <c r="H24" t="s">
@@ -4363,77 +4363,77 @@
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>50</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>21</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>16</v>
       </c>
       <c r="H28" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
         <v>40</v>
       </c>
       <c r="D29" t="s">
         <v>34</v>
       </c>
       <c r="E29" t="s">
         <v>21</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>16</v>
       </c>
       <c r="H29" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
         <v>34</v>
       </c>
       <c r="E30" t="s">
         <v>21</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>16</v>
       </c>
       <c r="H30" t="s">
@@ -4467,51 +4467,51 @@
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>14</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>16</v>
       </c>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>14</v>
       </c>
       <c r="E33" t="s">
         <v>21</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>16</v>
       </c>
       <c r="H33" t="s">
@@ -4519,341 +4519,341 @@
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>40</v>
       </c>
       <c r="D34" t="s">
         <v>14</v>
       </c>
       <c r="E34" t="s">
         <v>21</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>16</v>
       </c>
       <c r="H34" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>40</v>
       </c>
       <c r="D35" t="s">
         <v>14</v>
       </c>
       <c r="E35" t="s">
         <v>21</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>16</v>
       </c>
       <c r="H35" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>56</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>21</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>16</v>
       </c>
       <c r="H36" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>56</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
         <v>21</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>16</v>
       </c>
       <c r="H37" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
         <v>21</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>16</v>
       </c>
       <c r="H38" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>56</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
         <v>21</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>16</v>
       </c>
       <c r="H39" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
         <v>56</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
         <v>21</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>16</v>
       </c>
       <c r="H40" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>55</v>
       </c>
       <c r="B41" t="s">
         <v>56</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
         <v>21</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>55</v>
       </c>
       <c r="B42" t="s">
         <v>56</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
         <v>21</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>16</v>
       </c>
       <c r="H42" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>56</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>21</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>16</v>
       </c>
       <c r="H43" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>61</v>
       </c>
       <c r="B44" t="s">
         <v>19</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
         <v>21</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>16</v>
       </c>
       <c r="H44" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
         <v>19</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
         <v>21</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>16</v>
       </c>
       <c r="H45" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>19</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
         <v>21</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>16</v>
       </c>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>63</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>28</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
         <v>21</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>16</v>
       </c>
       <c r="H47" t="s">
@@ -4975,271 +4975,271 @@
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>73</v>
       </c>
       <c r="B54" t="s">
         <v>56</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>21</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
         <v>56</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>21</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>73</v>
       </c>
       <c r="B56" t="s">
         <v>56</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>21</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>73</v>
       </c>
       <c r="B57" t="s">
         <v>56</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>21</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>73</v>
       </c>
       <c r="B58" t="s">
         <v>56</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>21</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>73</v>
       </c>
       <c r="B59" t="s">
         <v>56</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59" t="s">
         <v>21</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>73</v>
       </c>
       <c r="B60" t="s">
         <v>56</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60" t="s">
         <v>21</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>76</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>77</v>
       </c>
       <c r="E61" t="s">
         <v>21</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>78</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>52</v>
       </c>
       <c r="D62" t="s">
         <v>29</v>
       </c>
       <c r="E62" t="s">
         <v>30</v>
       </c>
       <c r="F62">
         <v>2024</v>
       </c>
       <c r="G62" t="s">
         <v>16</v>
       </c>
       <c r="H62" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>78</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>52</v>
       </c>
       <c r="D63" t="s">
         <v>29</v>
       </c>
       <c r="E63" t="s">
         <v>30</v>
       </c>
       <c r="F63">
         <v>2024</v>
       </c>
       <c r="G63" t="s">
         <v>16</v>
       </c>
       <c r="H63" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>78</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>52</v>
       </c>
       <c r="D64" t="s">
         <v>29</v>
       </c>
       <c r="E64" t="s">
         <v>30</v>
       </c>
       <c r="F64">
         <v>2024</v>
       </c>
       <c r="G64" t="s">
         <v>16</v>
       </c>
       <c r="H64" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>79</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>45</v>
       </c>
       <c r="D65" t="s">
         <v>29</v>
       </c>
       <c r="E65" t="s">
         <v>30</v>
       </c>
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65" t="s">
         <v>16</v>
       </c>
       <c r="H65" t="s">
@@ -5247,77 +5247,77 @@
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>79</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>45</v>
       </c>
       <c r="D66" t="s">
         <v>29</v>
       </c>
       <c r="E66" t="s">
         <v>30</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66" t="s">
         <v>16</v>
       </c>
       <c r="H66" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>79</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>45</v>
       </c>
       <c r="D67" t="s">
         <v>29</v>
       </c>
       <c r="E67" t="s">
         <v>30</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67" t="s">
         <v>16</v>
       </c>
       <c r="H67" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>79</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>45</v>
       </c>
       <c r="D68" t="s">
         <v>29</v>
       </c>
       <c r="E68" t="s">
         <v>30</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68" t="s">
         <v>16</v>
       </c>
       <c r="H68" t="s">
@@ -5347,221 +5347,221 @@
       <c r="H69" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>81</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>33</v>
       </c>
       <c r="D70" t="s">
         <v>34</v>
       </c>
       <c r="E70" t="s">
         <v>30</v>
       </c>
       <c r="F70">
         <v>2024</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>81</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>33</v>
       </c>
       <c r="D71" t="s">
         <v>34</v>
       </c>
       <c r="E71" t="s">
         <v>30</v>
       </c>
       <c r="F71">
         <v>2024</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>82</v>
       </c>
       <c r="B72" t="s">
         <v>83</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>21</v>
       </c>
       <c r="F72">
         <v>2023</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>84</v>
       </c>
       <c r="B73" t="s">
         <v>27</v>
       </c>
       <c r="C73" t="s">
         <v>28</v>
       </c>
       <c r="D73" t="s">
         <v>29</v>
       </c>
       <c r="E73" t="s">
         <v>30</v>
       </c>
       <c r="F73">
         <v>2023</v>
       </c>
       <c r="G73" t="s">
         <v>16</v>
       </c>
       <c r="H73" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>84</v>
       </c>
       <c r="B74" t="s">
         <v>27</v>
       </c>
       <c r="C74" t="s">
         <v>28</v>
       </c>
       <c r="D74" t="s">
         <v>29</v>
       </c>
       <c r="E74" t="s">
         <v>30</v>
       </c>
       <c r="F74">
         <v>2023</v>
       </c>
       <c r="G74" t="s">
         <v>16</v>
       </c>
       <c r="H74" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>85</v>
       </c>
       <c r="B75" t="s">
         <v>86</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75">
         <v>2022</v>
       </c>
       <c r="G75" t="s">
         <v>87</v>
       </c>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>88</v>
       </c>
       <c r="B76" t="s">
         <v>89</v>
       </c>
       <c r="C76" t="s">
         <v>45</v>
       </c>
       <c r="D76" t="s">
         <v>34</v>
       </c>
       <c r="E76" t="s">
         <v>21</v>
       </c>
       <c r="F76">
         <v>2022</v>
       </c>
       <c r="G76" t="s">
         <v>16</v>
       </c>
       <c r="H76" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>88</v>
       </c>
       <c r="B77" t="s">
         <v>89</v>
       </c>
       <c r="C77" t="s">
         <v>45</v>
       </c>
       <c r="D77" t="s">
         <v>34</v>
       </c>
       <c r="E77" t="s">
         <v>21</v>
       </c>
       <c r="F77">
         <v>2022</v>
       </c>
       <c r="G77" t="s">
         <v>16</v>
       </c>
       <c r="H77" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>88</v>
       </c>
       <c r="B78" t="s">
         <v>89</v>
       </c>
       <c r="C78" t="s">
         <v>45</v>
       </c>
       <c r="D78" t="s">
         <v>34</v>
       </c>
       <c r="E78" t="s">
         <v>21</v>
       </c>
       <c r="F78">
         <v>2022</v>
       </c>
       <c r="G78" t="s">
         <v>16</v>
       </c>
       <c r="H78" t="s">
@@ -5593,51 +5593,51 @@
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>92</v>
       </c>
       <c r="B80" t="s">
         <v>19</v>
       </c>
       <c r="C80" t="s">
         <v>33</v>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>30</v>
       </c>
       <c r="F80">
         <v>2022</v>
       </c>
       <c r="G80" t="s">
         <v>16</v>
       </c>
       <c r="H80" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>92</v>
       </c>
       <c r="B81" t="s">
         <v>19</v>
       </c>
       <c r="C81" t="s">
         <v>33</v>
       </c>
       <c r="D81" t="s">
         <v>34</v>
       </c>
       <c r="E81" t="s">
         <v>30</v>
       </c>
       <c r="F81">
         <v>2022</v>
       </c>
       <c r="G81" t="s">
         <v>16</v>
       </c>
       <c r="H81" t="s">
@@ -5671,51 +5671,51 @@
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>92</v>
       </c>
       <c r="B83" t="s">
         <v>19</v>
       </c>
       <c r="C83" t="s">
         <v>33</v>
       </c>
       <c r="D83" t="s">
         <v>34</v>
       </c>
       <c r="E83" t="s">
         <v>30</v>
       </c>
       <c r="F83">
         <v>2022</v>
       </c>
       <c r="G83" t="s">
         <v>16</v>
       </c>
       <c r="H83" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>93</v>
       </c>
       <c r="B84" t="s">
         <v>94</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
         <v>21</v>
       </c>
       <c r="F84">
         <v>2021</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:8">
@@ -5877,123 +5877,123 @@
       <c r="H91" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>111</v>
       </c>
       <c r="B92" t="s">
         <v>112</v>
       </c>
       <c r="C92" t="s">
         <v>28</v>
       </c>
       <c r="D92" t="s">
         <v>29</v>
       </c>
       <c r="E92" t="s">
         <v>30</v>
       </c>
       <c r="F92">
         <v>2019</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>113</v>
       </c>
       <c r="B93" t="s">
         <v>114</v>
       </c>
       <c r="C93" t="s">
         <v>28</v>
       </c>
       <c r="D93" t="s">
         <v>29</v>
       </c>
       <c r="E93" t="s">
         <v>30</v>
       </c>
       <c r="F93">
         <v>2019</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>115</v>
       </c>
       <c r="B94" t="s">
         <v>116</v>
       </c>
       <c r="C94" t="s">
         <v>28</v>
       </c>
       <c r="D94" t="s">
         <v>29</v>
       </c>
       <c r="E94" t="s">
         <v>30</v>
       </c>
       <c r="F94">
         <v>2019</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>117</v>
       </c>
       <c r="B95" t="s">
         <v>118</v>
       </c>
       <c r="C95" t="s">
         <v>28</v>
       </c>
       <c r="D95" t="s">
         <v>29</v>
       </c>
       <c r="E95" t="s">
         <v>30</v>
       </c>
       <c r="F95">
         <v>2019</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>119</v>
       </c>
       <c r="B96" t="s">
         <v>120</v>
       </c>
       <c r="C96" t="s">
         <v>45</v>
       </c>
       <c r="D96" t="s">
         <v>29</v>
       </c>
       <c r="E96" t="s">
         <v>30</v>
       </c>
       <c r="F96">
         <v>2019</v>
       </c>
       <c r="G96" t="s">
         <v>16</v>
       </c>
       <c r="H96"/>
@@ -6111,51 +6111,51 @@
         <v>87</v>
       </c>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>133</v>
       </c>
       <c r="B102" t="s">
         <v>134</v>
       </c>
       <c r="C102" t="s">
         <v>28</v>
       </c>
       <c r="D102" t="s">
         <v>29</v>
       </c>
       <c r="E102" t="s">
         <v>30</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>135</v>
       </c>
       <c r="B103" t="s">
         <v>136</v>
       </c>
       <c r="C103" t="s">
         <v>28</v>
       </c>
       <c r="D103" t="s">
         <v>29</v>
       </c>
       <c r="E103" t="s">
         <v>30</v>
       </c>
       <c r="F103">
         <v>2018</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>38</v>
       </c>
@@ -6183,121 +6183,121 @@
       <c r="H104" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>139</v>
       </c>
       <c r="B105" t="s">
         <v>140</v>
       </c>
       <c r="C105" t="s">
         <v>28</v>
       </c>
       <c r="D105" t="s">
         <v>29</v>
       </c>
       <c r="E105" t="s">
         <v>30</v>
       </c>
       <c r="F105">
         <v>2018</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>141</v>
       </c>
       <c r="B106" t="s">
         <v>142</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
         <v>21</v>
       </c>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>143</v>
       </c>
       <c r="B107" t="s">
         <v>144</v>
       </c>
       <c r="C107" t="s">
         <v>28</v>
       </c>
       <c r="D107" t="s">
         <v>29</v>
       </c>
       <c r="E107" t="s">
         <v>30</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>145</v>
       </c>
       <c r="B108" t="s">
         <v>146</v>
       </c>
       <c r="C108" t="s">
         <v>28</v>
       </c>
       <c r="D108" t="s">
         <v>29</v>
       </c>
       <c r="E108" t="s">
         <v>30</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>147</v>
       </c>
       <c r="B109" t="s">
         <v>148</v>
       </c>
       <c r="C109" t="s">
         <v>28</v>
       </c>
       <c r="D109" t="s">
         <v>29</v>
       </c>
       <c r="E109" t="s">
         <v>30</v>
       </c>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>110</v>
       </c>
@@ -6397,75 +6397,75 @@
       <c r="H113" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>157</v>
       </c>
       <c r="B114" t="s">
         <v>158</v>
       </c>
       <c r="C114" t="s">
         <v>28</v>
       </c>
       <c r="D114" t="s">
         <v>29</v>
       </c>
       <c r="E114" t="s">
         <v>30</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>159</v>
       </c>
       <c r="B115" t="s">
         <v>160</v>
       </c>
       <c r="C115" t="s">
         <v>28</v>
       </c>
       <c r="D115" t="s">
         <v>29</v>
       </c>
       <c r="E115" t="s">
         <v>30</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>161</v>
       </c>
       <c r="B116" t="s">
         <v>162</v>
       </c>
       <c r="C116" t="s">
         <v>28</v>
       </c>
       <c r="D116" t="s">
         <v>29</v>
       </c>
       <c r="E116" t="s">
         <v>30</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>163</v>
       </c>
@@ -6493,51 +6493,51 @@
       <c r="H117" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>166</v>
       </c>
       <c r="B118" t="s">
         <v>167</v>
       </c>
       <c r="C118" t="s">
         <v>28</v>
       </c>
       <c r="D118" t="s">
         <v>29</v>
       </c>
       <c r="E118" t="s">
         <v>30</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>168</v>
       </c>
       <c r="B119" t="s">
         <v>169</v>
       </c>
       <c r="C119" t="s">
         <v>52</v>
       </c>
       <c r="D119" t="s">
         <v>29</v>
       </c>
       <c r="E119" t="s">
         <v>30</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>31</v>
       </c>
@@ -6633,51 +6633,51 @@
       <c r="H123" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>177</v>
       </c>
       <c r="B124" t="s">
         <v>178</v>
       </c>
       <c r="C124" t="s">
         <v>28</v>
       </c>
       <c r="D124" t="s">
         <v>29</v>
       </c>
       <c r="E124" t="s">
         <v>30</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>179</v>
       </c>
       <c r="B125" t="s">
         <v>180</v>
       </c>
       <c r="C125" t="s">
         <v>52</v>
       </c>
       <c r="D125" t="s">
         <v>29</v>
       </c>
       <c r="E125" t="s">
         <v>30</v>
       </c>
       <c r="F125">
         <v>2016</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>163</v>
       </c>
@@ -6705,75 +6705,75 @@
       <c r="H126" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>183</v>
       </c>
       <c r="B127" t="s">
         <v>184</v>
       </c>
       <c r="C127" t="s">
         <v>28</v>
       </c>
       <c r="D127" t="s">
         <v>29</v>
       </c>
       <c r="E127" t="s">
         <v>30</v>
       </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>185</v>
       </c>
       <c r="B128" t="s">
         <v>186</v>
       </c>
       <c r="C128" t="s">
         <v>28</v>
       </c>
       <c r="D128" t="s">
         <v>29</v>
       </c>
       <c r="E128" t="s">
         <v>30</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>187</v>
       </c>
       <c r="B129" t="s">
         <v>188</v>
       </c>
       <c r="C129" t="s">
         <v>28</v>
       </c>
       <c r="D129" t="s">
         <v>29</v>
       </c>
       <c r="E129" t="s">
         <v>30</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>189</v>
       </c>
@@ -6823,99 +6823,99 @@
       <c r="H131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>194</v>
       </c>
       <c r="B132" t="s">
         <v>195</v>
       </c>
       <c r="C132" t="s">
         <v>28</v>
       </c>
       <c r="D132" t="s">
         <v>29</v>
       </c>
       <c r="E132" t="s">
         <v>30</v>
       </c>
       <c r="F132">
         <v>2015</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>194</v>
       </c>
       <c r="B133" t="s">
         <v>195</v>
       </c>
       <c r="C133" t="s">
         <v>28</v>
       </c>
       <c r="D133" t="s">
         <v>29</v>
       </c>
       <c r="E133" t="s">
         <v>30</v>
       </c>
       <c r="F133">
         <v>2015</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>196</v>
       </c>
       <c r="B134" t="s">
         <v>197</v>
       </c>
       <c r="C134" t="s">
         <v>28</v>
       </c>
       <c r="D134" t="s">
         <v>29</v>
       </c>
       <c r="E134" t="s">
         <v>30</v>
       </c>
       <c r="F134">
         <v>2015</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>198</v>
       </c>
       <c r="B135" t="s">
         <v>199</v>
       </c>
       <c r="C135" t="s">
         <v>28</v>
       </c>
       <c r="D135" t="s">
         <v>29</v>
       </c>
       <c r="E135" t="s">
         <v>30</v>
       </c>
       <c r="F135">
         <v>2015</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>12</v>
       </c>
@@ -7253,51 +7253,51 @@
       </c>
       <c r="G149"/>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>229</v>
       </c>
       <c r="B150" t="s">
         <v>230</v>
       </c>
       <c r="C150" t="s">
         <v>28</v>
       </c>
       <c r="D150" t="s">
         <v>29</v>
       </c>
       <c r="E150" t="s">
         <v>30</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>231</v>
       </c>
       <c r="B151" t="s">
         <v>232</v>
       </c>
       <c r="C151" t="s">
         <v>28</v>
       </c>
       <c r="D151" t="s">
         <v>29</v>
       </c>
       <c r="E151" t="s">
         <v>30</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>189</v>
       </c>
@@ -7325,51 +7325,51 @@
       <c r="H152" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>235</v>
       </c>
       <c r="B153" t="s">
         <v>236</v>
       </c>
       <c r="C153" t="s">
         <v>28</v>
       </c>
       <c r="D153" t="s">
         <v>29</v>
       </c>
       <c r="E153" t="s">
         <v>30</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>237</v>
       </c>
       <c r="B154" t="s">
         <v>238</v>
       </c>
       <c r="C154" t="s">
         <v>28</v>
       </c>
       <c r="D154" t="s">
         <v>29</v>
       </c>
       <c r="E154" t="s">
         <v>30</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>216</v>
       </c>
@@ -7539,51 +7539,51 @@
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>253</v>
       </c>
       <c r="B162" t="s">
         <v>254</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
         <v>21</v>
       </c>
       <c r="F162">
         <v>2013</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>255</v>
       </c>
       <c r="B163" t="s">
         <v>256</v>
       </c>
       <c r="C163" t="s">
         <v>45</v>
       </c>
       <c r="D163" t="s">
         <v>128</v>
       </c>
       <c r="E163" t="s">
         <v>30</v>
       </c>
       <c r="F163">
         <v>2013</v>
       </c>
       <c r="G163" t="s">
         <v>16</v>
       </c>
       <c r="H163"/>
@@ -7611,75 +7611,75 @@
       <c r="H164" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>259</v>
       </c>
       <c r="B165" t="s">
         <v>260</v>
       </c>
       <c r="C165" t="s">
         <v>28</v>
       </c>
       <c r="D165" t="s">
         <v>29</v>
       </c>
       <c r="E165" t="s">
         <v>30</v>
       </c>
       <c r="F165">
         <v>2013</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>261</v>
       </c>
       <c r="B166" t="s">
         <v>262</v>
       </c>
       <c r="C166" t="s">
         <v>28</v>
       </c>
       <c r="D166" t="s">
         <v>29</v>
       </c>
       <c r="E166" t="s">
         <v>30</v>
       </c>
       <c r="F166">
         <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>263</v>
       </c>
       <c r="B167" t="s">
         <v>264</v>
       </c>
       <c r="C167" t="s">
         <v>45</v>
       </c>
       <c r="D167" t="s">
         <v>29</v>
       </c>
       <c r="E167" t="s">
         <v>30</v>
       </c>
       <c r="F167">
         <v>2013</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>99</v>
       </c>
@@ -7705,73 +7705,73 @@
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>267</v>
       </c>
       <c r="B169" t="s">
         <v>268</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
         <v>21</v>
       </c>
       <c r="F169">
         <v>2012</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>269</v>
       </c>
       <c r="B170" t="s">
         <v>270</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>77</v>
       </c>
       <c r="E170" t="s">
         <v>21</v>
       </c>
       <c r="F170">
         <v>2012</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>271</v>
       </c>
       <c r="B171" t="s">
         <v>272</v>
       </c>
       <c r="C171" t="s">
         <v>28</v>
       </c>
       <c r="D171" t="s">
         <v>29</v>
       </c>
       <c r="E171" t="s">
         <v>30</v>
       </c>
       <c r="F171">
         <v>2012</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>12</v>
       </c>
@@ -7799,99 +7799,99 @@
       <c r="H172" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>275</v>
       </c>
       <c r="B173" t="s">
         <v>276</v>
       </c>
       <c r="C173" t="s">
         <v>52</v>
       </c>
       <c r="D173" t="s">
         <v>29</v>
       </c>
       <c r="E173" t="s">
         <v>30</v>
       </c>
       <c r="F173">
         <v>2012</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>277</v>
       </c>
       <c r="B174" t="s">
         <v>278</v>
       </c>
       <c r="C174" t="s">
         <v>52</v>
       </c>
       <c r="D174" t="s">
         <v>29</v>
       </c>
       <c r="E174" t="s">
         <v>30</v>
       </c>
       <c r="F174">
         <v>2012</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>279</v>
       </c>
       <c r="B175" t="s">
         <v>280</v>
       </c>
       <c r="C175" t="s">
         <v>28</v>
       </c>
       <c r="D175" t="s">
         <v>29</v>
       </c>
       <c r="E175" t="s">
         <v>30</v>
       </c>
       <c r="F175">
         <v>2012</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>281</v>
       </c>
       <c r="B176" t="s">
         <v>272</v>
       </c>
       <c r="C176" t="s">
         <v>28</v>
       </c>
       <c r="D176" t="s">
         <v>29</v>
       </c>
       <c r="E176" t="s">
         <v>30</v>
       </c>
       <c r="F176">
         <v>2012</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>12</v>
       </c>
@@ -7937,51 +7937,51 @@
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>286</v>
       </c>
       <c r="B179" t="s">
         <v>287</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
         <v>21</v>
       </c>
       <c r="F179">
         <v>2011</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>288</v>
       </c>
       <c r="B180" t="s">
         <v>289</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
         <v>21</v>
       </c>
       <c r="F180">
         <v>2011</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="181" spans="1:8">
@@ -8145,99 +8145,99 @@
       <c r="H187" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>304</v>
       </c>
       <c r="B188" t="s">
         <v>305</v>
       </c>
       <c r="C188" t="s">
         <v>28</v>
       </c>
       <c r="D188" t="s">
         <v>29</v>
       </c>
       <c r="E188" t="s">
         <v>30</v>
       </c>
       <c r="F188">
         <v>2011</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>306</v>
       </c>
       <c r="B189" t="s">
         <v>307</v>
       </c>
       <c r="C189" t="s">
         <v>52</v>
       </c>
       <c r="D189" t="s">
         <v>29</v>
       </c>
       <c r="E189" t="s">
         <v>30</v>
       </c>
       <c r="F189">
         <v>2011</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>308</v>
       </c>
       <c r="B190" t="s">
         <v>309</v>
       </c>
       <c r="C190" t="s">
         <v>28</v>
       </c>
       <c r="D190" t="s">
         <v>29</v>
       </c>
       <c r="E190" t="s">
         <v>30</v>
       </c>
       <c r="F190">
         <v>2011</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>310</v>
       </c>
       <c r="B191" t="s">
         <v>311</v>
       </c>
       <c r="C191" t="s">
         <v>28</v>
       </c>
       <c r="D191" t="s">
         <v>29</v>
       </c>
       <c r="E191" t="s">
         <v>30</v>
       </c>
       <c r="F191">
         <v>2011</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>12</v>
       </c>
@@ -8421,51 +8421,51 @@
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>328</v>
       </c>
       <c r="B200" t="s">
         <v>329</v>
       </c>
       <c r="C200"/>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
         <v>21</v>
       </c>
       <c r="F200">
         <v>2010</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>330</v>
       </c>
       <c r="B201" t="s">
         <v>331</v>
       </c>
       <c r="C201" t="s">
         <v>28</v>
       </c>
       <c r="D201" t="s">
         <v>29</v>
       </c>
       <c r="E201" t="s">
         <v>30</v>
       </c>
       <c r="F201">
         <v>2010</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>189</v>
       </c>
@@ -8733,75 +8733,75 @@
       <c r="H212" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>354</v>
       </c>
       <c r="B213" t="s">
         <v>355</v>
       </c>
       <c r="C213" t="s">
         <v>28</v>
       </c>
       <c r="D213" t="s">
         <v>29</v>
       </c>
       <c r="E213" t="s">
         <v>30</v>
       </c>
       <c r="F213">
         <v>2010</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>356</v>
       </c>
       <c r="B214" t="s">
         <v>357</v>
       </c>
       <c r="C214" t="s">
         <v>28</v>
       </c>
       <c r="D214" t="s">
         <v>29</v>
       </c>
       <c r="E214" t="s">
         <v>30</v>
       </c>
       <c r="F214">
         <v>2010</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>358</v>
       </c>
       <c r="B215" t="s">
         <v>359</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
         <v>360</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215">
         <v>2009</v>
       </c>
       <c r="G215" t="s">
         <v>87</v>
       </c>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
@@ -8825,75 +8825,75 @@
       <c r="H216" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>363</v>
       </c>
       <c r="B217" t="s">
         <v>364</v>
       </c>
       <c r="C217" t="s">
         <v>45</v>
       </c>
       <c r="D217" t="s">
         <v>29</v>
       </c>
       <c r="E217" t="s">
         <v>30</v>
       </c>
       <c r="F217">
         <v>2009</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>365</v>
       </c>
       <c r="B218" t="s">
         <v>366</v>
       </c>
       <c r="C218" t="s">
         <v>28</v>
       </c>
       <c r="D218" t="s">
         <v>29</v>
       </c>
       <c r="E218" t="s">
         <v>30</v>
       </c>
       <c r="F218">
         <v>2009</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>367</v>
       </c>
       <c r="B219" t="s">
         <v>368</v>
       </c>
       <c r="C219" t="s">
         <v>45</v>
       </c>
       <c r="D219" t="s">
         <v>29</v>
       </c>
       <c r="E219" t="s">
         <v>30</v>
       </c>
       <c r="F219">
         <v>2009</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>12</v>
       </c>
@@ -8917,51 +8917,51 @@
       </c>
       <c r="G220" t="s">
         <v>87</v>
       </c>
       <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>371</v>
       </c>
       <c r="B221" t="s">
         <v>372</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
         <v>21</v>
       </c>
       <c r="F221">
         <v>2008</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>373</v>
       </c>
       <c r="B222" t="s">
         <v>374</v>
       </c>
       <c r="C222" t="s">
         <v>28</v>
       </c>
       <c r="D222" t="s">
         <v>29</v>
       </c>
       <c r="E222" t="s">
         <v>30</v>
       </c>
       <c r="F222">
         <v>2008</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>12</v>
       </c>
@@ -9013,51 +9013,51 @@
       <c r="H224" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>379</v>
       </c>
       <c r="B225" t="s">
         <v>380</v>
       </c>
       <c r="C225" t="s">
         <v>52</v>
       </c>
       <c r="D225" t="s">
         <v>29</v>
       </c>
       <c r="E225" t="s">
         <v>30</v>
       </c>
       <c r="F225">
         <v>2008</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>381</v>
       </c>
       <c r="B226" t="s">
         <v>382</v>
       </c>
       <c r="C226" t="s">
         <v>28</v>
       </c>
       <c r="D226" t="s">
         <v>29</v>
       </c>
       <c r="E226" t="s">
         <v>30</v>
       </c>
       <c r="F226">
         <v>2008</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>62</v>
       </c>
@@ -9267,215 +9267,215 @@
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>401</v>
       </c>
       <c r="B236" t="s">
         <v>402</v>
       </c>
       <c r="C236"/>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
         <v>21</v>
       </c>
       <c r="F236">
         <v>2007</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>403</v>
       </c>
       <c r="B237" t="s">
         <v>404</v>
       </c>
       <c r="C237"/>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
         <v>21</v>
       </c>
       <c r="F237">
         <v>2007</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>405</v>
       </c>
       <c r="B238" t="s">
         <v>406</v>
       </c>
       <c r="C238"/>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
         <v>21</v>
       </c>
       <c r="F238">
         <v>2007</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>407</v>
       </c>
       <c r="B239" t="s">
         <v>408</v>
       </c>
       <c r="C239" t="s">
         <v>28</v>
       </c>
       <c r="D239" t="s">
         <v>29</v>
       </c>
       <c r="E239" t="s">
         <v>30</v>
       </c>
       <c r="F239">
         <v>2007</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>409</v>
       </c>
       <c r="B240" t="s">
         <v>410</v>
       </c>
       <c r="C240" t="s">
         <v>28</v>
       </c>
       <c r="D240" t="s">
         <v>29</v>
       </c>
       <c r="E240" t="s">
         <v>30</v>
       </c>
       <c r="F240">
         <v>2007</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>411</v>
       </c>
       <c r="B241" t="s">
         <v>412</v>
       </c>
       <c r="C241" t="s">
         <v>28</v>
       </c>
       <c r="D241" t="s">
         <v>29</v>
       </c>
       <c r="E241" t="s">
         <v>30</v>
       </c>
       <c r="F241">
         <v>2007</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>413</v>
       </c>
       <c r="B242" t="s">
         <v>414</v>
       </c>
       <c r="C242" t="s">
         <v>45</v>
       </c>
       <c r="D242" t="s">
         <v>29</v>
       </c>
       <c r="E242" t="s">
         <v>30</v>
       </c>
       <c r="F242">
         <v>2007</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>415</v>
       </c>
       <c r="B243" t="s">
         <v>416</v>
       </c>
       <c r="C243" t="s">
         <v>28</v>
       </c>
       <c r="D243" t="s">
         <v>29</v>
       </c>
       <c r="E243" t="s">
         <v>30</v>
       </c>
       <c r="F243">
         <v>2007</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>417</v>
       </c>
       <c r="B244" t="s">
         <v>418</v>
       </c>
       <c r="C244" t="s">
         <v>40</v>
       </c>
       <c r="D244" t="s">
         <v>29</v>
       </c>
       <c r="E244" t="s">
         <v>30</v>
       </c>
       <c r="F244">
         <v>2007</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
         <v>31</v>
       </c>
@@ -9503,147 +9503,147 @@
       <c r="H245" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>421</v>
       </c>
       <c r="B246" t="s">
         <v>422</v>
       </c>
       <c r="C246" t="s">
         <v>28</v>
       </c>
       <c r="D246" t="s">
         <v>29</v>
       </c>
       <c r="E246" t="s">
         <v>30</v>
       </c>
       <c r="F246">
         <v>2007</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>423</v>
       </c>
       <c r="B247" t="s">
         <v>424</v>
       </c>
       <c r="C247" t="s">
         <v>28</v>
       </c>
       <c r="D247" t="s">
         <v>29</v>
       </c>
       <c r="E247" t="s">
         <v>30</v>
       </c>
       <c r="F247">
         <v>2007</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>425</v>
       </c>
       <c r="B248" t="s">
         <v>426</v>
       </c>
       <c r="C248" t="s">
         <v>28</v>
       </c>
       <c r="D248" t="s">
         <v>29</v>
       </c>
       <c r="E248" t="s">
         <v>30</v>
       </c>
       <c r="F248">
         <v>2007</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>427</v>
       </c>
       <c r="B249" t="s">
         <v>428</v>
       </c>
       <c r="C249" t="s">
         <v>28</v>
       </c>
       <c r="D249" t="s">
         <v>29</v>
       </c>
       <c r="E249" t="s">
         <v>30</v>
       </c>
       <c r="F249">
         <v>2007</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>429</v>
       </c>
       <c r="B250" t="s">
         <v>430</v>
       </c>
       <c r="C250" t="s">
         <v>28</v>
       </c>
       <c r="D250" t="s">
         <v>29</v>
       </c>
       <c r="E250" t="s">
         <v>30</v>
       </c>
       <c r="F250">
         <v>2007</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>431</v>
       </c>
       <c r="B251" t="s">
         <v>432</v>
       </c>
       <c r="C251" t="s">
         <v>28</v>
       </c>
       <c r="D251" t="s">
         <v>29</v>
       </c>
       <c r="E251" t="s">
         <v>30</v>
       </c>
       <c r="F251">
         <v>2007</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>189</v>
       </c>
@@ -9767,51 +9767,51 @@
       <c r="H256" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>443</v>
       </c>
       <c r="B257" t="s">
         <v>444</v>
       </c>
       <c r="C257" t="s">
         <v>28</v>
       </c>
       <c r="D257" t="s">
         <v>29</v>
       </c>
       <c r="E257" t="s">
         <v>30</v>
       </c>
       <c r="F257">
         <v>2007</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>445</v>
       </c>
       <c r="B258" t="s">
         <v>446</v>
       </c>
       <c r="C258"/>
       <c r="D258" t="s">
         <v>77</v>
       </c>
       <c r="E258" t="s">
         <v>21</v>
       </c>
       <c r="F258">
         <v>2006</v>
       </c>
       <c r="G258" t="s">
         <v>16</v>
       </c>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
@@ -9877,219 +9877,219 @@
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>453</v>
       </c>
       <c r="B262" t="s">
         <v>454</v>
       </c>
       <c r="C262"/>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
         <v>21</v>
       </c>
       <c r="F262">
         <v>2006</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>455</v>
       </c>
       <c r="B263" t="s">
         <v>456</v>
       </c>
       <c r="C263" t="s">
         <v>28</v>
       </c>
       <c r="D263" t="s">
         <v>29</v>
       </c>
       <c r="E263" t="s">
         <v>30</v>
       </c>
       <c r="F263">
         <v>2006</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>457</v>
       </c>
       <c r="B264" t="s">
         <v>458</v>
       </c>
       <c r="C264" t="s">
         <v>28</v>
       </c>
       <c r="D264" t="s">
         <v>29</v>
       </c>
       <c r="E264" t="s">
         <v>30</v>
       </c>
       <c r="F264">
         <v>2006</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>459</v>
       </c>
       <c r="B265" t="s">
         <v>460</v>
       </c>
       <c r="C265" t="s">
         <v>43</v>
       </c>
       <c r="D265" t="s">
         <v>29</v>
       </c>
       <c r="E265" t="s">
         <v>30</v>
       </c>
       <c r="F265">
         <v>2006</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>461</v>
       </c>
       <c r="B266" t="s">
         <v>462</v>
       </c>
       <c r="C266" t="s">
         <v>28</v>
       </c>
       <c r="D266" t="s">
         <v>29</v>
       </c>
       <c r="E266" t="s">
         <v>30</v>
       </c>
       <c r="F266">
         <v>2006</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>463</v>
       </c>
       <c r="B267" t="s">
         <v>464</v>
       </c>
       <c r="C267" t="s">
         <v>28</v>
       </c>
       <c r="D267" t="s">
         <v>29</v>
       </c>
       <c r="E267" t="s">
         <v>30</v>
       </c>
       <c r="F267">
         <v>2006</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>465</v>
       </c>
       <c r="B268" t="s">
         <v>466</v>
       </c>
       <c r="C268" t="s">
         <v>28</v>
       </c>
       <c r="D268" t="s">
         <v>29</v>
       </c>
       <c r="E268" t="s">
         <v>30</v>
       </c>
       <c r="F268">
         <v>2006</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>467</v>
       </c>
       <c r="B269" t="s">
         <v>468</v>
       </c>
       <c r="C269" t="s">
         <v>28</v>
       </c>
       <c r="D269" t="s">
         <v>29</v>
       </c>
       <c r="E269" t="s">
         <v>30</v>
       </c>
       <c r="F269">
         <v>2006</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>469</v>
       </c>
       <c r="B270" t="s">
         <v>470</v>
       </c>
       <c r="C270" t="s">
         <v>28</v>
       </c>
       <c r="D270" t="s">
         <v>29</v>
       </c>
       <c r="E270" t="s">
         <v>30</v>
       </c>
       <c r="F270">
         <v>2006</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
         <v>12</v>
       </c>
@@ -10117,51 +10117,51 @@
       <c r="H271" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>473</v>
       </c>
       <c r="B272" t="s">
         <v>474</v>
       </c>
       <c r="C272" t="s">
         <v>28</v>
       </c>
       <c r="D272" t="s">
         <v>29</v>
       </c>
       <c r="E272" t="s">
         <v>30</v>
       </c>
       <c r="F272">
         <v>2006</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>475</v>
       </c>
       <c r="B273" t="s">
         <v>476</v>
       </c>
       <c r="C273" t="s">
         <v>28</v>
       </c>
       <c r="D273" t="s">
         <v>29</v>
       </c>
       <c r="E273" t="s">
         <v>30</v>
       </c>
       <c r="F273">
         <v>2006</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>12</v>
       </c>
@@ -10375,243 +10375,243 @@
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>495</v>
       </c>
       <c r="B283" t="s">
         <v>496</v>
       </c>
       <c r="C283"/>
       <c r="D283" t="s">
         <v>77</v>
       </c>
       <c r="E283" t="s">
         <v>21</v>
       </c>
       <c r="F283">
         <v>2005</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>497</v>
       </c>
       <c r="B284" t="s">
         <v>498</v>
       </c>
       <c r="C284" t="s">
         <v>45</v>
       </c>
       <c r="D284" t="s">
         <v>29</v>
       </c>
       <c r="E284" t="s">
         <v>30</v>
       </c>
       <c r="F284">
         <v>2005</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>499</v>
       </c>
       <c r="B285" t="s">
         <v>500</v>
       </c>
       <c r="C285" t="s">
         <v>28</v>
       </c>
       <c r="D285" t="s">
         <v>29</v>
       </c>
       <c r="E285" t="s">
         <v>30</v>
       </c>
       <c r="F285">
         <v>2005</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>501</v>
       </c>
       <c r="B286" t="s">
         <v>502</v>
       </c>
       <c r="C286" t="s">
         <v>52</v>
       </c>
       <c r="D286" t="s">
         <v>29</v>
       </c>
       <c r="E286" t="s">
         <v>30</v>
       </c>
       <c r="F286">
         <v>2005</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>503</v>
       </c>
       <c r="B287" t="s">
         <v>504</v>
       </c>
       <c r="C287" t="s">
         <v>52</v>
       </c>
       <c r="D287" t="s">
         <v>29</v>
       </c>
       <c r="E287" t="s">
         <v>30</v>
       </c>
       <c r="F287">
         <v>2005</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>505</v>
       </c>
       <c r="B288" t="s">
         <v>506</v>
       </c>
       <c r="C288" t="s">
         <v>52</v>
       </c>
       <c r="D288" t="s">
         <v>29</v>
       </c>
       <c r="E288" t="s">
         <v>30</v>
       </c>
       <c r="F288">
         <v>2005</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>507</v>
       </c>
       <c r="B289" t="s">
         <v>508</v>
       </c>
       <c r="C289" t="s">
         <v>28</v>
       </c>
       <c r="D289" t="s">
         <v>29</v>
       </c>
       <c r="E289" t="s">
         <v>30</v>
       </c>
       <c r="F289">
         <v>2005</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>509</v>
       </c>
       <c r="B290" t="s">
         <v>510</v>
       </c>
       <c r="C290" t="s">
         <v>28</v>
       </c>
       <c r="D290" t="s">
         <v>29</v>
       </c>
       <c r="E290" t="s">
         <v>30</v>
       </c>
       <c r="F290">
         <v>2005</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>511</v>
       </c>
       <c r="B291" t="s">
         <v>512</v>
       </c>
       <c r="C291" t="s">
         <v>28</v>
       </c>
       <c r="D291" t="s">
         <v>29</v>
       </c>
       <c r="E291" t="s">
         <v>30</v>
       </c>
       <c r="F291">
         <v>2005</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>513</v>
       </c>
       <c r="B292" t="s">
         <v>514</v>
       </c>
       <c r="C292" t="s">
         <v>52</v>
       </c>
       <c r="D292" t="s">
         <v>29</v>
       </c>
       <c r="E292" t="s">
         <v>30</v>
       </c>
       <c r="F292">
         <v>2005</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>12</v>
       </c>
@@ -10663,147 +10663,147 @@
       <c r="H294" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>519</v>
       </c>
       <c r="B295" t="s">
         <v>520</v>
       </c>
       <c r="C295" t="s">
         <v>28</v>
       </c>
       <c r="D295" t="s">
         <v>29</v>
       </c>
       <c r="E295" t="s">
         <v>30</v>
       </c>
       <c r="F295">
         <v>2005</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>521</v>
       </c>
       <c r="B296" t="s">
         <v>522</v>
       </c>
       <c r="C296" t="s">
         <v>28</v>
       </c>
       <c r="D296" t="s">
         <v>29</v>
       </c>
       <c r="E296" t="s">
         <v>30</v>
       </c>
       <c r="F296">
         <v>2005</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>523</v>
       </c>
       <c r="B297" t="s">
         <v>524</v>
       </c>
       <c r="C297" t="s">
         <v>28</v>
       </c>
       <c r="D297" t="s">
         <v>29</v>
       </c>
       <c r="E297" t="s">
         <v>30</v>
       </c>
       <c r="F297">
         <v>2005</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>525</v>
       </c>
       <c r="B298" t="s">
         <v>526</v>
       </c>
       <c r="C298" t="s">
         <v>28</v>
       </c>
       <c r="D298" t="s">
         <v>29</v>
       </c>
       <c r="E298" t="s">
         <v>30</v>
       </c>
       <c r="F298">
         <v>2005</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>527</v>
       </c>
       <c r="B299" t="s">
         <v>528</v>
       </c>
       <c r="C299" t="s">
         <v>28</v>
       </c>
       <c r="D299" t="s">
         <v>29</v>
       </c>
       <c r="E299" t="s">
         <v>30</v>
       </c>
       <c r="F299">
         <v>2005</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>529</v>
       </c>
       <c r="B300" t="s">
         <v>530</v>
       </c>
       <c r="C300" t="s">
         <v>28</v>
       </c>
       <c r="D300" t="s">
         <v>29</v>
       </c>
       <c r="E300" t="s">
         <v>30</v>
       </c>
       <c r="F300">
         <v>2005</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>12</v>
       </c>
@@ -10923,51 +10923,51 @@
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>541</v>
       </c>
       <c r="B306" t="s">
         <v>542</v>
       </c>
       <c r="C306"/>
       <c r="D306" t="s">
         <v>20</v>
       </c>
       <c r="E306" t="s">
         <v>21</v>
       </c>
       <c r="F306">
         <v>2004</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>543</v>
       </c>
       <c r="B307" t="s">
         <v>544</v>
       </c>
       <c r="C307" t="s">
         <v>28</v>
       </c>
       <c r="D307" t="s">
         <v>29</v>
       </c>
       <c r="E307" t="s">
         <v>30</v>
       </c>
       <c r="F307">
         <v>2004</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>12</v>
       </c>
@@ -11019,75 +11019,75 @@
       <c r="H309" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>549</v>
       </c>
       <c r="B310" t="s">
         <v>550</v>
       </c>
       <c r="C310" t="s">
         <v>28</v>
       </c>
       <c r="D310" t="s">
         <v>29</v>
       </c>
       <c r="E310" t="s">
         <v>30</v>
       </c>
       <c r="F310">
         <v>2004</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>551</v>
       </c>
       <c r="B311" t="s">
         <v>552</v>
       </c>
       <c r="C311" t="s">
         <v>28</v>
       </c>
       <c r="D311" t="s">
         <v>29</v>
       </c>
       <c r="E311" t="s">
         <v>30</v>
       </c>
       <c r="F311">
         <v>2004</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>553</v>
       </c>
       <c r="B312" t="s">
         <v>554</v>
       </c>
       <c r="C312" t="s">
         <v>28</v>
       </c>
       <c r="D312" t="s">
         <v>29</v>
       </c>
       <c r="E312" t="s">
         <v>30</v>
       </c>
       <c r="F312">
         <v>2004</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>163</v>
       </c>
@@ -11557,51 +11557,51 @@
       <c r="H332" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>592</v>
       </c>
       <c r="B333" t="s">
         <v>593</v>
       </c>
       <c r="C333" t="s">
         <v>28</v>
       </c>
       <c r="D333" t="s">
         <v>29</v>
       </c>
       <c r="E333" t="s">
         <v>30</v>
       </c>
       <c r="F333">
         <v>2003</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>594</v>
       </c>
       <c r="B334" t="s">
         <v>595</v>
       </c>
       <c r="C334" t="s">
         <v>45</v>
       </c>
       <c r="D334" t="s">
         <v>29</v>
       </c>
       <c r="E334" t="s">
         <v>30</v>
       </c>
       <c r="F334">
         <v>2003</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>17</v>
       </c>
@@ -11749,51 +11749,51 @@
       <c r="H340" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>606</v>
       </c>
       <c r="B341" t="s">
         <v>607</v>
       </c>
       <c r="C341" t="s">
         <v>28</v>
       </c>
       <c r="D341" t="s">
         <v>29</v>
       </c>
       <c r="E341" t="s">
         <v>30</v>
       </c>
       <c r="F341">
         <v>2003</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>608</v>
       </c>
       <c r="B342" t="s">
         <v>609</v>
       </c>
       <c r="C342" t="s">
         <v>28</v>
       </c>
       <c r="D342" t="s">
         <v>29</v>
       </c>
       <c r="E342" t="s">
         <v>30</v>
       </c>
       <c r="F342">
         <v>2003</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
         <v>12</v>
       </c>
@@ -12059,219 +12059,219 @@
       <c r="H353" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>632</v>
       </c>
       <c r="B354" t="s">
         <v>633</v>
       </c>
       <c r="C354" t="s">
         <v>52</v>
       </c>
       <c r="D354" t="s">
         <v>29</v>
       </c>
       <c r="E354" t="s">
         <v>30</v>
       </c>
       <c r="F354">
         <v>2002</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>634</v>
       </c>
       <c r="B355" t="s">
         <v>635</v>
       </c>
       <c r="C355" t="s">
         <v>28</v>
       </c>
       <c r="D355" t="s">
         <v>29</v>
       </c>
       <c r="E355" t="s">
         <v>30</v>
       </c>
       <c r="F355">
         <v>2002</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>636</v>
       </c>
       <c r="B356" t="s">
         <v>637</v>
       </c>
       <c r="C356" t="s">
         <v>28</v>
       </c>
       <c r="D356" t="s">
         <v>29</v>
       </c>
       <c r="E356" t="s">
         <v>30</v>
       </c>
       <c r="F356">
         <v>2002</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>638</v>
       </c>
       <c r="B357" t="s">
         <v>639</v>
       </c>
       <c r="C357" t="s">
         <v>45</v>
       </c>
       <c r="D357" t="s">
         <v>29</v>
       </c>
       <c r="E357" t="s">
         <v>30</v>
       </c>
       <c r="F357">
         <v>2002</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>640</v>
       </c>
       <c r="B358" t="s">
         <v>641</v>
       </c>
       <c r="C358" t="s">
         <v>45</v>
       </c>
       <c r="D358" t="s">
         <v>29</v>
       </c>
       <c r="E358" t="s">
         <v>30</v>
       </c>
       <c r="F358">
         <v>2002</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>642</v>
       </c>
       <c r="B359" t="s">
         <v>643</v>
       </c>
       <c r="C359" t="s">
         <v>45</v>
       </c>
       <c r="D359" t="s">
         <v>29</v>
       </c>
       <c r="E359" t="s">
         <v>30</v>
       </c>
       <c r="F359">
         <v>2002</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>644</v>
       </c>
       <c r="B360" t="s">
         <v>645</v>
       </c>
       <c r="C360" t="s">
         <v>28</v>
       </c>
       <c r="D360" t="s">
         <v>29</v>
       </c>
       <c r="E360" t="s">
         <v>30</v>
       </c>
       <c r="F360">
         <v>2002</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>646</v>
       </c>
       <c r="B361" t="s">
         <v>647</v>
       </c>
       <c r="C361" t="s">
         <v>28</v>
       </c>
       <c r="D361" t="s">
         <v>29</v>
       </c>
       <c r="E361" t="s">
         <v>30</v>
       </c>
       <c r="F361">
         <v>2002</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>648</v>
       </c>
       <c r="B362" t="s">
         <v>649</v>
       </c>
       <c r="C362" t="s">
         <v>28</v>
       </c>
       <c r="D362" t="s">
         <v>29</v>
       </c>
       <c r="E362" t="s">
         <v>30</v>
       </c>
       <c r="F362">
         <v>2002</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
         <v>48</v>
       </c>
@@ -12605,333 +12605,333 @@
       <c r="F376">
         <v>2002</v>
       </c>
       <c r="G376"/>
       <c r="H376"/>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>678</v>
       </c>
       <c r="B377" t="s">
         <v>679</v>
       </c>
       <c r="C377"/>
       <c r="D377" t="s">
         <v>20</v>
       </c>
       <c r="E377" t="s">
         <v>21</v>
       </c>
       <c r="F377">
         <v>2001</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>680</v>
       </c>
       <c r="B378" t="s">
         <v>679</v>
       </c>
       <c r="C378"/>
       <c r="D378" t="s">
         <v>20</v>
       </c>
       <c r="E378" t="s">
         <v>21</v>
       </c>
       <c r="F378">
         <v>2001</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>681</v>
       </c>
       <c r="B379" t="s">
         <v>682</v>
       </c>
       <c r="C379" t="s">
         <v>28</v>
       </c>
       <c r="D379" t="s">
         <v>29</v>
       </c>
       <c r="E379" t="s">
         <v>30</v>
       </c>
       <c r="F379">
         <v>2001</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>683</v>
       </c>
       <c r="B380" t="s">
         <v>684</v>
       </c>
       <c r="C380" t="s">
         <v>28</v>
       </c>
       <c r="D380" t="s">
         <v>29</v>
       </c>
       <c r="E380" t="s">
         <v>30</v>
       </c>
       <c r="F380">
         <v>2001</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>685</v>
       </c>
       <c r="B381" t="s">
         <v>595</v>
       </c>
       <c r="C381" t="s">
         <v>45</v>
       </c>
       <c r="D381" t="s">
         <v>29</v>
       </c>
       <c r="E381" t="s">
         <v>30</v>
       </c>
       <c r="F381">
         <v>2001</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>686</v>
       </c>
       <c r="B382" t="s">
         <v>687</v>
       </c>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382" t="s">
         <v>30</v>
       </c>
       <c r="F382">
         <v>2001</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>688</v>
       </c>
       <c r="B383" t="s">
         <v>595</v>
       </c>
       <c r="C383" t="s">
         <v>45</v>
       </c>
       <c r="D383" t="s">
         <v>29</v>
       </c>
       <c r="E383" t="s">
         <v>30</v>
       </c>
       <c r="F383">
         <v>2001</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>689</v>
       </c>
       <c r="B384" t="s">
         <v>690</v>
       </c>
       <c r="C384" t="s">
         <v>28</v>
       </c>
       <c r="D384" t="s">
         <v>29</v>
       </c>
       <c r="E384" t="s">
         <v>30</v>
       </c>
       <c r="F384">
         <v>2001</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>691</v>
       </c>
       <c r="B385" t="s">
         <v>692</v>
       </c>
       <c r="C385" t="s">
         <v>52</v>
       </c>
       <c r="D385" t="s">
         <v>29</v>
       </c>
       <c r="E385" t="s">
         <v>30</v>
       </c>
       <c r="F385">
         <v>2001</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>693</v>
       </c>
       <c r="B386" t="s">
         <v>694</v>
       </c>
       <c r="C386" t="s">
         <v>45</v>
       </c>
       <c r="D386" t="s">
         <v>29</v>
       </c>
       <c r="E386" t="s">
         <v>30</v>
       </c>
       <c r="F386">
         <v>2001</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>695</v>
       </c>
       <c r="B387" t="s">
         <v>696</v>
       </c>
       <c r="C387" t="s">
         <v>28</v>
       </c>
       <c r="D387" t="s">
         <v>29</v>
       </c>
       <c r="E387" t="s">
         <v>30</v>
       </c>
       <c r="F387">
         <v>2001</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>697</v>
       </c>
       <c r="B388" t="s">
         <v>698</v>
       </c>
       <c r="C388" t="s">
         <v>28</v>
       </c>
       <c r="D388" t="s">
         <v>29</v>
       </c>
       <c r="E388" t="s">
         <v>30</v>
       </c>
       <c r="F388">
         <v>2001</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>699</v>
       </c>
       <c r="B389" t="s">
         <v>700</v>
       </c>
       <c r="C389" t="s">
         <v>28</v>
       </c>
       <c r="D389" t="s">
         <v>29</v>
       </c>
       <c r="E389" t="s">
         <v>30</v>
       </c>
       <c r="F389">
         <v>2001</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>701</v>
       </c>
       <c r="B390" t="s">
         <v>702</v>
       </c>
       <c r="C390" t="s">
         <v>28</v>
       </c>
       <c r="D390" t="s">
         <v>29</v>
       </c>
       <c r="E390" t="s">
         <v>30</v>
       </c>
       <c r="F390">
         <v>2001</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>38</v>
       </c>
@@ -13029,51 +13029,51 @@
         <v>87</v>
       </c>
       <c r="H394"/>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>123456</v>
       </c>
       <c r="B395" t="s">
         <v>711</v>
       </c>
       <c r="C395"/>
       <c r="D395" t="s">
         <v>360</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395">
         <v>2000</v>
       </c>
       <c r="G395" t="s">
         <v>87</v>
       </c>
       <c r="H395" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>712</v>
       </c>
       <c r="B396" t="s">
         <v>713</v>
       </c>
       <c r="C396"/>
       <c r="D396"/>
       <c r="E396" t="s">
         <v>41</v>
       </c>
       <c r="F396">
         <v>2000</v>
       </c>
       <c r="G396" t="s">
         <v>87</v>
       </c>
       <c r="H396" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="397" spans="1:8">
@@ -13119,131 +13119,131 @@
       <c r="H398" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>718</v>
       </c>
       <c r="B399" t="s">
         <v>719</v>
       </c>
       <c r="C399" t="s">
         <v>28</v>
       </c>
       <c r="D399" t="s">
         <v>29</v>
       </c>
       <c r="E399" t="s">
         <v>30</v>
       </c>
       <c r="F399">
         <v>2000</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>720</v>
       </c>
       <c r="B400" t="s">
         <v>721</v>
       </c>
       <c r="C400"/>
       <c r="D400"/>
       <c r="E400" t="s">
         <v>30</v>
       </c>
       <c r="F400">
         <v>2000</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>720</v>
       </c>
       <c r="B401" t="s">
         <v>721</v>
       </c>
       <c r="C401"/>
       <c r="D401"/>
       <c r="E401" t="s">
         <v>30</v>
       </c>
       <c r="F401">
         <v>2000</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>722</v>
       </c>
       <c r="B402" t="s">
         <v>723</v>
       </c>
       <c r="C402"/>
       <c r="D402"/>
       <c r="E402" t="s">
         <v>30</v>
       </c>
       <c r="F402">
         <v>2000</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>722</v>
       </c>
       <c r="B403" t="s">
         <v>723</v>
       </c>
       <c r="C403"/>
       <c r="D403"/>
       <c r="E403" t="s">
         <v>30</v>
       </c>
       <c r="F403">
         <v>2000</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>724</v>
       </c>
       <c r="B404" t="s">
         <v>725</v>
       </c>
       <c r="C404"/>
       <c r="D404"/>
       <c r="E404" t="s">
         <v>30</v>
       </c>
       <c r="F404">
         <v>2000</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>724</v>
@@ -13259,51 +13259,51 @@
       <c r="F405">
         <v>2000</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>724</v>
       </c>
       <c r="B406" t="s">
         <v>725</v>
       </c>
       <c r="C406"/>
       <c r="D406"/>
       <c r="E406" t="s">
         <v>30</v>
       </c>
       <c r="F406">
         <v>2000</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>726</v>
       </c>
       <c r="B407" t="s">
         <v>727</v>
       </c>
       <c r="C407" t="s">
         <v>52</v>
       </c>
       <c r="D407" t="s">
         <v>29</v>
       </c>
       <c r="E407" t="s">
         <v>30</v>
       </c>
       <c r="F407">
         <v>2000</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>12</v>
       </c>
@@ -13619,51 +13619,51 @@
       <c r="H420" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>754</v>
       </c>
       <c r="B421" t="s">
         <v>755</v>
       </c>
       <c r="C421" t="s">
         <v>28</v>
       </c>
       <c r="D421" t="s">
         <v>29</v>
       </c>
       <c r="E421" t="s">
         <v>30</v>
       </c>
       <c r="F421">
         <v>2000</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>756</v>
       </c>
       <c r="B422" t="s">
         <v>757</v>
       </c>
       <c r="C422" t="s">
         <v>28</v>
       </c>
       <c r="D422" t="s">
         <v>29</v>
       </c>
       <c r="E422" t="s">
         <v>30</v>
       </c>
       <c r="F422">
         <v>2000</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>12</v>
       </c>
@@ -13803,75 +13803,75 @@
       <c r="H428" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>769</v>
       </c>
       <c r="B429" t="s">
         <v>770</v>
       </c>
       <c r="C429" t="s">
         <v>28</v>
       </c>
       <c r="D429" t="s">
         <v>29</v>
       </c>
       <c r="E429" t="s">
         <v>30</v>
       </c>
       <c r="F429">
         <v>1999</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>771</v>
       </c>
       <c r="B430" t="s">
         <v>772</v>
       </c>
       <c r="C430" t="s">
         <v>28</v>
       </c>
       <c r="D430" t="s">
         <v>29</v>
       </c>
       <c r="E430" t="s">
         <v>30</v>
       </c>
       <c r="F430">
         <v>1999</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>773</v>
       </c>
       <c r="B431" t="s">
         <v>774</v>
       </c>
       <c r="C431" t="s">
         <v>45</v>
       </c>
       <c r="D431" t="s">
         <v>29</v>
       </c>
       <c r="E431" t="s">
         <v>30</v>
       </c>
       <c r="F431">
         <v>1999</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
         <v>48</v>
       </c>
@@ -14115,51 +14115,51 @@
       <c r="H441" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>795</v>
       </c>
       <c r="B442" t="s">
         <v>796</v>
       </c>
       <c r="C442" t="s">
         <v>28</v>
       </c>
       <c r="D442" t="s">
         <v>29</v>
       </c>
       <c r="E442" t="s">
         <v>30</v>
       </c>
       <c r="F442">
         <v>1999</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>797</v>
       </c>
       <c r="B443" t="s">
         <v>798</v>
       </c>
       <c r="C443" t="s">
         <v>28</v>
       </c>
       <c r="D443" t="s">
         <v>29</v>
       </c>
       <c r="E443" t="s">
         <v>30</v>
       </c>
       <c r="F443">
         <v>1999</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
         <v>99</v>
       </c>
@@ -14377,121 +14377,121 @@
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>817</v>
       </c>
       <c r="B453" t="s">
         <v>818</v>
       </c>
       <c r="C453"/>
       <c r="D453" t="s">
         <v>20</v>
       </c>
       <c r="E453" t="s">
         <v>21</v>
       </c>
       <c r="F453">
         <v>1998</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>819</v>
       </c>
       <c r="B454" t="s">
         <v>820</v>
       </c>
       <c r="C454"/>
       <c r="D454" t="s">
         <v>20</v>
       </c>
       <c r="E454" t="s">
         <v>21</v>
       </c>
       <c r="F454">
         <v>1998</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>821</v>
       </c>
       <c r="B455" t="s">
         <v>822</v>
       </c>
       <c r="C455" t="s">
         <v>52</v>
       </c>
       <c r="D455" t="s">
         <v>29</v>
       </c>
       <c r="E455" t="s">
         <v>30</v>
       </c>
       <c r="F455">
         <v>1998</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>823</v>
       </c>
       <c r="B456" t="s">
         <v>824</v>
       </c>
       <c r="C456" t="s">
         <v>28</v>
       </c>
       <c r="D456" t="s">
         <v>29</v>
       </c>
       <c r="E456" t="s">
         <v>30</v>
       </c>
       <c r="F456">
         <v>1998</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>825</v>
       </c>
       <c r="B457" t="s">
         <v>826</v>
       </c>
       <c r="C457" t="s">
         <v>45</v>
       </c>
       <c r="D457" t="s">
         <v>29</v>
       </c>
       <c r="E457" t="s">
         <v>30</v>
       </c>
       <c r="F457">
         <v>1998</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>48</v>
       </c>
@@ -14519,71 +14519,71 @@
       <c r="H458" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>827</v>
       </c>
       <c r="B459" t="s">
         <v>828</v>
       </c>
       <c r="C459" t="s">
         <v>45</v>
       </c>
       <c r="D459" t="s">
         <v>29</v>
       </c>
       <c r="E459" t="s">
         <v>30</v>
       </c>
       <c r="F459">
         <v>1998</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>829</v>
       </c>
       <c r="B460" t="s">
         <v>830</v>
       </c>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460" t="s">
         <v>30</v>
       </c>
       <c r="F460">
         <v>1998</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>829</v>
       </c>
       <c r="B461" t="s">
         <v>830</v>
       </c>
       <c r="C461"/>
       <c r="D461"/>
       <c r="E461" t="s">
         <v>30</v>
       </c>
       <c r="F461">
         <v>1998</v>
       </c>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>831</v>
@@ -14679,219 +14679,219 @@
       <c r="H465" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>839</v>
       </c>
       <c r="B466" t="s">
         <v>840</v>
       </c>
       <c r="C466" t="s">
         <v>52</v>
       </c>
       <c r="D466" t="s">
         <v>29</v>
       </c>
       <c r="E466" t="s">
         <v>30</v>
       </c>
       <c r="F466">
         <v>1998</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>841</v>
       </c>
       <c r="B467" t="s">
         <v>842</v>
       </c>
       <c r="C467" t="s">
         <v>45</v>
       </c>
       <c r="D467" t="s">
         <v>29</v>
       </c>
       <c r="E467" t="s">
         <v>30</v>
       </c>
       <c r="F467">
         <v>1998</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>843</v>
       </c>
       <c r="B468" t="s">
         <v>844</v>
       </c>
       <c r="C468" t="s">
         <v>28</v>
       </c>
       <c r="D468" t="s">
         <v>29</v>
       </c>
       <c r="E468" t="s">
         <v>30</v>
       </c>
       <c r="F468">
         <v>1998</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>845</v>
       </c>
       <c r="B469" t="s">
         <v>846</v>
       </c>
       <c r="C469" t="s">
         <v>28</v>
       </c>
       <c r="D469" t="s">
         <v>29</v>
       </c>
       <c r="E469" t="s">
         <v>30</v>
       </c>
       <c r="F469">
         <v>1998</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>847</v>
       </c>
       <c r="B470" t="s">
         <v>848</v>
       </c>
       <c r="C470" t="s">
         <v>28</v>
       </c>
       <c r="D470" t="s">
         <v>29</v>
       </c>
       <c r="E470" t="s">
         <v>30</v>
       </c>
       <c r="F470">
         <v>1998</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>849</v>
       </c>
       <c r="B471" t="s">
         <v>850</v>
       </c>
       <c r="C471" t="s">
         <v>28</v>
       </c>
       <c r="D471" t="s">
         <v>29</v>
       </c>
       <c r="E471" t="s">
         <v>30</v>
       </c>
       <c r="F471">
         <v>1998</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>851</v>
       </c>
       <c r="B472" t="s">
         <v>852</v>
       </c>
       <c r="C472" t="s">
         <v>28</v>
       </c>
       <c r="D472" t="s">
         <v>29</v>
       </c>
       <c r="E472" t="s">
         <v>30</v>
       </c>
       <c r="F472">
         <v>1998</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>853</v>
       </c>
       <c r="B473" t="s">
         <v>854</v>
       </c>
       <c r="C473" t="s">
         <v>28</v>
       </c>
       <c r="D473" t="s">
         <v>29</v>
       </c>
       <c r="E473" t="s">
         <v>30</v>
       </c>
       <c r="F473">
         <v>1998</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>855</v>
       </c>
       <c r="B474" t="s">
         <v>856</v>
       </c>
       <c r="C474"/>
       <c r="D474"/>
       <c r="E474" t="s">
         <v>41</v>
       </c>
       <c r="F474">
         <v>1997</v>
       </c>
       <c r="G474" t="s">
         <v>87</v>
       </c>
       <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>857</v>
@@ -14937,51 +14937,51 @@
       <c r="H476" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>861</v>
       </c>
       <c r="B477" t="s">
         <v>862</v>
       </c>
       <c r="C477" t="s">
         <v>28</v>
       </c>
       <c r="D477" t="s">
         <v>29</v>
       </c>
       <c r="E477" t="s">
         <v>30</v>
       </c>
       <c r="F477">
         <v>1997</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>863</v>
       </c>
       <c r="B478" t="s">
         <v>864</v>
       </c>
       <c r="C478" t="s">
         <v>52</v>
       </c>
       <c r="D478" t="s">
         <v>29</v>
       </c>
       <c r="E478" t="s">
         <v>30</v>
       </c>
       <c r="F478">
         <v>1997</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
         <v>12</v>
       </c>
@@ -15009,51 +15009,51 @@
       <c r="H479" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>867</v>
       </c>
       <c r="B480" t="s">
         <v>868</v>
       </c>
       <c r="C480" t="s">
         <v>28</v>
       </c>
       <c r="D480" t="s">
         <v>29</v>
       </c>
       <c r="E480" t="s">
         <v>30</v>
       </c>
       <c r="F480">
         <v>1997</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>869</v>
       </c>
       <c r="B481" t="s">
         <v>870</v>
       </c>
       <c r="C481" t="s">
         <v>28</v>
       </c>
       <c r="D481" t="s">
         <v>29</v>
       </c>
       <c r="E481" t="s">
         <v>30</v>
       </c>
       <c r="F481">
         <v>1997</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
         <v>189</v>
       </c>
@@ -15389,123 +15389,123 @@
       <c r="H495" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>899</v>
       </c>
       <c r="B496" t="s">
         <v>900</v>
       </c>
       <c r="C496" t="s">
         <v>28</v>
       </c>
       <c r="D496" t="s">
         <v>29</v>
       </c>
       <c r="E496" t="s">
         <v>30</v>
       </c>
       <c r="F496">
         <v>1995</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>901</v>
       </c>
       <c r="B497" t="s">
         <v>902</v>
       </c>
       <c r="C497" t="s">
         <v>28</v>
       </c>
       <c r="D497" t="s">
         <v>29</v>
       </c>
       <c r="E497" t="s">
         <v>30</v>
       </c>
       <c r="F497">
         <v>1995</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>903</v>
       </c>
       <c r="B498" t="s">
         <v>904</v>
       </c>
       <c r="C498" t="s">
         <v>52</v>
       </c>
       <c r="D498" t="s">
         <v>29</v>
       </c>
       <c r="E498" t="s">
         <v>30</v>
       </c>
       <c r="F498">
         <v>1995</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>905</v>
       </c>
       <c r="B499" t="s">
         <v>906</v>
       </c>
       <c r="C499" t="s">
         <v>28</v>
       </c>
       <c r="D499" t="s">
         <v>29</v>
       </c>
       <c r="E499" t="s">
         <v>30</v>
       </c>
       <c r="F499">
         <v>1995</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>907</v>
       </c>
       <c r="B500" t="s">
         <v>908</v>
       </c>
       <c r="C500" t="s">
         <v>52</v>
       </c>
       <c r="D500" t="s">
         <v>29</v>
       </c>
       <c r="E500" t="s">
         <v>30</v>
       </c>
       <c r="F500">
         <v>1995</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>12</v>
       </c>
@@ -15533,285 +15533,285 @@
       <c r="H501" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>911</v>
       </c>
       <c r="B502" t="s">
         <v>912</v>
       </c>
       <c r="C502" t="s">
         <v>45</v>
       </c>
       <c r="D502" t="s">
         <v>29</v>
       </c>
       <c r="E502" t="s">
         <v>30</v>
       </c>
       <c r="F502">
         <v>1995</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>913</v>
       </c>
       <c r="B503" t="s">
         <v>914</v>
       </c>
       <c r="C503" t="s">
         <v>28</v>
       </c>
       <c r="D503" t="s">
         <v>29</v>
       </c>
       <c r="E503" t="s">
         <v>30</v>
       </c>
       <c r="F503">
         <v>1995</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>915</v>
       </c>
       <c r="B504" t="s">
         <v>916</v>
       </c>
       <c r="C504" t="s">
         <v>28</v>
       </c>
       <c r="D504" t="s">
         <v>29</v>
       </c>
       <c r="E504" t="s">
         <v>30</v>
       </c>
       <c r="F504">
         <v>1995</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>917</v>
       </c>
       <c r="B505" t="s">
         <v>918</v>
       </c>
       <c r="C505" t="s">
         <v>127</v>
       </c>
       <c r="D505" t="s">
         <v>128</v>
       </c>
       <c r="E505" t="s">
         <v>30</v>
       </c>
       <c r="F505">
         <v>1995</v>
       </c>
       <c r="G505"/>
       <c r="H505"/>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>919</v>
       </c>
       <c r="B506" t="s">
         <v>920</v>
       </c>
       <c r="C506"/>
       <c r="D506" t="s">
         <v>20</v>
       </c>
       <c r="E506" t="s">
         <v>21</v>
       </c>
       <c r="F506">
         <v>1994</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>921</v>
       </c>
       <c r="B507" t="s">
         <v>922</v>
       </c>
       <c r="C507"/>
       <c r="D507" t="s">
         <v>20</v>
       </c>
       <c r="E507" t="s">
         <v>21</v>
       </c>
       <c r="F507">
         <v>1994</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>923</v>
       </c>
       <c r="B508" t="s">
         <v>924</v>
       </c>
       <c r="C508" t="s">
         <v>28</v>
       </c>
       <c r="D508" t="s">
         <v>29</v>
       </c>
       <c r="E508" t="s">
         <v>30</v>
       </c>
       <c r="F508">
         <v>1994</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>925</v>
       </c>
       <c r="B509" t="s">
         <v>926</v>
       </c>
       <c r="C509" t="s">
         <v>28</v>
       </c>
       <c r="D509" t="s">
         <v>29</v>
       </c>
       <c r="E509" t="s">
         <v>30</v>
       </c>
       <c r="F509">
         <v>1994</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>927</v>
       </c>
       <c r="B510" t="s">
         <v>928</v>
       </c>
       <c r="C510" t="s">
         <v>28</v>
       </c>
       <c r="D510" t="s">
         <v>29</v>
       </c>
       <c r="E510" t="s">
         <v>30</v>
       </c>
       <c r="F510">
         <v>1994</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>929</v>
       </c>
       <c r="B511" t="s">
         <v>930</v>
       </c>
       <c r="C511" t="s">
         <v>45</v>
       </c>
       <c r="D511" t="s">
         <v>29</v>
       </c>
       <c r="E511" t="s">
         <v>30</v>
       </c>
       <c r="F511">
         <v>1994</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>931</v>
       </c>
       <c r="B512" t="s">
         <v>932</v>
       </c>
       <c r="C512" t="s">
         <v>28</v>
       </c>
       <c r="D512" t="s">
         <v>29</v>
       </c>
       <c r="E512" t="s">
         <v>30</v>
       </c>
       <c r="F512">
         <v>1994</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>933</v>
       </c>
       <c r="B513" t="s">
         <v>934</v>
       </c>
       <c r="C513" t="s">
         <v>28</v>
       </c>
       <c r="D513" t="s">
         <v>29</v>
       </c>
       <c r="E513" t="s">
         <v>30</v>
       </c>
       <c r="F513">
         <v>1994</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
         <v>12</v>
       </c>
@@ -16031,51 +16031,51 @@
       <c r="H522" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>953</v>
       </c>
       <c r="B523" t="s">
         <v>954</v>
       </c>
       <c r="C523" t="s">
         <v>28</v>
       </c>
       <c r="D523" t="s">
         <v>29</v>
       </c>
       <c r="E523" t="s">
         <v>30</v>
       </c>
       <c r="F523">
         <v>1994</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>955</v>
       </c>
       <c r="B524" t="s">
         <v>956</v>
       </c>
       <c r="C524" t="s">
         <v>28</v>
       </c>
       <c r="D524" t="s">
         <v>29</v>
       </c>
       <c r="E524" t="s">
         <v>30</v>
       </c>
       <c r="F524">
         <v>1994</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
         <v>62</v>
       </c>
@@ -16331,121 +16331,121 @@
       </c>
       <c r="G535" t="s">
         <v>87</v>
       </c>
       <c r="H535"/>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>979</v>
       </c>
       <c r="B536" t="s">
         <v>980</v>
       </c>
       <c r="C536"/>
       <c r="D536" t="s">
         <v>20</v>
       </c>
       <c r="E536" t="s">
         <v>21</v>
       </c>
       <c r="F536">
         <v>1992</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>981</v>
       </c>
       <c r="B537" t="s">
         <v>982</v>
       </c>
       <c r="C537"/>
       <c r="D537" t="s">
         <v>20</v>
       </c>
       <c r="E537" t="s">
         <v>21</v>
       </c>
       <c r="F537">
         <v>1992</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>983</v>
       </c>
       <c r="B538" t="s">
         <v>984</v>
       </c>
       <c r="C538" t="s">
         <v>28</v>
       </c>
       <c r="D538" t="s">
         <v>29</v>
       </c>
       <c r="E538" t="s">
         <v>30</v>
       </c>
       <c r="F538">
         <v>1992</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>985</v>
       </c>
       <c r="B539" t="s">
         <v>986</v>
       </c>
       <c r="C539" t="s">
         <v>45</v>
       </c>
       <c r="D539" t="s">
         <v>29</v>
       </c>
       <c r="E539" t="s">
         <v>30</v>
       </c>
       <c r="F539">
         <v>1992</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>987</v>
       </c>
       <c r="B540" t="s">
         <v>988</v>
       </c>
       <c r="C540" t="s">
         <v>28</v>
       </c>
       <c r="D540" t="s">
         <v>29</v>
       </c>
       <c r="E540" t="s">
         <v>30</v>
       </c>
       <c r="F540">
         <v>1992</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
         <v>62</v>
       </c>
@@ -16473,99 +16473,99 @@
       <c r="H541" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>991</v>
       </c>
       <c r="B542" t="s">
         <v>992</v>
       </c>
       <c r="C542" t="s">
         <v>28</v>
       </c>
       <c r="D542" t="s">
         <v>29</v>
       </c>
       <c r="E542" t="s">
         <v>30</v>
       </c>
       <c r="F542">
         <v>1991</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>993</v>
       </c>
       <c r="B543" t="s">
         <v>994</v>
       </c>
       <c r="C543" t="s">
         <v>45</v>
       </c>
       <c r="D543" t="s">
         <v>29</v>
       </c>
       <c r="E543" t="s">
         <v>30</v>
       </c>
       <c r="F543">
         <v>1991</v>
       </c>
       <c r="G543"/>
       <c r="H543" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>993</v>
       </c>
       <c r="B544" t="s">
         <v>994</v>
       </c>
       <c r="C544" t="s">
         <v>45</v>
       </c>
       <c r="D544" t="s">
         <v>29</v>
       </c>
       <c r="E544" t="s">
         <v>30</v>
       </c>
       <c r="F544">
         <v>1991</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>995</v>
       </c>
       <c r="B545" t="s">
         <v>996</v>
       </c>
       <c r="C545" t="s">
         <v>28</v>
       </c>
       <c r="D545" t="s">
         <v>29</v>
       </c>
       <c r="E545" t="s">
         <v>30</v>
       </c>
       <c r="F545">
         <v>1991</v>
       </c>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>163</v>
       </c>
@@ -16661,75 +16661,75 @@
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1005</v>
       </c>
       <c r="B550" t="s">
         <v>1006</v>
       </c>
       <c r="C550"/>
       <c r="D550" t="s">
         <v>20</v>
       </c>
       <c r="E550" t="s">
         <v>21</v>
       </c>
       <c r="F550">
         <v>1990</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1007</v>
       </c>
       <c r="B551" t="s">
         <v>1008</v>
       </c>
       <c r="C551" t="s">
         <v>28</v>
       </c>
       <c r="D551" t="s">
         <v>29</v>
       </c>
       <c r="E551" t="s">
         <v>30</v>
       </c>
       <c r="F551">
         <v>1990</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1009</v>
       </c>
       <c r="B552" t="s">
         <v>1010</v>
       </c>
       <c r="C552" t="s">
         <v>52</v>
       </c>
       <c r="D552" t="s">
         <v>29</v>
       </c>
       <c r="E552" t="s">
         <v>30</v>
       </c>
       <c r="F552">
         <v>1990</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
         <v>12</v>
       </c>
@@ -16757,51 +16757,51 @@
       <c r="H553" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>1013</v>
       </c>
       <c r="B554" t="s">
         <v>1014</v>
       </c>
       <c r="C554" t="s">
         <v>28</v>
       </c>
       <c r="D554" t="s">
         <v>29</v>
       </c>
       <c r="E554" t="s">
         <v>30</v>
       </c>
       <c r="F554">
         <v>1990</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>1015</v>
       </c>
       <c r="B555" t="s">
         <v>1016</v>
       </c>
       <c r="C555" t="s">
         <v>28</v>
       </c>
       <c r="D555" t="s">
         <v>29</v>
       </c>
       <c r="E555" t="s">
         <v>30</v>
       </c>
       <c r="F555">
         <v>1990</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
         <v>12</v>
       </c>
@@ -16875,51 +16875,51 @@
         <v>16</v>
       </c>
       <c r="H558"/>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>1023</v>
       </c>
       <c r="B559" t="s">
         <v>1024</v>
       </c>
       <c r="C559" t="s">
         <v>28</v>
       </c>
       <c r="D559" t="s">
         <v>29</v>
       </c>
       <c r="E559" t="s">
         <v>30</v>
       </c>
       <c r="F559">
         <v>1989</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>1025</v>
       </c>
       <c r="B560" t="s">
         <v>595</v>
       </c>
       <c r="C560" t="s">
         <v>45</v>
       </c>
       <c r="D560" t="s">
         <v>29</v>
       </c>
       <c r="E560" t="s">
         <v>30</v>
       </c>
       <c r="F560">
         <v>1989</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
         <v>31</v>
       </c>
@@ -17225,51 +17225,51 @@
       <c r="H573" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>1050</v>
       </c>
       <c r="B574" t="s">
         <v>1051</v>
       </c>
       <c r="C574" t="s">
         <v>28</v>
       </c>
       <c r="D574" t="s">
         <v>29</v>
       </c>
       <c r="E574" t="s">
         <v>30</v>
       </c>
       <c r="F574">
         <v>1985</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>1052</v>
       </c>
       <c r="B575" t="s">
         <v>1053</v>
       </c>
       <c r="C575"/>
       <c r="D575" t="s">
         <v>20</v>
       </c>
       <c r="E575" t="s">
         <v>21</v>
       </c>
       <c r="F575">
         <v>1984</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="576" spans="1:8">
@@ -17477,51 +17477,51 @@
       <c r="H584" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1072</v>
       </c>
       <c r="B585" t="s">
         <v>1073</v>
       </c>
       <c r="C585" t="s">
         <v>127</v>
       </c>
       <c r="D585" t="s">
         <v>128</v>
       </c>
       <c r="E585" t="s">
         <v>30</v>
       </c>
       <c r="F585">
         <v>1978</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>1074</v>
       </c>
       <c r="B586"/>
       <c r="C586" t="s">
         <v>45</v>
       </c>
       <c r="D586" t="s">
         <v>29</v>
       </c>
       <c r="E586" t="s">
         <v>30</v>
       </c>
       <c r="F586">
         <v>1977</v>
       </c>
       <c r="G586"/>
       <c r="H586"/>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>1075</v>
@@ -17599,67 +17599,67 @@
       <c r="B590" t="s">
         <v>1082</v>
       </c>
       <c r="C590"/>
       <c r="D590"/>
       <c r="E590"/>
       <c r="F590"/>
       <c r="G590"/>
       <c r="H590" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>1083</v>
       </c>
       <c r="B591" t="s">
         <v>1084</v>
       </c>
       <c r="C591"/>
       <c r="D591"/>
       <c r="E591"/>
       <c r="F591"/>
       <c r="G591"/>
       <c r="H591" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>1085</v>
       </c>
       <c r="B592" t="s">
         <v>1086</v>
       </c>
       <c r="C592"/>
       <c r="D592"/>
       <c r="E592"/>
       <c r="F592"/>
       <c r="G592"/>
       <c r="H592" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>1087</v>
       </c>
       <c r="B593" t="s">
         <v>1088</v>
       </c>
       <c r="C593" t="s">
         <v>28</v>
       </c>
       <c r="D593" t="s">
         <v>29</v>
       </c>
       <c r="E593" t="s">
         <v>30</v>
       </c>
       <c r="F593">
         <v>1969</v>
       </c>
       <c r="G593" t="s">
         <v>16</v>
       </c>
       <c r="H593" t="s">