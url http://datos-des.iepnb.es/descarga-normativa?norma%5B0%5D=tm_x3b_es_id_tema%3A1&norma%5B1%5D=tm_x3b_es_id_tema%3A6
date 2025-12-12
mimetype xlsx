--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -116,56 +116,56 @@
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
@@ -179,105 +179,105 @@
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
@@ -3605,103 +3605,103 @@
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14"/>
@@ -3773,129 +3773,129 @@
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>16</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>38</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>16</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22" t="s">
@@ -3981,77 +3981,77 @@
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>22</v>
       </c>
       <c r="C26" t="s">
         <v>38</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>22</v>
       </c>
       <c r="C27" t="s">
         <v>38</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>22</v>
       </c>
       <c r="C28" t="s">
         <v>38</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
       <c r="E28" t="s">
         <v>16</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28" t="s">
@@ -4085,51 +4085,51 @@
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>38</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>16</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>38</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>16</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
@@ -4137,341 +4137,341 @@
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>38</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>16</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>38</v>
       </c>
       <c r="D33" t="s">
         <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>16</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
         <v>16</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>16</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
         <v>16</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>53</v>
       </c>
       <c r="B37" t="s">
         <v>54</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>15</v>
       </c>
       <c r="E37" t="s">
         <v>16</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>53</v>
       </c>
       <c r="B38" t="s">
         <v>54</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>15</v>
       </c>
       <c r="E38" t="s">
         <v>16</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>53</v>
       </c>
       <c r="B39" t="s">
         <v>54</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>15</v>
       </c>
       <c r="E39" t="s">
         <v>16</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>53</v>
       </c>
       <c r="B40" t="s">
         <v>54</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
         <v>16</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>53</v>
       </c>
       <c r="B41" t="s">
         <v>54</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
         <v>16</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>59</v>
       </c>
       <c r="B42" t="s">
         <v>14</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>15</v>
       </c>
       <c r="E42" t="s">
         <v>16</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>59</v>
       </c>
       <c r="B43" t="s">
         <v>14</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
         <v>16</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>59</v>
       </c>
       <c r="B44" t="s">
         <v>14</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>15</v>
       </c>
       <c r="E44" t="s">
         <v>16</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>15</v>
       </c>
       <c r="E45" t="s">
         <v>16</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45" t="s">
@@ -4593,271 +4593,271 @@
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>71</v>
       </c>
       <c r="B52" t="s">
         <v>54</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" t="s">
         <v>16</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>54</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
         <v>16</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>71</v>
       </c>
       <c r="B54" t="s">
         <v>54</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>16</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>71</v>
       </c>
       <c r="B55" t="s">
         <v>54</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>16</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>71</v>
       </c>
       <c r="B56" t="s">
         <v>54</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>16</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>71</v>
       </c>
       <c r="B57" t="s">
         <v>54</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>16</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>71</v>
       </c>
       <c r="B58" t="s">
         <v>54</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>16</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>74</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>75</v>
       </c>
       <c r="E59" t="s">
         <v>16</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>76</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>50</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>76</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>50</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>76</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>50</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62">
         <v>2024</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>77</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>43</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="F63">
         <v>2024</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63" t="s">
@@ -4865,77 +4865,77 @@
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>43</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="F64">
         <v>2024</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>77</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>43</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>77</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>43</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66" t="s">
@@ -4965,75 +4965,75 @@
       <c r="H67" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>80</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>30</v>
       </c>
       <c r="D68" t="s">
         <v>31</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>80</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>30</v>
       </c>
       <c r="D69" t="s">
         <v>31</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>81</v>
       </c>
       <c r="B70" t="s">
         <v>82</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>16</v>
       </c>
       <c r="F70">
         <v>2023</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>83</v>
@@ -5081,77 +5081,77 @@
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>90</v>
       </c>
       <c r="B73" t="s">
         <v>91</v>
       </c>
       <c r="C73" t="s">
         <v>43</v>
       </c>
       <c r="D73" t="s">
         <v>31</v>
       </c>
       <c r="E73" t="s">
         <v>16</v>
       </c>
       <c r="F73">
         <v>2022</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>90</v>
       </c>
       <c r="B74" t="s">
         <v>91</v>
       </c>
       <c r="C74" t="s">
         <v>43</v>
       </c>
       <c r="D74" t="s">
         <v>31</v>
       </c>
       <c r="E74" t="s">
         <v>16</v>
       </c>
       <c r="F74">
         <v>2022</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>90</v>
       </c>
       <c r="B75" t="s">
         <v>91</v>
       </c>
       <c r="C75" t="s">
         <v>43</v>
       </c>
       <c r="D75" t="s">
         <v>31</v>
       </c>
       <c r="E75" t="s">
         <v>16</v>
       </c>
       <c r="F75">
         <v>2022</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75" t="s">
@@ -5159,51 +5159,51 @@
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>92</v>
       </c>
       <c r="B76" t="s">
         <v>14</v>
       </c>
       <c r="C76" t="s">
         <v>30</v>
       </c>
       <c r="D76" t="s">
         <v>31</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76">
         <v>2022</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>92</v>
       </c>
       <c r="B77" t="s">
         <v>14</v>
       </c>
       <c r="C77" t="s">
         <v>30</v>
       </c>
       <c r="D77" t="s">
         <v>31</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="F77">
         <v>2022</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77" t="s">
@@ -5237,51 +5237,51 @@
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>92</v>
       </c>
       <c r="B79" t="s">
         <v>14</v>
       </c>
       <c r="C79" t="s">
         <v>30</v>
       </c>
       <c r="D79" t="s">
         <v>31</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="F79">
         <v>2022</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>93</v>
       </c>
       <c r="B80" t="s">
         <v>94</v>
       </c>
       <c r="C80" t="s">
         <v>43</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="F80">
         <v>2021</v>
       </c>
       <c r="G80"/>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
@@ -5515,123 +5515,123 @@
       <c r="H90" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>117</v>
       </c>
       <c r="B91" t="s">
         <v>118</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="F91">
         <v>2019</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>119</v>
       </c>
       <c r="B92" t="s">
         <v>120</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="F92">
         <v>2019</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>121</v>
       </c>
       <c r="B93" t="s">
         <v>122</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="F93">
         <v>2019</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>123</v>
       </c>
       <c r="B94" t="s">
         <v>124</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="F94">
         <v>2019</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>125</v>
       </c>
       <c r="B95" t="s">
         <v>126</v>
       </c>
       <c r="C95" t="s">
         <v>50</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="F95">
         <v>2019</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>12</v>
       </c>
@@ -5729,51 +5729,51 @@
       <c r="H99" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>135</v>
       </c>
       <c r="B100" t="s">
         <v>136</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>137</v>
       </c>
       <c r="B101" t="s">
         <v>138</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>36</v>
       </c>
@@ -5801,51 +5801,51 @@
       <c r="H102" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>141</v>
       </c>
       <c r="B103" t="s">
         <v>142</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="F103">
         <v>2018</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>143</v>
       </c>
       <c r="B104" t="s">
         <v>144</v>
       </c>
       <c r="C104" t="s">
         <v>43</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="F104">
         <v>2018</v>
       </c>
       <c r="G104"/>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
@@ -5889,99 +5889,99 @@
       </c>
       <c r="G106" t="s">
         <v>89</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>149</v>
       </c>
       <c r="B107" t="s">
         <v>150</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>15</v>
       </c>
       <c r="E107" t="s">
         <v>16</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>151</v>
       </c>
       <c r="B108" t="s">
         <v>152</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>153</v>
       </c>
       <c r="B109" t="s">
         <v>154</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>155</v>
       </c>
       <c r="B110" t="s">
         <v>156</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>116</v>
       </c>
@@ -6081,75 +6081,75 @@
       <c r="H114" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>165</v>
       </c>
       <c r="B115" t="s">
         <v>166</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>167</v>
       </c>
       <c r="B116" t="s">
         <v>168</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>169</v>
       </c>
       <c r="B117" t="s">
         <v>170</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>171</v>
       </c>
@@ -6177,51 +6177,51 @@
       <c r="H118" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>174</v>
       </c>
       <c r="B119" t="s">
         <v>175</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>176</v>
       </c>
       <c r="B120" t="s">
         <v>177</v>
       </c>
       <c r="C120" t="s">
         <v>50</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>28</v>
       </c>
@@ -6295,51 +6295,51 @@
         <v>17</v>
       </c>
       <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>183</v>
       </c>
       <c r="B124" t="s">
         <v>184</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>185</v>
       </c>
       <c r="B125" t="s">
         <v>186</v>
       </c>
       <c r="C125" t="s">
         <v>50</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="F125">
         <v>2016</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>171</v>
       </c>
@@ -6367,75 +6367,75 @@
       <c r="H126" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>189</v>
       </c>
       <c r="B127" t="s">
         <v>190</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>191</v>
       </c>
       <c r="B128" t="s">
         <v>192</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>193</v>
       </c>
       <c r="B129" t="s">
         <v>194</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>195</v>
       </c>
@@ -6483,51 +6483,51 @@
       </c>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>200</v>
       </c>
       <c r="B132" t="s">
         <v>201</v>
       </c>
       <c r="C132" t="s">
         <v>50</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>202</v>
       </c>
       <c r="B133" t="s">
         <v>203</v>
       </c>
       <c r="C133" t="s">
         <v>50</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>12</v>
       </c>
@@ -6555,51 +6555,51 @@
         <v>17</v>
       </c>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>206</v>
       </c>
       <c r="B135" t="s">
         <v>207</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="F135">
         <v>2015</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>208</v>
       </c>
       <c r="B136" t="s">
         <v>209</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="F136">
         <v>2015</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>12</v>
       </c>
@@ -6889,51 +6889,51 @@
       </c>
       <c r="G148"/>
       <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>235</v>
       </c>
       <c r="B149" t="s">
         <v>236</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="F149">
         <v>2014</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>237</v>
       </c>
       <c r="B150" t="s">
         <v>238</v>
       </c>
       <c r="C150" t="s">
         <v>50</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>60</v>
       </c>
@@ -6985,51 +6985,51 @@
       <c r="H152" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>243</v>
       </c>
       <c r="B153" t="s">
         <v>244</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>245</v>
       </c>
       <c r="B154" t="s">
         <v>246</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>224</v>
       </c>
@@ -7225,123 +7225,123 @@
         <v>17</v>
       </c>
       <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>263</v>
       </c>
       <c r="B163" t="s">
         <v>264</v>
       </c>
       <c r="C163" t="s">
         <v>50</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="F163">
         <v>2013</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>265</v>
       </c>
       <c r="B164" t="s">
         <v>266</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="F164">
         <v>2013</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>267</v>
       </c>
       <c r="B165" t="s">
         <v>268</v>
       </c>
       <c r="C165" t="s">
         <v>50</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="F165">
         <v>2013</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>269</v>
       </c>
       <c r="B166" t="s">
         <v>270</v>
       </c>
       <c r="C166" t="s">
         <v>50</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
       <c r="F166">
         <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>271</v>
       </c>
       <c r="B167" t="s">
         <v>272</v>
       </c>
       <c r="C167" t="s">
         <v>111</v>
       </c>
       <c r="D167" t="s">
         <v>86</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="F167">
         <v>2013</v>
       </c>
       <c r="G167" t="s">
         <v>17</v>
       </c>
       <c r="H167"/>
@@ -7465,123 +7465,123 @@
       <c r="H172" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>283</v>
       </c>
       <c r="B173" t="s">
         <v>284</v>
       </c>
       <c r="C173" t="s">
         <v>50</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="F173">
         <v>2012</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>285</v>
       </c>
       <c r="B174" t="s">
         <v>286</v>
       </c>
       <c r="C174" t="s">
         <v>50</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
       <c r="F174">
         <v>2012</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>287</v>
       </c>
       <c r="B175" t="s">
         <v>288</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="F175">
         <v>2012</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>289</v>
       </c>
       <c r="B176" t="s">
         <v>290</v>
       </c>
       <c r="C176" t="s">
         <v>50</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="F176">
         <v>2012</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>291</v>
       </c>
       <c r="B177" t="s">
         <v>292</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>15</v>
       </c>
       <c r="E177" t="s">
         <v>16</v>
       </c>
       <c r="F177">
         <v>2011</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="178" spans="1:8">
@@ -7677,147 +7677,147 @@
         <v>17</v>
       </c>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>301</v>
       </c>
       <c r="B182" t="s">
         <v>302</v>
       </c>
       <c r="C182" t="s">
         <v>50</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="F182">
         <v>2011</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>303</v>
       </c>
       <c r="B183" t="s">
         <v>304</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="F183">
         <v>2011</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>305</v>
       </c>
       <c r="B184" t="s">
         <v>306</v>
       </c>
       <c r="C184" t="s">
         <v>50</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="F184">
         <v>2011</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>307</v>
       </c>
       <c r="B185" t="s">
         <v>308</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="F185">
         <v>2011</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>309</v>
       </c>
       <c r="B186" t="s">
         <v>310</v>
       </c>
       <c r="C186" t="s">
         <v>50</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="F186">
         <v>2011</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>311</v>
       </c>
       <c r="B187" t="s">
         <v>312</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="F187">
         <v>2011</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>12</v>
       </c>
@@ -8007,51 +8007,51 @@
       <c r="H195" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>329</v>
       </c>
       <c r="B196" t="s">
         <v>330</v>
       </c>
       <c r="C196" t="s">
         <v>50</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
       <c r="F196">
         <v>2010</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>331</v>
       </c>
       <c r="B197" t="s">
         <v>332</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="F197">
         <v>2010</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>178</v>
       </c>
@@ -8247,75 +8247,75 @@
       <c r="H205" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>349</v>
       </c>
       <c r="B206" t="s">
         <v>350</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="F206">
         <v>2010</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>351</v>
       </c>
       <c r="B207" t="s">
         <v>352</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
       <c r="F207">
         <v>2010</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>353</v>
       </c>
       <c r="B208" t="s">
         <v>354</v>
       </c>
       <c r="C208"/>
       <c r="D208" t="s">
         <v>15</v>
       </c>
       <c r="E208" t="s">
         <v>16</v>
       </c>
       <c r="F208">
         <v>2009</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="209" spans="1:8">
@@ -8483,51 +8483,51 @@
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>369</v>
       </c>
       <c r="B216" t="s">
         <v>370</v>
       </c>
       <c r="C216"/>
       <c r="D216" t="s">
         <v>15</v>
       </c>
       <c r="E216" t="s">
         <v>16</v>
       </c>
       <c r="F216">
         <v>2008</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>371</v>
       </c>
       <c r="B217" t="s">
         <v>372</v>
       </c>
       <c r="C217" t="s">
         <v>50</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
       <c r="F217">
         <v>2008</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>28</v>
       </c>
@@ -8555,51 +8555,51 @@
         <v>17</v>
       </c>
       <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>375</v>
       </c>
       <c r="B219" t="s">
         <v>376</v>
       </c>
       <c r="C219" t="s">
         <v>50</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
       <c r="F219">
         <v>2008</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>377</v>
       </c>
       <c r="B220" t="s">
         <v>378</v>
       </c>
       <c r="C220" t="s">
         <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="F220">
         <v>2008</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>60</v>
       </c>
@@ -8787,171 +8787,171 @@
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>395</v>
       </c>
       <c r="B229" t="s">
         <v>396</v>
       </c>
       <c r="C229"/>
       <c r="D229" t="s">
         <v>15</v>
       </c>
       <c r="E229" t="s">
         <v>16</v>
       </c>
       <c r="F229">
         <v>2007</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>397</v>
       </c>
       <c r="B230" t="s">
         <v>398</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
       <c r="F230">
         <v>2007</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>399</v>
       </c>
       <c r="B231" t="s">
         <v>400</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="F231">
         <v>2007</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>401</v>
       </c>
       <c r="B232" t="s">
         <v>402</v>
       </c>
       <c r="C232" t="s">
         <v>50</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
       <c r="F232">
         <v>2007</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>403</v>
       </c>
       <c r="B233" t="s">
         <v>404</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
       <c r="F233">
         <v>2007</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>405</v>
       </c>
       <c r="B234" t="s">
         <v>406</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="F234">
         <v>2007</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>407</v>
       </c>
       <c r="B235" t="s">
         <v>408</v>
       </c>
       <c r="C235" t="s">
         <v>38</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
       <c r="F235">
         <v>2007</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>28</v>
       </c>
@@ -8979,147 +8979,147 @@
       <c r="H236" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>411</v>
       </c>
       <c r="B237" t="s">
         <v>412</v>
       </c>
       <c r="C237" t="s">
         <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
       <c r="F237">
         <v>2007</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>413</v>
       </c>
       <c r="B238" t="s">
         <v>414</v>
       </c>
       <c r="C238" t="s">
         <v>25</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
       <c r="F238">
         <v>2007</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>415</v>
       </c>
       <c r="B239" t="s">
         <v>416</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="F239">
         <v>2007</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>417</v>
       </c>
       <c r="B240" t="s">
         <v>418</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="F240">
         <v>2007</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>419</v>
       </c>
       <c r="B241" t="s">
         <v>420</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="F241">
         <v>2007</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>421</v>
       </c>
       <c r="B242" t="s">
         <v>422</v>
       </c>
       <c r="C242" t="s">
         <v>25</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="F242">
         <v>2007</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>195</v>
       </c>
@@ -9243,73 +9243,73 @@
       <c r="H247" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>433</v>
       </c>
       <c r="B248" t="s">
         <v>434</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="F248">
         <v>2007</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>435</v>
       </c>
       <c r="B249" t="s">
         <v>436</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="s">
         <v>15</v>
       </c>
       <c r="E249" t="s">
         <v>16</v>
       </c>
       <c r="F249">
         <v>2006</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>437</v>
       </c>
       <c r="B250" t="s">
         <v>438</v>
       </c>
       <c r="C250"/>
       <c r="D250" t="s">
         <v>15</v>
       </c>
       <c r="E250" t="s">
         <v>16</v>
       </c>
       <c r="F250">
         <v>2006</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="251" spans="1:8">
@@ -9331,195 +9331,195 @@
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>441</v>
       </c>
       <c r="B252" t="s">
         <v>442</v>
       </c>
       <c r="C252"/>
       <c r="D252" t="s">
         <v>15</v>
       </c>
       <c r="E252" t="s">
         <v>16</v>
       </c>
       <c r="F252">
         <v>2006</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>443</v>
       </c>
       <c r="B253" t="s">
         <v>444</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="F253">
         <v>2006</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>445</v>
       </c>
       <c r="B254" t="s">
         <v>446</v>
       </c>
       <c r="C254" t="s">
         <v>41</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="F254">
         <v>2006</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>447</v>
       </c>
       <c r="B255" t="s">
         <v>448</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
       <c r="F255">
         <v>2006</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>449</v>
       </c>
       <c r="B256" t="s">
         <v>450</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
       <c r="F256">
         <v>2006</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>451</v>
       </c>
       <c r="B257" t="s">
         <v>452</v>
       </c>
       <c r="C257" t="s">
         <v>25</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="F257">
         <v>2006</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>453</v>
       </c>
       <c r="B258" t="s">
         <v>454</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
       <c r="F258">
         <v>2006</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>455</v>
       </c>
       <c r="B259" t="s">
         <v>456</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="F259">
         <v>2006</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
         <v>12</v>
       </c>
@@ -9547,51 +9547,51 @@
       <c r="H260" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>459</v>
       </c>
       <c r="B261" t="s">
         <v>460</v>
       </c>
       <c r="C261" t="s">
         <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
       <c r="F261">
         <v>2006</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>461</v>
       </c>
       <c r="B262" t="s">
         <v>462</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="F262">
         <v>2006</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>12</v>
       </c>
@@ -9785,219 +9785,219 @@
       </c>
       <c r="G270"/>
       <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>479</v>
       </c>
       <c r="B271" t="s">
         <v>480</v>
       </c>
       <c r="C271" t="s">
         <v>50</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="F271">
         <v>2005</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>481</v>
       </c>
       <c r="B272" t="s">
         <v>482</v>
       </c>
       <c r="C272" t="s">
         <v>50</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="F272">
         <v>2005</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>483</v>
       </c>
       <c r="B273" t="s">
         <v>484</v>
       </c>
       <c r="C273" t="s">
         <v>50</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
       <c r="F273">
         <v>2005</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>485</v>
       </c>
       <c r="B274" t="s">
         <v>486</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
       <c r="F274">
         <v>2005</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>487</v>
       </c>
       <c r="B275" t="s">
         <v>488</v>
       </c>
       <c r="C275" t="s">
         <v>50</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
       <c r="F275">
         <v>2005</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>489</v>
       </c>
       <c r="B276" t="s">
         <v>490</v>
       </c>
       <c r="C276" t="s">
         <v>25</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
       <c r="F276">
         <v>2005</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>491</v>
       </c>
       <c r="B277" t="s">
         <v>492</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
       <c r="F277">
         <v>2005</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>493</v>
       </c>
       <c r="B278" t="s">
         <v>494</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="F278">
         <v>2005</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>495</v>
       </c>
       <c r="B279" t="s">
         <v>496</v>
       </c>
       <c r="C279" t="s">
         <v>50</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
       <c r="F279">
         <v>2005</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
         <v>12</v>
       </c>
@@ -10049,147 +10049,147 @@
       <c r="H281" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>501</v>
       </c>
       <c r="B282" t="s">
         <v>502</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
       <c r="F282">
         <v>2005</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>503</v>
       </c>
       <c r="B283" t="s">
         <v>504</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
       <c r="F283">
         <v>2005</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>505</v>
       </c>
       <c r="B284" t="s">
         <v>506</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
       <c r="F284">
         <v>2005</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>507</v>
       </c>
       <c r="B285" t="s">
         <v>508</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
       <c r="F285">
         <v>2005</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>509</v>
       </c>
       <c r="B286" t="s">
         <v>510</v>
       </c>
       <c r="C286" t="s">
         <v>25</v>
       </c>
       <c r="D286" t="s">
         <v>26</v>
       </c>
       <c r="E286" t="s">
         <v>27</v>
       </c>
       <c r="F286">
         <v>2005</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>511</v>
       </c>
       <c r="B287" t="s">
         <v>512</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
         <v>26</v>
       </c>
       <c r="E287" t="s">
         <v>27</v>
       </c>
       <c r="F287">
         <v>2005</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
         <v>12</v>
       </c>
@@ -10313,99 +10313,99 @@
       <c r="H292" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>523</v>
       </c>
       <c r="B293" t="s">
         <v>524</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
       <c r="F293">
         <v>2004</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>525</v>
       </c>
       <c r="B294" t="s">
         <v>526</v>
       </c>
       <c r="C294" t="s">
         <v>43</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
       <c r="F294">
         <v>2004</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>527</v>
       </c>
       <c r="B295" t="s">
         <v>528</v>
       </c>
       <c r="C295" t="s">
         <v>25</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
       <c r="F295">
         <v>2004</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>529</v>
       </c>
       <c r="B296" t="s">
         <v>530</v>
       </c>
       <c r="C296" t="s">
         <v>25</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="F296">
         <v>2004</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>171</v>
       </c>
@@ -10765,51 +10765,51 @@
       <c r="H311" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>561</v>
       </c>
       <c r="B312" t="s">
         <v>562</v>
       </c>
       <c r="C312" t="s">
         <v>50</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="F312">
         <v>2003</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>563</v>
       </c>
       <c r="B313" t="s">
         <v>564</v>
       </c>
       <c r="C313" t="s">
         <v>25</v>
       </c>
       <c r="D313" t="s">
         <v>26</v>
       </c>
       <c r="E313" t="s">
         <v>27</v>
       </c>
       <c r="F313">
         <v>2003</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>12</v>
       </c>
@@ -10909,51 +10909,51 @@
       <c r="H317" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>573</v>
       </c>
       <c r="B318" t="s">
         <v>574</v>
       </c>
       <c r="C318" t="s">
         <v>25</v>
       </c>
       <c r="D318" t="s">
         <v>26</v>
       </c>
       <c r="E318" t="s">
         <v>27</v>
       </c>
       <c r="F318">
         <v>2003</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>575</v>
       </c>
       <c r="B319" t="s">
         <v>576</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
       <c r="F319">
         <v>2003</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>12</v>
       </c>
@@ -11221,171 +11221,171 @@
       <c r="H330" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>599</v>
       </c>
       <c r="B331" t="s">
         <v>600</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="F331">
         <v>2002</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>601</v>
       </c>
       <c r="B332" t="s">
         <v>602</v>
       </c>
       <c r="C332" t="s">
         <v>43</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
       <c r="F332">
         <v>2002</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>603</v>
       </c>
       <c r="B333" t="s">
         <v>604</v>
       </c>
       <c r="C333" t="s">
         <v>43</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="F333">
         <v>2002</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>605</v>
       </c>
       <c r="B334" t="s">
         <v>606</v>
       </c>
       <c r="C334" t="s">
         <v>43</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="F334">
         <v>2002</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>607</v>
       </c>
       <c r="B335" t="s">
         <v>608</v>
       </c>
       <c r="C335" t="s">
         <v>25</v>
       </c>
       <c r="D335" t="s">
         <v>26</v>
       </c>
       <c r="E335" t="s">
         <v>27</v>
       </c>
       <c r="F335">
         <v>2002</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>609</v>
       </c>
       <c r="B336" t="s">
         <v>610</v>
       </c>
       <c r="C336" t="s">
         <v>25</v>
       </c>
       <c r="D336" t="s">
         <v>26</v>
       </c>
       <c r="E336" t="s">
         <v>27</v>
       </c>
       <c r="F336">
         <v>2002</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>611</v>
       </c>
       <c r="B337" t="s">
         <v>612</v>
       </c>
       <c r="C337" t="s">
         <v>25</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>27</v>
       </c>
       <c r="F337">
         <v>2002</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>46</v>
       </c>
@@ -11721,171 +11721,171 @@
       <c r="H351" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>641</v>
       </c>
       <c r="B352" t="s">
         <v>642</v>
       </c>
       <c r="C352" t="s">
         <v>25</v>
       </c>
       <c r="D352" t="s">
         <v>26</v>
       </c>
       <c r="E352" t="s">
         <v>27</v>
       </c>
       <c r="F352">
         <v>2001</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>643</v>
       </c>
       <c r="B353" t="s">
         <v>644</v>
       </c>
       <c r="C353" t="s">
         <v>50</v>
       </c>
       <c r="D353" t="s">
         <v>26</v>
       </c>
       <c r="E353" t="s">
         <v>27</v>
       </c>
       <c r="F353">
         <v>2001</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>645</v>
       </c>
       <c r="B354" t="s">
         <v>646</v>
       </c>
       <c r="C354" t="s">
         <v>43</v>
       </c>
       <c r="D354" t="s">
         <v>26</v>
       </c>
       <c r="E354" t="s">
         <v>27</v>
       </c>
       <c r="F354">
         <v>2001</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>647</v>
       </c>
       <c r="B355" t="s">
         <v>648</v>
       </c>
       <c r="C355" t="s">
         <v>25</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
       <c r="F355">
         <v>2001</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>649</v>
       </c>
       <c r="B356" t="s">
         <v>650</v>
       </c>
       <c r="C356" t="s">
         <v>25</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
       <c r="F356">
         <v>2001</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>651</v>
       </c>
       <c r="B357" t="s">
         <v>652</v>
       </c>
       <c r="C357" t="s">
         <v>25</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>27</v>
       </c>
       <c r="F357">
         <v>2001</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>653</v>
       </c>
       <c r="B358" t="s">
         <v>654</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="F358">
         <v>2001</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>36</v>
       </c>
@@ -11961,51 +11961,51 @@
       <c r="H361" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>123456</v>
       </c>
       <c r="B362" t="s">
         <v>661</v>
       </c>
       <c r="C362"/>
       <c r="D362" t="s">
         <v>662</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362">
         <v>2000</v>
       </c>
       <c r="G362" t="s">
         <v>89</v>
       </c>
       <c r="H362" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>663</v>
       </c>
       <c r="B363" t="s">
         <v>664</v>
       </c>
       <c r="C363"/>
       <c r="D363"/>
       <c r="E363" t="s">
         <v>39</v>
       </c>
       <c r="F363">
         <v>2000</v>
       </c>
       <c r="G363" t="s">
         <v>89</v>
       </c>
       <c r="H363" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="364" spans="1:8">
@@ -12365,51 +12365,51 @@
       <c r="H378" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>695</v>
       </c>
       <c r="B379" t="s">
         <v>696</v>
       </c>
       <c r="C379" t="s">
         <v>25</v>
       </c>
       <c r="D379" t="s">
         <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>27</v>
       </c>
       <c r="F379">
         <v>2000</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>697</v>
       </c>
       <c r="B380" t="s">
         <v>698</v>
       </c>
       <c r="C380" t="s">
         <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
       <c r="F380">
         <v>2000</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>12</v>
       </c>
@@ -12481,51 +12481,51 @@
       <c r="H383" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>705</v>
       </c>
       <c r="B384" t="s">
         <v>706</v>
       </c>
       <c r="C384" t="s">
         <v>25</v>
       </c>
       <c r="D384" t="s">
         <v>26</v>
       </c>
       <c r="E384" t="s">
         <v>27</v>
       </c>
       <c r="F384">
         <v>1999</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>707</v>
       </c>
       <c r="B385" t="s">
         <v>708</v>
       </c>
       <c r="C385" t="s">
         <v>25</v>
       </c>
       <c r="D385" t="s">
         <v>26</v>
       </c>
       <c r="E385" t="s">
         <v>27</v>
       </c>
       <c r="F385">
         <v>1999</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>46</v>
       </c>
@@ -12793,51 +12793,51 @@
       <c r="H396" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>731</v>
       </c>
       <c r="B397" t="s">
         <v>732</v>
       </c>
       <c r="C397" t="s">
         <v>25</v>
       </c>
       <c r="D397" t="s">
         <v>26</v>
       </c>
       <c r="E397" t="s">
         <v>27</v>
       </c>
       <c r="F397">
         <v>1999</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>733</v>
       </c>
       <c r="B398" t="s">
         <v>734</v>
       </c>
       <c r="C398" t="s">
         <v>25</v>
       </c>
       <c r="D398" t="s">
         <v>26</v>
       </c>
       <c r="E398" t="s">
         <v>27</v>
       </c>
       <c r="F398">
         <v>1999</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>178</v>
       </c>
@@ -13079,51 +13079,51 @@
       <c r="H408" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>755</v>
       </c>
       <c r="B409" t="s">
         <v>756</v>
       </c>
       <c r="C409" t="s">
         <v>25</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
       <c r="F409">
         <v>1998</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>757</v>
       </c>
       <c r="B410" t="s">
         <v>758</v>
       </c>
       <c r="C410" t="s">
         <v>43</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="F410">
         <v>1998</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>46</v>
       </c>
@@ -13223,265 +13223,265 @@
       <c r="H414" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>767</v>
       </c>
       <c r="B415" t="s">
         <v>768</v>
       </c>
       <c r="C415" t="s">
         <v>50</v>
       </c>
       <c r="D415" t="s">
         <v>26</v>
       </c>
       <c r="E415" t="s">
         <v>27</v>
       </c>
       <c r="F415">
         <v>1998</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>769</v>
       </c>
       <c r="B416" t="s">
         <v>770</v>
       </c>
       <c r="C416" t="s">
         <v>43</v>
       </c>
       <c r="D416" t="s">
         <v>26</v>
       </c>
       <c r="E416" t="s">
         <v>27</v>
       </c>
       <c r="F416">
         <v>1998</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>771</v>
       </c>
       <c r="B417" t="s">
         <v>772</v>
       </c>
       <c r="C417" t="s">
         <v>25</v>
       </c>
       <c r="D417" t="s">
         <v>26</v>
       </c>
       <c r="E417" t="s">
         <v>27</v>
       </c>
       <c r="F417">
         <v>1998</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>773</v>
       </c>
       <c r="B418" t="s">
         <v>774</v>
       </c>
       <c r="C418" t="s">
         <v>25</v>
       </c>
       <c r="D418" t="s">
         <v>26</v>
       </c>
       <c r="E418" t="s">
         <v>27</v>
       </c>
       <c r="F418">
         <v>1998</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>775</v>
       </c>
       <c r="B419" t="s">
         <v>776</v>
       </c>
       <c r="C419" t="s">
         <v>25</v>
       </c>
       <c r="D419" t="s">
         <v>26</v>
       </c>
       <c r="E419" t="s">
         <v>27</v>
       </c>
       <c r="F419">
         <v>1998</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>777</v>
       </c>
       <c r="B420" t="s">
         <v>778</v>
       </c>
       <c r="C420" t="s">
         <v>25</v>
       </c>
       <c r="D420" t="s">
         <v>26</v>
       </c>
       <c r="E420" t="s">
         <v>27</v>
       </c>
       <c r="F420">
         <v>1998</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>779</v>
       </c>
       <c r="B421" t="s">
         <v>780</v>
       </c>
       <c r="C421" t="s">
         <v>25</v>
       </c>
       <c r="D421" t="s">
         <v>26</v>
       </c>
       <c r="E421" t="s">
         <v>27</v>
       </c>
       <c r="F421">
         <v>1998</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>781</v>
       </c>
       <c r="B422" t="s">
         <v>782</v>
       </c>
       <c r="C422" t="s">
         <v>25</v>
       </c>
       <c r="D422" t="s">
         <v>26</v>
       </c>
       <c r="E422" t="s">
         <v>27</v>
       </c>
       <c r="F422">
         <v>1998</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>783</v>
       </c>
       <c r="B423" t="s">
         <v>784</v>
       </c>
       <c r="C423"/>
       <c r="D423" t="s">
         <v>15</v>
       </c>
       <c r="E423" t="s">
         <v>16</v>
       </c>
       <c r="F423">
         <v>1997</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>785</v>
       </c>
       <c r="B424" t="s">
         <v>786</v>
       </c>
       <c r="C424" t="s">
         <v>25</v>
       </c>
       <c r="D424" t="s">
         <v>26</v>
       </c>
       <c r="E424" t="s">
         <v>27</v>
       </c>
       <c r="F424">
         <v>1997</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>787</v>
       </c>
       <c r="B425" t="s">
         <v>788</v>
       </c>
       <c r="C425" t="s">
         <v>50</v>
       </c>
       <c r="D425" t="s">
         <v>26</v>
       </c>
       <c r="E425" t="s">
         <v>27</v>
       </c>
       <c r="F425">
         <v>1997</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>12</v>
       </c>
@@ -13509,51 +13509,51 @@
       <c r="H426" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>791</v>
       </c>
       <c r="B427" t="s">
         <v>792</v>
       </c>
       <c r="C427" t="s">
         <v>25</v>
       </c>
       <c r="D427" t="s">
         <v>26</v>
       </c>
       <c r="E427" t="s">
         <v>27</v>
       </c>
       <c r="F427">
         <v>1997</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>793</v>
       </c>
       <c r="B428" t="s">
         <v>794</v>
       </c>
       <c r="C428" t="s">
         <v>25</v>
       </c>
       <c r="D428" t="s">
         <v>26</v>
       </c>
       <c r="E428" t="s">
         <v>27</v>
       </c>
       <c r="F428">
         <v>1997</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
         <v>195</v>
       </c>
@@ -13889,123 +13889,123 @@
       <c r="H442" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>823</v>
       </c>
       <c r="B443" t="s">
         <v>824</v>
       </c>
       <c r="C443" t="s">
         <v>25</v>
       </c>
       <c r="D443" t="s">
         <v>26</v>
       </c>
       <c r="E443" t="s">
         <v>27</v>
       </c>
       <c r="F443">
         <v>1995</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>825</v>
       </c>
       <c r="B444" t="s">
         <v>826</v>
       </c>
       <c r="C444" t="s">
         <v>25</v>
       </c>
       <c r="D444" t="s">
         <v>26</v>
       </c>
       <c r="E444" t="s">
         <v>27</v>
       </c>
       <c r="F444">
         <v>1995</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>827</v>
       </c>
       <c r="B445" t="s">
         <v>828</v>
       </c>
       <c r="C445" t="s">
         <v>50</v>
       </c>
       <c r="D445" t="s">
         <v>26</v>
       </c>
       <c r="E445" t="s">
         <v>27</v>
       </c>
       <c r="F445">
         <v>1995</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>829</v>
       </c>
       <c r="B446" t="s">
         <v>830</v>
       </c>
       <c r="C446" t="s">
         <v>25</v>
       </c>
       <c r="D446" t="s">
         <v>26</v>
       </c>
       <c r="E446" t="s">
         <v>27</v>
       </c>
       <c r="F446">
         <v>1995</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>831</v>
       </c>
       <c r="B447" t="s">
         <v>832</v>
       </c>
       <c r="C447" t="s">
         <v>50</v>
       </c>
       <c r="D447" t="s">
         <v>26</v>
       </c>
       <c r="E447" t="s">
         <v>27</v>
       </c>
       <c r="F447">
         <v>1995</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>12</v>
       </c>
@@ -14033,75 +14033,75 @@
       <c r="H448" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>835</v>
       </c>
       <c r="B449" t="s">
         <v>836</v>
       </c>
       <c r="C449" t="s">
         <v>25</v>
       </c>
       <c r="D449" t="s">
         <v>26</v>
       </c>
       <c r="E449" t="s">
         <v>27</v>
       </c>
       <c r="F449">
         <v>1995</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>837</v>
       </c>
       <c r="B450" t="s">
         <v>838</v>
       </c>
       <c r="C450" t="s">
         <v>25</v>
       </c>
       <c r="D450" t="s">
         <v>26</v>
       </c>
       <c r="E450" t="s">
         <v>27</v>
       </c>
       <c r="F450">
         <v>1995</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>839</v>
       </c>
       <c r="B451" t="s">
         <v>840</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451" t="s">
         <v>39</v>
       </c>
       <c r="F451">
         <v>1994</v>
       </c>
       <c r="G451" t="s">
         <v>89</v>
       </c>
       <c r="H451"/>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>841</v>
@@ -14147,123 +14147,123 @@
       <c r="H453" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>845</v>
       </c>
       <c r="B454" t="s">
         <v>846</v>
       </c>
       <c r="C454" t="s">
         <v>25</v>
       </c>
       <c r="D454" t="s">
         <v>26</v>
       </c>
       <c r="E454" t="s">
         <v>27</v>
       </c>
       <c r="F454">
         <v>1994</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>847</v>
       </c>
       <c r="B455" t="s">
         <v>848</v>
       </c>
       <c r="C455" t="s">
         <v>25</v>
       </c>
       <c r="D455" t="s">
         <v>26</v>
       </c>
       <c r="E455" t="s">
         <v>27</v>
       </c>
       <c r="F455">
         <v>1994</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>849</v>
       </c>
       <c r="B456" t="s">
         <v>850</v>
       </c>
       <c r="C456" t="s">
         <v>43</v>
       </c>
       <c r="D456" t="s">
         <v>26</v>
       </c>
       <c r="E456" t="s">
         <v>27</v>
       </c>
       <c r="F456">
         <v>1994</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>851</v>
       </c>
       <c r="B457" t="s">
         <v>852</v>
       </c>
       <c r="C457" t="s">
         <v>25</v>
       </c>
       <c r="D457" t="s">
         <v>26</v>
       </c>
       <c r="E457" t="s">
         <v>27</v>
       </c>
       <c r="F457">
         <v>1994</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>853</v>
       </c>
       <c r="B458" t="s">
         <v>854</v>
       </c>
       <c r="C458" t="s">
         <v>25</v>
       </c>
       <c r="D458" t="s">
         <v>26</v>
       </c>
       <c r="E458" t="s">
         <v>27</v>
       </c>
       <c r="F458">
         <v>1994</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
         <v>12</v>
       </c>
@@ -14483,51 +14483,51 @@
       <c r="H467" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>873</v>
       </c>
       <c r="B468" t="s">
         <v>874</v>
       </c>
       <c r="C468" t="s">
         <v>25</v>
       </c>
       <c r="D468" t="s">
         <v>26</v>
       </c>
       <c r="E468" t="s">
         <v>27</v>
       </c>
       <c r="F468">
         <v>1994</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>875</v>
       </c>
       <c r="B469" t="s">
         <v>876</v>
       </c>
       <c r="C469" t="s">
         <v>25</v>
       </c>
       <c r="D469" t="s">
         <v>26</v>
       </c>
       <c r="E469" t="s">
         <v>27</v>
       </c>
       <c r="F469">
         <v>1994</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>60</v>
       </c>
@@ -14743,75 +14743,75 @@
       </c>
       <c r="G478" t="s">
         <v>89</v>
       </c>
       <c r="H478"/>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>895</v>
       </c>
       <c r="B479" t="s">
         <v>896</v>
       </c>
       <c r="C479"/>
       <c r="D479" t="s">
         <v>15</v>
       </c>
       <c r="E479" t="s">
         <v>16</v>
       </c>
       <c r="F479">
         <v>1992</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>897</v>
       </c>
       <c r="B480" t="s">
         <v>898</v>
       </c>
       <c r="C480" t="s">
         <v>43</v>
       </c>
       <c r="D480" t="s">
         <v>26</v>
       </c>
       <c r="E480" t="s">
         <v>27</v>
       </c>
       <c r="F480">
         <v>1992</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>899</v>
       </c>
       <c r="B481" t="s">
         <v>900</v>
       </c>
       <c r="C481" t="s">
         <v>25</v>
       </c>
       <c r="D481" t="s">
         <v>26</v>
       </c>
       <c r="E481" t="s">
         <v>27</v>
       </c>
       <c r="F481">
         <v>1992</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
         <v>60</v>
       </c>
@@ -14839,99 +14839,99 @@
       <c r="H482" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>903</v>
       </c>
       <c r="B483" t="s">
         <v>904</v>
       </c>
       <c r="C483" t="s">
         <v>25</v>
       </c>
       <c r="D483" t="s">
         <v>26</v>
       </c>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="F483">
         <v>1991</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>905</v>
       </c>
       <c r="B484" t="s">
         <v>906</v>
       </c>
       <c r="C484" t="s">
         <v>43</v>
       </c>
       <c r="D484" t="s">
         <v>26</v>
       </c>
       <c r="E484" t="s">
         <v>27</v>
       </c>
       <c r="F484">
         <v>1991</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>905</v>
       </c>
       <c r="B485" t="s">
         <v>906</v>
       </c>
       <c r="C485" t="s">
         <v>43</v>
       </c>
       <c r="D485" t="s">
         <v>26</v>
       </c>
       <c r="E485" t="s">
         <v>27</v>
       </c>
       <c r="F485">
         <v>1991</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>907</v>
       </c>
       <c r="B486" t="s">
         <v>908</v>
       </c>
       <c r="C486" t="s">
         <v>25</v>
       </c>
       <c r="D486" t="s">
         <v>26</v>
       </c>
       <c r="E486" t="s">
         <v>27</v>
       </c>
       <c r="F486">
         <v>1991</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
         <v>171</v>
       </c>
@@ -15077,51 +15077,51 @@
       <c r="H492" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>921</v>
       </c>
       <c r="B493" t="s">
         <v>922</v>
       </c>
       <c r="C493" t="s">
         <v>25</v>
       </c>
       <c r="D493" t="s">
         <v>26</v>
       </c>
       <c r="E493" t="s">
         <v>27</v>
       </c>
       <c r="F493">
         <v>1990</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>923</v>
       </c>
       <c r="B494" t="s">
         <v>924</v>
       </c>
       <c r="C494" t="s">
         <v>25</v>
       </c>
       <c r="D494" t="s">
         <v>26</v>
       </c>
       <c r="E494" t="s">
         <v>27</v>
       </c>
       <c r="F494">
         <v>1990</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>12</v>
       </c>
@@ -15385,75 +15385,75 @@
       <c r="H505" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>947</v>
       </c>
       <c r="B506" t="s">
         <v>948</v>
       </c>
       <c r="C506" t="s">
         <v>25</v>
       </c>
       <c r="D506" t="s">
         <v>26</v>
       </c>
       <c r="E506" t="s">
         <v>27</v>
       </c>
       <c r="F506">
         <v>1985</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>949</v>
       </c>
       <c r="B507" t="s">
         <v>950</v>
       </c>
       <c r="C507" t="s">
         <v>25</v>
       </c>
       <c r="D507" t="s">
         <v>26</v>
       </c>
       <c r="E507" t="s">
         <v>27</v>
       </c>
       <c r="F507">
         <v>1985</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>951</v>
       </c>
       <c r="B508" t="s">
         <v>952</v>
       </c>
       <c r="C508"/>
       <c r="D508" t="s">
         <v>15</v>
       </c>
       <c r="E508" t="s">
         <v>16</v>
       </c>
       <c r="F508">
         <v>1984</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="509" spans="1:8">
@@ -15593,51 +15593,51 @@
       <c r="H514" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>965</v>
       </c>
       <c r="B515" t="s">
         <v>966</v>
       </c>
       <c r="C515" t="s">
         <v>111</v>
       </c>
       <c r="D515" t="s">
         <v>86</v>
       </c>
       <c r="E515" t="s">
         <v>27</v>
       </c>
       <c r="F515">
         <v>1978</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>967</v>
       </c>
       <c r="B516" t="s">
         <v>968</v>
       </c>
       <c r="C516" t="s">
         <v>25</v>
       </c>
       <c r="D516" t="s">
         <v>26</v>
       </c>
       <c r="E516" t="s">
         <v>27</v>
       </c>
       <c r="F516">
         <v>1974</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
         <v>28</v>
       </c>
@@ -15695,67 +15695,67 @@
       <c r="B519" t="s">
         <v>974</v>
       </c>
       <c r="C519"/>
       <c r="D519"/>
       <c r="E519"/>
       <c r="F519"/>
       <c r="G519"/>
       <c r="H519" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>975</v>
       </c>
       <c r="B520" t="s">
         <v>976</v>
       </c>
       <c r="C520"/>
       <c r="D520"/>
       <c r="E520"/>
       <c r="F520"/>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>977</v>
       </c>
       <c r="B521" t="s">
         <v>978</v>
       </c>
       <c r="C521"/>
       <c r="D521"/>
       <c r="E521"/>
       <c r="F521"/>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>979</v>
       </c>
       <c r="B522" t="s">
         <v>980</v>
       </c>
       <c r="C522" t="s">
         <v>25</v>
       </c>
       <c r="D522" t="s">
         <v>26</v>
       </c>
       <c r="E522" t="s">
         <v>27</v>
       </c>
       <c r="F522">
         <v>1969</v>
       </c>
       <c r="G522" t="s">
         <v>17</v>
       </c>
       <c r="H522" t="s">