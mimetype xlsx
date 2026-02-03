--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -215,54 +215,54 @@
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
     <t>Extra-Regio</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
@@ -3042,75 +3042,75 @@
       <c r="H3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>20</v>
       </c>
       <c r="H6" t="s">
         <v>18</v>
       </c>
@@ -3238,77 +3238,77 @@
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14"/>
@@ -3356,77 +3356,77 @@
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>16</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19" t="s">
@@ -3434,51 +3434,51 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>16</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
@@ -3486,51 +3486,51 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>22</v>
       </c>
       <c r="C23" t="s">
         <v>38</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
       <c r="E23" t="s">
         <v>16</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23" t="s">
@@ -3538,77 +3538,77 @@
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>22</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24" t="s">
         <v>31</v>
       </c>
       <c r="E24" t="s">
         <v>16</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>22</v>
       </c>
       <c r="C25" t="s">
         <v>38</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>22</v>
       </c>
       <c r="C26" t="s">
         <v>38</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
@@ -3616,51 +3616,51 @@
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>22</v>
       </c>
       <c r="C27" t="s">
         <v>38</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>22</v>
       </c>
       <c r="C28" t="s">
         <v>49</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
       <c r="E28" t="s">
         <v>16</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28" t="s">
@@ -3770,99 +3770,99 @@
       <c r="H32" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
         <v>16</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>14</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
         <v>16</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>52</v>
       </c>
       <c r="B35" t="s">
         <v>14</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>16</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
         <v>16</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
@@ -3984,171 +3984,171 @@
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>66</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>16</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>65</v>
       </c>
       <c r="B44" t="s">
         <v>66</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>16</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>65</v>
       </c>
       <c r="B45" t="s">
         <v>66</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>16</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>65</v>
       </c>
       <c r="B46" t="s">
         <v>66</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>16</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>65</v>
       </c>
       <c r="B47" t="s">
         <v>66</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>16</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>65</v>
       </c>
       <c r="B48" t="s">
         <v>66</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>16</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>66</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
         <v>16</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>69</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
         <v>16</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
@@ -4178,181 +4178,181 @@
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>71</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>49</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>49</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>73</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>46</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>46</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>73</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>46</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>73</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>46</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>75</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>30</v>
       </c>
       <c r="D58" t="s">
         <v>31</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
@@ -4426,51 +4426,51 @@
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>79</v>
       </c>
       <c r="B62" t="s">
         <v>80</v>
       </c>
       <c r="C62" t="s">
         <v>46</v>
       </c>
       <c r="D62" t="s">
         <v>31</v>
       </c>
       <c r="E62" t="s">
         <v>16</v>
       </c>
       <c r="F62">
         <v>2022</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>79</v>
       </c>
       <c r="B63" t="s">
         <v>80</v>
       </c>
       <c r="C63" t="s">
         <v>46</v>
       </c>
       <c r="D63" t="s">
         <v>31</v>
       </c>
       <c r="E63" t="s">
         <v>16</v>
       </c>
       <c r="F63">
         <v>2022</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63" t="s">
@@ -4478,51 +4478,51 @@
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>79</v>
       </c>
       <c r="B64" t="s">
         <v>80</v>
       </c>
       <c r="C64" t="s">
         <v>46</v>
       </c>
       <c r="D64" t="s">
         <v>31</v>
       </c>
       <c r="E64" t="s">
         <v>16</v>
       </c>
       <c r="F64">
         <v>2022</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>81</v>
       </c>
       <c r="B65" t="s">
         <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>30</v>
       </c>
       <c r="D65" t="s">
         <v>31</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="F65">
         <v>2022</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65" t="s">
@@ -4582,51 +4582,51 @@
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>81</v>
       </c>
       <c r="B68" t="s">
         <v>14</v>
       </c>
       <c r="C68" t="s">
         <v>30</v>
       </c>
       <c r="D68" t="s">
         <v>31</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="F68">
         <v>2022</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>82</v>
       </c>
       <c r="B69" t="s">
         <v>83</v>
       </c>
       <c r="C69" t="s">
         <v>46</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="F69">
         <v>2021</v>
       </c>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
@@ -5006,51 +5006,51 @@
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>119</v>
       </c>
       <c r="B86" t="s">
         <v>120</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>15</v>
       </c>
       <c r="E86" t="s">
         <v>16</v>
       </c>
       <c r="F86">
         <v>2017</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>121</v>
       </c>
       <c r="B87" t="s">
         <v>122</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="F87">
         <v>2017</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>72</v>
       </c>
@@ -7166,51 +7166,51 @@
       <c r="H176" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>303</v>
       </c>
       <c r="B177" t="s">
         <v>304</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="F177">
         <v>2007</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>305</v>
       </c>
       <c r="B178" t="s">
         <v>306</v>
       </c>
       <c r="C178" t="s">
         <v>38</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="F178">
         <v>2007</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>28</v>
       </c>
@@ -8214,51 +8214,51 @@
       <c r="H220" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>391</v>
       </c>
       <c r="B221" t="s">
         <v>392</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="F221">
         <v>2005</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>393</v>
       </c>
       <c r="B222" t="s">
         <v>394</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
       <c r="F222">
         <v>2005</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>161</v>
       </c>
@@ -9314,123 +9314,123 @@
       <c r="H266" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>483</v>
       </c>
       <c r="B267" t="s">
         <v>484</v>
       </c>
       <c r="C267" t="s">
         <v>46</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
       <c r="F267">
         <v>2002</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>485</v>
       </c>
       <c r="B268" t="s">
         <v>486</v>
       </c>
       <c r="C268" t="s">
         <v>46</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
       <c r="F268">
         <v>2002</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>487</v>
       </c>
       <c r="B269" t="s">
         <v>488</v>
       </c>
       <c r="C269" t="s">
         <v>46</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="F269">
         <v>2002</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>489</v>
       </c>
       <c r="B270" t="s">
         <v>490</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="F270">
         <v>2002</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>491</v>
       </c>
       <c r="B271" t="s">
         <v>492</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="F271">
         <v>2002</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>34</v>
       </c>
@@ -9838,51 +9838,51 @@
       <c r="H288" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>527</v>
       </c>
       <c r="B289" t="s">
         <v>528</v>
       </c>
       <c r="C289" t="s">
         <v>46</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
       <c r="F289">
         <v>2001</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>529</v>
       </c>
       <c r="B290" t="s">
         <v>530</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
       <c r="F290">
         <v>2001</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
         <v>34</v>
       </c>
@@ -10030,51 +10030,51 @@
       <c r="H296" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>123456</v>
       </c>
       <c r="B297" t="s">
         <v>543</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>544</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297">
         <v>2000</v>
       </c>
       <c r="G297" t="s">
         <v>545</v>
       </c>
       <c r="H297" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>546</v>
       </c>
       <c r="B298" t="s">
         <v>547</v>
       </c>
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298" t="s">
         <v>39</v>
       </c>
       <c r="F298">
         <v>2000</v>
       </c>
       <c r="G298" t="s">
         <v>545</v>
       </c>
       <c r="H298" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="299" spans="1:8">
@@ -10814,51 +10814,51 @@
       <c r="H329" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>610</v>
       </c>
       <c r="B330" t="s">
         <v>611</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="F330">
         <v>1999</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>612</v>
       </c>
       <c r="B331" t="s">
         <v>613</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="F331">
         <v>1999</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
         <v>148</v>
       </c>
@@ -12698,51 +12698,51 @@
       <c r="H408" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>768</v>
       </c>
       <c r="B409" t="s">
         <v>769</v>
       </c>
       <c r="C409" t="s">
         <v>46</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
       <c r="F409">
         <v>1992</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>770</v>
       </c>
       <c r="B410" t="s">
         <v>771</v>
       </c>
       <c r="C410" t="s">
         <v>25</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="F410">
         <v>1992</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>54</v>
       </c>
@@ -13602,51 +13602,51 @@
       <c r="B447" t="s">
         <v>843</v>
       </c>
       <c r="C447"/>
       <c r="D447"/>
       <c r="E447"/>
       <c r="F447"/>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>844</v>
       </c>
       <c r="B448" t="s">
         <v>845</v>
       </c>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448"/>
       <c r="F448"/>
       <c r="G448"/>
       <c r="H448" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>846</v>
       </c>
       <c r="B449" t="s">
         <v>847</v>
       </c>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449"/>
       <c r="H449" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>848</v>
       </c>
       <c r="B450" t="s">
         <v>849</v>
       </c>