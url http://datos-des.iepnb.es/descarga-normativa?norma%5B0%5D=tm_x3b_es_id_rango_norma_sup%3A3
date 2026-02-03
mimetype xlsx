--- v0 (2025-10-23)
+++ v1 (2026-02-03)
@@ -12,793 +12,592 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="542">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>plan</t>
-[...2 lines deleted...]
-    <t>https://google.es</t>
+    <t>Ley 1/2025, de 1 de abril, de prevención de las pérdidas y el desperdicio alimentario.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/act.php?id=BOE-A-2025-6597</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
-    <t>Plan de Gestión por el que se declaran las ZEPAS</t>
-[...17 lines deleted...]
-    <t>Prueba de nueva norma región de Murcia modificado</t>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Decreto-ley 1/2023, de 30 de enero, de medidas extraordinarias y urgentes para la protección de la lagartija pitiusa (Podarcis pityusensis) y la lagartija balear (Podarcis lilfordi) y para la prevención y lucha contra las especies de la familia Colubridae sensu lato.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/dl/2023/01/30/1</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Ley 2/2023, de 31 de enero, de biodiversidad y patrimonio natural de La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/boe/dias/2023/02/18/pdfs/BOE-A-2023-4327.pdf</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Ley 2/2025, de 23 de mayo, por la que se modifica la Ley 2/2023, de 31 de enero, de biodiversidad y patrimonio natural de La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/boe/dias/2025/06/03/pdfs/BOE-A-2025-11007.pdf</t>
+  </si>
+  <si>
+    <t>Ley 15/2022, de 23 de diciembre, de declaración del Parque Natural del alto Najerilla. BOR 247, 27 de diciembre de 2022</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2022/12/23/15</t>
+  </si>
+  <si>
+    <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
+  </si>
+  <si>
+    <t>Ley 9/2021, de 1 de julio, de declaración del Parque Nacional de la Sierra de las Nieves. BOE 157, de 2 de julio de 2021</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2021/07/01/9</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Ley 9/2021, de 25 de noviembre, de conservación del patrimonio natural de Euskadi. BOPV 246 de 10/12/2021</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2021/11/25/9</t>
+  </si>
+  <si>
+    <t>Ley 5/2020, de 24 de julio, de Medidas Urgentes para la Declaración de Proyectos Prioritarios en Castilla-La  Mancha. DOCM 152 de 31 de julio de 2020</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2020/07/24/5</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Ley 4/2020, de 14 de diciembre, de declaración del Parque Natural de «Sabinares del Arlanza-La Yecla» (Burgos)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2020/12/14/4</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Decreto-Ley 2/2019, de 26 de diciembre, de Protección Integral del Mar Menor. BORM 298 de 27 de diciembre de 2019</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/dl/2019/12/26/2/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Ley 5/2019, de 2 de agosto, del patrimonio natural y de la biodiversidad de Galicia. DOG 149 de 7 de agosto de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ga/l/2019/08/02/5</t>
+  </si>
+  <si>
+    <t>Ley 2/2017, de 27 de junio, de declaración del Parque Natural Marítimo-Terrestre Es Trenc-Salobrar de Campos. BOE 222, de 14 de septiembre de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/l/2017/06/27/2</t>
+  </si>
+  <si>
+    <t>Ley 1/2017, de 28 de marzo, por la que se amplían los límites del Parque NaturalLago de Sanabria y alrededores (Zamora), se modifica su denominación por la de Parque Natural Lago de Sanabria y Sierras Segundera y de Porto (Zamora), y se establece su régimen de protección, uso y gestión. BOCyL 66 de 5 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2017/03/28/1</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 1/2017, de 20 de junio, del Gobierno de Aragón, por el que se aprueba el texto refundido de la Ley de Montes de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/act.php?id=BOA-d-2017-90392</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, de 3 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/05/19/4</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Ley 4/2015, de 24 de marzo, del Patrimonio Natural de Castilla y León. BOE 91, de 16 de abril de 2015</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2015/03/24/4</t>
+  </si>
+  <si>
+    <t>Ley 33/2015, de 21 de septiembre, por la que se modifica la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. (BOE nº 227, 22.09.2015)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2015/09/21/33</t>
+  </si>
+  <si>
+    <t>Ley 5/2015, de 24 de marzo, de declaración del Parque Natural de Babia y Luna (León). BOCyL 61 de 30 de marzo de 2015</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2015/03/24/5</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 1/2015, de 29 de julio, del Gobierno de Aragón, por el que se aprueba el texto refundido de la Ley de Espacios Protegidos de Aragón.</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VERDOC&amp;BASE=BOLE&amp;PIECE=BOLE&amp;DOCR=8&amp;SEC=BUSQUEDA_AVANZADA&amp;RNG=10&amp;SORT=-PUBL&amp;SEPARADOR=&amp;&amp;SECC-C=GENERALES&amp;CODR-C=17</t>
+  </si>
+  <si>
+    <t>LEY 11/2014, de 4 de diciembre, de Prevención y Protección Ambiental de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VERDOC&amp;BASE=BOLE&amp;SEC=BUSQUEDA_AVANZADA&amp;SEPARADOR=&amp;&amp;DOCN=000192255</t>
+  </si>
+  <si>
+    <t>Ley 7/2013 , de 25 de junio, de declaración del Parque Nacional de la Sierra de Guadarrama. BOE 152, de 26 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2013/06/25/7</t>
+  </si>
+  <si>
+    <t>Ley 6/2013, de 23 de diciembre, de Medidas Fiscales y Administrativas. Artículo 10. Modificación parcial de la Ley 1/1985, de 23 de enero, del Parque Regional de la Cuenca alta del Manzanares. BOCM 309 de 30 de diciembre de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2013/12/23/6</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ley 6/2013, de 23 de diciembre, de Medidas Fiscales y Administrativas. Artículo 8. Modificación parcial de la Ley 8/1998, de 15 de junio, de Vías Pecuarias de la Comunidad de Madrid. BOE 74 de 26 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Ley 9/2013, de 3 de diciembre, de Pesca de Castilla y León. BOCyL 239 de 13 de diciembre de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2013/12/03/9</t>
+  </si>
+  <si>
+    <t>Ley 2/2013, de 10 de octubre, de modificación de la Ley 16/1994, de 30 de junio, de Conservación de la Naturaleza del País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2013/10/10/2</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Orden 6/2013, de 25 de marzo, de la Conselleria de Infraestructuras, Territorio y Medio Ambiente, por la que se modifican los listados valencianos de especies protegidas de flora y fauna. DOGV 6996 de 04 de abril de 2013</t>
+  </si>
+  <si>
+    <t>http://www.dogv.gva.es/portal/ficha_disposicion_pc.jsp?sig=003163/2013&amp;L=1</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Ley 7/2013, de 25 de junio, de declaración del Parque Nacional de la Sierra de Guadarrama. BOE 152 de 26-6-2013.</t>
+  </si>
+  <si>
+    <t>Ley 1/2012, de 28 de febrero, de Medidas Tributarias, Administrativas y Financieras. BOCyL 42 de 29 de febrero de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2012/02/28/1</t>
+  </si>
+  <si>
+    <t>Decreto Ley 7/2012, de 15 de junio de medidas urgentes para la activación económica en materia de industria y energía, y otras actividades. BOIB 90 de 21 de junio de 2012</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2012090/mp33.pdf</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 4 de marzo, de Economía Sostenible. BOE 55, de 5 de marzo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2011/03/04/2</t>
+  </si>
+  <si>
+    <t>Ley 11/2011, de 21 de marzo, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 63 de 31/03/2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/21/11</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 17 de marzo, de Caza. BOPV 61 de 29 de marzo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2011/03/17/2</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 31 de enero, de desarrollo y modernización del turismo de Extremadura. DOE 22, de 2 de febrero de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ex/l/2011/01/31/2</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ley 5/2011, de 10 de marzo, de Declaración del Parque Natural de la Sierra Norte de Guadalajara. BOE 104, de 2 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/10/5</t>
+  </si>
+  <si>
+    <t>Ley 6/2011, de 10 de marzo, de Declaración del Parque Natural del Valle de Alcudia y Sierra Madrona. BOE 104, de 2 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/10/6</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas. BOE 76, de 30 de marzo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/02/04/139/corrigendum/20110330</t>
+  </si>
+  <si>
+    <t>Ley 14/2010, de 5 de julio, sobre las infraestructuras y los servicios de información geográfica en España. BOE 163 de 6 de julio de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2010/07/05/14</t>
+  </si>
+  <si>
+    <t>Ley 41/2010, de 29 de diciembre, de protección del medio marino. BOE 317, de 30 de diciembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2010/12/29/41</t>
+  </si>
+  <si>
+    <t>Ley 9/2010, de 30 de julio, de Aguas de Andalucía 2010. BOJA 155 de 09/08/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2010/07/30/9</t>
+  </si>
+  <si>
+    <t>Ley 7/2010, de 14 julio, de la Dehesa. BOJA 144 de 23/07/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2010/07/14/7</t>
+  </si>
+  <si>
+    <t>Ley 9/2010, de 16 de diciembre, por la que se modifica la Ley 23/2003, de 23 de diciembre, de creación del Instituto Aragonés de Gestión Ambiental. BOA 254 de 30/12/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2010/12/16/9</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Ley 4/2010, de 4 de junio, del Catálogo Canario de Especies Protegidas. BOC 112, de 9 de Junio de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cn/l/2010/06/04/4</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Ley 4/2010, de 21 de octubre, del Plan Vasco de Estadística 2010-2012. BOPV 213 de 05 de Noviembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2010/10/21/4</t>
+  </si>
+  <si>
+    <t>Ley 18/2010, de 20 de diciembre, de declaración del Parque Natural «Sierra Norte de Guadarrama» (Segovia y Ávila). BOE 7, de 8 de enero de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2010/12/20/18</t>
+  </si>
+  <si>
+    <t>Ley 1/2010, de 2 de marzo, de declaración del parque natural de «Laguna Negra y Circos Glaciares de Urbión» (Soria). BOE 70 de 22 de marzo de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2010/03/02/1</t>
+  </si>
+  <si>
+    <t>Ley 15/2010, de 28 de mayo, de declaración del Parque Natural del Montgrí, les Illes Medes i el Baix Ter, de dos reservas naturales parciales y de una reserva natural integral. BOE núm. 156, de 28 de junio</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ct/l/2010/05/28/15</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Ley 4/2009, de 22 de junio, de Ordenación del Territorio de Aragón. BOA 124 de 30/06/2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2009/06/22/4</t>
+  </si>
+  <si>
+    <t>Ley 3/2009, de 6 de abril, de Montes de Castilla y León. BOCyL 71 de 16-04-2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2009/04/06/3</t>
+  </si>
+  <si>
+    <t>Decreto 70/2009, de 22 de mayo, del Consell, por el que se crea y se regula el Catálogo Valenciano de Especies de Flora Amenazadas</t>
+  </si>
+  <si>
+    <t>https://www.dogv.gva.es/portal/ficha_disposicion_pc.jsp?sig=005937/2009&amp;L=1</t>
+  </si>
+  <si>
+    <t>Ley 8/2009, de 21 de diciembre, de medidas liberalizadoras y de apoyo a la empresa madrileña. BOE 63, de 13/03/2010.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2009/12/21/8</t>
+  </si>
+  <si>
+    <t>Ley 3/2008, de 12 de junio, de Montes y Gestión Forestal Sostenible de Castilla-La Mancha. DOCM 130 de 23 de junio de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2008/06/12/3</t>
+  </si>
+  <si>
+    <t>Ley 9/2008, de 9 de diciembre, de modificación de la Ley 6/1992, de 18 de diciembre, de Protección de los Ecosistemas Acuáticos y de Regulación de la Pesca en Castilla y León. BOCyL 249 de 26 de diciembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/09/9</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 2/2008, de 15 de abril por el que se aprueba el Texto refundido de la Ley de protección de animales. DOGC  5113, 17 de abril de 2008</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=492668</t>
+  </si>
+  <si>
+    <t>Ley 15/2008, de 18 de diciembre, de Declaración del Parque Natural Hoces del alto Ebro y Rudrón (Burgos). BOCyL 249 de 26 de diciembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/18/15</t>
+  </si>
+  <si>
+    <t>Ley 12/2008, de 9 de diciembre, de Declaración del Parque Natural de Lagunas Glaciares de Neila (Burgos). BOCyL 249 de 26 de diciembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/09/12</t>
+  </si>
+  <si>
+    <t>Ley 11/2008, de 9 de diciembre, de declaración de la Reserva Natural «Acebal de Garagüeta» (Soria)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/09/11</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 2/2008, de 15 de abril, por el que se aprueba el Texto refundido de la Ley de protección de los animales (Comunidad Autónoma de Cataluña).</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOGC-f-2008-90016</t>
+  </si>
+  <si>
+    <t>Ley 16/2008, de 18 de diciembre, por la que se amplía el Parque Natural de las Batuecas-Sierra de Francia (Salamanca). BOE 15, de 17 de enero de 2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/18/16</t>
+  </si>
+  <si>
+    <t>Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 299, de 14 de diciembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/12/13/42</t>
+  </si>
+  <si>
+    <t>Ley 7/2007, de 9 julio, de Gestión de la Calidad Ambiental de Andalucía. BOJA 143 de 20/07/2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2007/07/09/7</t>
+  </si>
+  <si>
+    <t>Ley 34/2007, de 15 de noviembre, de calidad del aire y protección de la atmósfera. BOE 275, de 16 de noviembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/11/15/34</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 3/2007, de 4 de abril, de Pesca en Aguas Continentales. BOC 74 de 17 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2007/04/04/3</t>
+  </si>
+  <si>
+    <t>Ley 8/2007, de 15-3-2007, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 72 de 5 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2007/03/15/8</t>
+  </si>
+  <si>
+    <t>Ley 13/2007, de 27 de diciembre, de modificación de la Ley 1/1995, de 8 de marzo, de Protección del Medio Ambiente de la Región de Murcia, y de la Ley 10/2006, de 21 de diciembre, de Energías Renovables y Ahorro y Eficiencia Energética de la Región de Murcia, para la Adopción de Medidas Urgentes en Materia de Medio Ambiente. BORM nº 18, 22/1/2008.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2007/12/27/13</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>Pruebas Boletin oficial</t>
-[...236 lines deleted...]
-    <t>https://www.boe.es/eli/es-ri/l/2022/12/23/15</t>
+    <t>Ley 2/2007, de 12 de marzo, de Pesca Marítima y Acuicultura de la Región de Murcia. BOE 175, de 21 de julio de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2007/03/12/2</t>
+  </si>
+  <si>
+    <t>Ley 5/2007, de 8 de marzo, de Declaración del Parque Natural de la Serranía de Cuenca. BOE 119, de 18 de mayo de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2007/03/08/5</t>
+  </si>
+  <si>
+    <t>Ley 1/2007, de 2 de marzo, de declaración del Parque Nacional de Monfragüe. BOE 54, de 3 de marzo de 2007.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/03/02/1</t>
+  </si>
+  <si>
+    <t>Disposición final segunda. Modificación de la Ley 1/2007, de 2 de marzo, de Declaración del Parque Nacional de Monfragüe. BOE 293, de 04/12/2014.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2014/12/03/30/con</t>
+  </si>
+  <si>
+    <t>Ley 27/2006, de 18 de julio, por la que se regulan los derechos de acceso a la información, de participación pública y de acceso a la justicia en materia de medio ambiente (incorpora las Directivas 2003/4/CE y 2003/35/CE). BOE 171, de 19 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2006/07/18/27</t>
+  </si>
+  <si>
+    <t>Ley 15/2006, de 28 de diciembre, de Montes de Aragón. BOA 149 de 30/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/12/28/15</t>
+  </si>
+  <si>
+    <t>Ley 7/2006, de 22 de junio, de protección ambiental de Aragón. BOA 81, de 17 de julio de 2006 </t>
+  </si>
+  <si>
+    <t>https://www.boe.es/ccaa/boa/2006/081/d09819-09854.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 12/2006, de 17 de julio, de Caza de Cantabria. BOC 148 de 2 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/07/17/12</t>
+  </si>
+  <si>
+    <t>Corrección de Errores a la Ley 3/2006, de 05-10-2006, por la que se modifica la Ley 2/1993, de 15 de julio de Caza de Castilla-La Mancha. DOCM 233, 01 de enero de 2007</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/l/2006/10/05/3</t>
+  </si>
+  <si>
+    <t>Ley 4/2006, de 25 de mayo, de modificación de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 110, de 08 de junio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2006/05/25/4</t>
+  </si>
+  <si>
+    <t>Ley 6/2006, de 12 de abril, balear de caza y pesca fluvial. BOIB 61 de 27/04/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/l/2006/04/12/6</t>
+  </si>
+  <si>
+    <t>Ley 2/2006, de 28 de febrero, de Pesca de La Rioja. BOR 33 de 9 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2006/02/28/2</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
-    <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
-[...439 lines deleted...]
-  <si>
     <t>Ley 1/2006, de 23 de junio, de Aguas. BOPV 137 de 19 de julio de 2006</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-pv/l/2006/06/23/1</t>
   </si>
   <si>
     <t>Ley 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, 03 de agosto de 2006</t>
   </si>
   <si>
     <t>Ley 10/2006, de 14 de octubre, de Declaración del Parque Natural de Montes Obarenes-San Zadornil (Burgos). BOCyL 203 de 20 de octubre de 2006</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2006/10/20/pdf/BOCYL-D-20102006-1.pdf</t>
   </si>
   <si>
     <t>Ley 6/2006, de 5 de julio, de declaración de la Reserva Natural de Lagunas de Villafáfila (Zamora). BOE 104, de 2 de mayo de 2011</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/2006/07/05/6</t>
   </si>
   <si>
     <t>Ley 5/2006, de 30 de mayo, del Parque Natural de Las Ubiñas-La Mesa. BOE núm. 188, martes 8 agosto 2006</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-as/l/2006/05/30/5</t>
@@ -968,224 +767,218 @@
   <si>
     <t>Ley 10/2003, de 26 de marzo, de modificación de la Ley del Parque Regional de la Cuenca alta del Manzanares y de la Junta Rectora del Parque Natural de la Cumbre, Circo y Lagunas de Peñalara. BOCM 79 de 3 de abril de 2003.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-md/l/2003/03/26/10</t>
   </si>
   <si>
     <t>Ley 62/2003, de 30 de diciembre, de medidas fiscales, administrativas y del Orden social. BOE 313 de 31 de diciembre de 2003</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/l/2003/12/30/62</t>
   </si>
   <si>
     <t>Ley 7/2003, de 20 de marzo, de modificación de la Ley 6/1994, de 28 de junio, de Creación del Parque Regional en torno a los ejes de los cursos bajos de los ríos Manzanares y Jarama. BOE 128, de 29 de mayo de 2003</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-md/l/2003/03/20/7</t>
   </si>
   <si>
     <t>Ley Foral 33/2003, de 10 de diciembre, de Redelimitación de la Reserva Natural de Larra y su Zona Periférica de Protección. BON 159 de 17 de diciembre de 2003</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-nc/lf/2003/12/10/33</t>
   </si>
   <si>
+    <t>Ley 5/2002, de 4 de abril, de Caza de Aragón. BOA 45 de 17 de abril de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2002/04/04/5</t>
+  </si>
+  <si>
+    <t>Ley 5/2002 de 8 de octubre de 2002, de protección del Medio Ambiente en La Rioja. BOE 253, de 22/10/2002.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2002/10/08/5/con</t>
+  </si>
+  <si>
+    <t>Ley 10/2002, de 12 de noviembre, de Modificación de la Ley 7/1995, de 21 de abril, de la Fauna Silvestre, Caza y Pesca Fluvial. BORM 284, 10 de diciembre de 2002</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/l/2002/11/12/10/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Ley 5/2002, de 11 de abril, de declaración del Parque Natural de Arribes del Duero (Salamanca-Zamora). BOE 115, de 14 de mayo de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2002/04/11/5</t>
+  </si>
+  <si>
+    <t>Ley 6/2002, de 11 de abril, de declaración de la Reserva Natural de Riberas de «Castronuño-Vega del Duero» (Valladolid). BOE 115, de 14 de mayo de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2002/04/11/6</t>
+  </si>
+  <si>
+    <t>Ley del Principado de Asturias 9/2002, de 22 de octubre, de la reserva natural integral de Muniellos. BOPA 255 de 4 de Noviembre de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-as/l/2002/10/22/9</t>
+  </si>
+  <si>
+    <t>Ley del Principado de Asturias 12/2002, de 13 de diciembre, de declaración del parque natural de Fuentes del Narcea, Degaña e Ibias. BOPA 298 de 27 de diciembre de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-as/l/2002/12/13/12</t>
+  </si>
+  <si>
+    <t>Ley 15/2002, de 1 de julio, por la que se declara el Parque Nacional marítimo-terrestre de las Islas Atlánticas de Galicia. BOE 157, de 2 de julio de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2002/07/01/15</t>
+  </si>
+  <si>
+    <t>Ley 17/2001 de 19 de diciembre, de protección ambiental de Ses Salines de Ibiza y Formentera. BOIB 156 de 29 de diciembre de 2001.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/l/2001/12/19/17</t>
+  </si>
+  <si>
+    <t>Ley 1/2001, de 24 de abril, del Suelo de la Región de Murcia. BORM 113 de 17 de mayo de 2001</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2001/04/24/1</t>
+  </si>
+  <si>
+    <t>Ley 1/2001, de 24 de abril, del Suelo de la Región de Murcia. BORM 113 de 17 de mayo de 2001 y BOE núm. 243 de 10 de Octubre de 2001 (Vigente hasta el 09 de Enero de 2006)</t>
+  </si>
+  <si>
+    <t>Ley 4/2001, de 28 de junio, por la que se modifica la Ley 20/1999, de 3 de mayo, del Parque Regional del curso medio del río Guadarrama y su entorno. BOE 179, de 27 de julio de 2001</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2001/06/28/4</t>
+  </si>
+  <si>
+    <t>Ley 3/2000 de 19 de junio, de desarrollo rural de la Comunidad Autónoma de La Rioja. BOR 95 de 6 de agosto de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2000/06/19/3</t>
+  </si>
+  <si>
+    <t>Ley 9/2000, de 11 de julio, de Declaración de la Reserva Natural del Sabinar de Calatañazor (Soria). BOE 193, de 12 de agosto de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2000/07/11/9</t>
+  </si>
+  <si>
+    <t>Ley 4/2000, de 27 de junio, de Declaración del Parque Natural de Fuentes Carrionas y Fuente Cobre-Montaña Palentina (Palencia). BOCyL 129 de 5 de julio de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2000/06/27/4</t>
+  </si>
+  <si>
+    <t>Ley 8/2000, de 11 de julio, de Declaración del Parque Natural de Las Batuecas-Sierra de Francia (Salamanca). BOE 193 de 12 de agosto de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2000/07/11/8</t>
+  </si>
+  <si>
+    <t>Ley 1/2000, de 6 de abril, por la que se declara el Parque Natural del alto Tajo. BOE 159 de 4 de julio de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2000/04/06/1</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 1/2000, de 8 de mayo, por el que se aprueba el Texto Refundido de las Leyes de Ordenación del Territorio de Canarias y de Espacios Naturales de Canarias</t>
+  </si>
+  <si>
+    <t>http://www.gobcan.es/boc/2000/060/boc-2000-060-001.pdf</t>
+  </si>
+  <si>
+    <t>Ley 5/1999, de 29 de junio, de prevención y lucha contra los incendios forestales. BOJA 82 de 17/07/1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/1999/06/29/5</t>
+  </si>
+  <si>
+    <t>Ley 2/1999, de 24 de febrero, de Pesca en Aragón. BOA 26 de 4 de marzo de 1999 </t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/1999/02/24/2</t>
+  </si>
+  <si>
+    <t>Ley 3/1999, de 10 de marzo, del Patrimonio Cultural Aragonés. BOA 36 de 29 de marzo de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/1999/03/10/3</t>
+  </si>
+  <si>
+    <t>Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 40 de 12 de junio de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/1999/05/26/9</t>
+  </si>
+  <si>
+    <t>Ley 20/1999, de 3 de mayo, del Parque Regional del curso medio del río Guadarrama y su entorno. BOCM 308 de 29 de diciembre de 2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/1999/05/03/20</t>
+  </si>
+  <si>
+    <t>Ley 20/1999, de 3 de mayo, del Parque Regional del Curso Medio del Río Guadarrama y su entorno.</t>
+  </si>
+  <si>
+    <t>Ley 1/1999 de 18 de febrero, de Declaración de Parque Natural de Collados del Asón. BOC extraordinario 2 de 19 de febrero de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/1999/02/18/1</t>
+  </si>
+  <si>
+    <t>Ley Foral 10/1999, de 6 de abril, por la que se declara Parque Natural las Bardenas Reales de Navarra. BON 43 de 9 de abril de 1999.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-nc/lf/1999/04/06/10</t>
+  </si>
+  <si>
     <t>Comunidad Foral de Navarra</t>
   </si>
   <si>
-    <t>Ley 5/2002, de 4 de abril, de Caza de Aragón. BOA 45 de 17 de abril de 2002</t>
-[...148 lines deleted...]
-  <si>
     <t>Ley 3/1999, de 11 de enero, por la que se crea el Parque Nacional de Sierra Nevada. BOE 11, 13 de enero de 1999.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/l/1999/01/11/3</t>
   </si>
   <si>
     <t>Ley 9/1999, de 26 de mayo, de conservación de la Naturaleza. DOCM 40 de 12 de junio de 1999.</t>
   </si>
   <si>
     <t>Ley 11/1999, de 13 de mayo, de Modificación Puntual de la Ley 12/1994, de 19 de diciembre, de Espacios Naturales de Canarias. BOC 62 de 17 de mayo de 1999</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cn/l/1999/05/13/11</t>
   </si>
   <si>
-    <t>Drcreto blab bla</t>
-[...4 lines deleted...]
-  <si>
     <t>Ley 6/1998, de 19 de mayo, de Espacios Naturales Protegidos de Aragón. BOA 64 de 03 de Junio de 1998</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ar/l/1998/05/19/6</t>
   </si>
   <si>
     <t>Ley 7/1998, de 6 de julio, de Caza de Canarias. BOC 86, de 15 de julio de 1998</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cn/l/1998/07/06/7</t>
   </si>
   <si>
     <t>Ley 8/1998, de 15 de junio, de Vías Pecuarias de la Comunidad de Madrid. BOE 206, de 28/08/1998.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-md/l/1998/06/15/8</t>
   </si>
   <si>
     <t>Ley 3/1998, de 27 de febrero, general de protección del medio ambiente del País Vasco. BOPV 59, de 27 de marzo de 1998</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-pv/l/1998/02/27/3</t>
   </si>
   <si>
     <t>Ley 6/1998, de 13 de marzo, de pesca marítima. BOPV 62 de 1 de abril de 1998</t>
@@ -1218,50 +1011,56 @@
     <t>https://www.boe.es/eli/es-cl/l/1997/06/17/7</t>
   </si>
   <si>
     <t>Ley Foral 3/1997, de 27 de febrero, del Parque Natural de Urbasa y Andia. BON  31 de 12 de marzo de 1997.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-nc/lf/1997/02/27/3</t>
   </si>
   <si>
     <t>Ley 4/1996, de 12 julio por la que se regula el ejercicio de la caza. BOCyL 140 de 22 de Julio de 1996</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/1996/07/12/4</t>
   </si>
   <si>
     <t>Ley 3/1996, de 20 de junio, de declaración del Parque Regional de la Sierra de Gredos. BOCyL 124 de 28 de junio de 1996</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/1996/06/20/3</t>
   </si>
   <si>
     <t>Ley 8/1996, de 27 de diciembre, de declaración del Parque Natural de Redes. BOPA 302 de 31 de Diciembre de 1996</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-as/l/1996/12/27/8</t>
+  </si>
+  <si>
+    <t>Acuerdo de 16 de septiembre de 1996, del Gobierno de Navarra, por el que se propone la declaración de la reserva natural de Caparreta (rn-26) y del area de protección de la fauna silvestre del roquedo de Etxauri (apfs-14), como zonas de especial protección de aves (zepas)</t>
+  </si>
+  <si>
+    <t>https://www.lexnavarra.navarra.es/detalle.asp?r=28936</t>
   </si>
   <si>
     <t>Ley 3/1995, de 23 de marzo, de Vías Pecuarias. BOE 71, de 24 de marzo de 1995</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/l/1995/03/23/3</t>
   </si>
   <si>
     <t>Ley 16/1995, de 4 de mayo, Forestal y de Protección de la Naturaleza de la Comunidad de Madrid. BOE 190, de 10 de agosto de 1995</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-md/l/1995/05/04/16</t>
   </si>
   <si>
     <t>Ley 4/1995, de 20 de marzo, de Creación del Parque Natural de la Sierra de Cebollera. BOR 37 de 28 de marzo de 1995.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ri/l/1995/03/20/4</t>
   </si>
   <si>
     <t>Ley 2/1995 de 10 de febrero de 1995, de Protección y Desarrollo del Patrimonio Forestal de La Rioja. BOE 63, de 15/03/1995</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ri/l/1995/02/10/2</t>
   </si>
@@ -1985,6643 +1784,5107 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H298"/>
+  <dimension ref="A1:H233"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="443.463" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="412.756" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
       <c r="E2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F2">
-        <v>3456</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
+        <v>12</v>
+      </c>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="D3"/>
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
       <c r="E3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F3">
-        <v>2109</v>
+        <v>2023</v>
       </c>
       <c r="G3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C4"/>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
       <c r="E4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F4">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C5"/>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
       <c r="E5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F5">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C6"/>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
       <c r="E6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F6">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G6"/>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F7">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F8">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="G8"/>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F9">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F10">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="C11"/>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
       <c r="E11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F11">
-        <v>2025</v>
-[...4 lines deleted...]
-      <c r="H11"/>
+        <v>2020</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="C12"/>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
       <c r="E12" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F12">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F13">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G13"/>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C14"/>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F14">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C15"/>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
       <c r="E15" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F15">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F16">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C17" t="s">
         <v>48</v>
       </c>
+      <c r="C17"/>
       <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17">
+        <v>2016</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17" t="s">
         <v>49</v>
       </c>
-      <c r="E17" t="s">
-[...8 lines deleted...]
-      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="C18"/>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F18">
-        <v>2024</v>
-[...4 lines deleted...]
-      <c r="H18"/>
+        <v>2015</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>52</v>
       </c>
       <c r="B19" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="C19"/>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
       <c r="E19" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F19">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G19"/>
+        <v>2015</v>
+      </c>
+      <c r="G19" t="s">
+        <v>12</v>
+      </c>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C20"/>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F20">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G20"/>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F21">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F22">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B23" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F23">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C24"/>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F24">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F25">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F26">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G26"/>
       <c r="H26" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="C27"/>
       <c r="D27" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F27">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G27"/>
       <c r="H27" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C28"/>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E28" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F28">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G28"/>
       <c r="H28" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="C29"/>
       <c r="D29" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E29" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F29">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="B30" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F30">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G30"/>
       <c r="H30" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="B31" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="C31"/>
       <c r="D31" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F31">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G31"/>
       <c r="H31" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="B32" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="C32"/>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F32">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="B33" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="C33"/>
       <c r="D33" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E33" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F33">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="B34" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E34" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F34">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="B35" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="C35"/>
       <c r="D35" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E35" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F35">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="B36" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E36" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F36">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G36"/>
       <c r="H36" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="B37" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E37" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F37">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="B38" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F38">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="B39" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F39">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="B40" t="s">
-        <v>67</v>
+        <v>98</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F40">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="B41" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F41">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G41"/>
       <c r="H41" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="B42" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E42" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F42">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G42"/>
       <c r="H42" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="B43" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F43">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G43"/>
       <c r="H43" t="s">
-        <v>70</v>
+        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="B44" t="s">
-        <v>20</v>
+        <v>107</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E44" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F44">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G44"/>
       <c r="H44" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>71</v>
+        <v>109</v>
       </c>
       <c r="B45" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E45" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F45">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G45"/>
       <c r="H45" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
       <c r="B46" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F46">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G46"/>
       <c r="H46" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="B47" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E47" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F47">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="G47"/>
       <c r="H47" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="B48" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="C48"/>
       <c r="D48" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E48" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F48">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G48"/>
-      <c r="H48"/>
+      <c r="H48" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>118</v>
       </c>
       <c r="B49" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="C49"/>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
       <c r="E49" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F49">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="G49"/>
-      <c r="H49"/>
+      <c r="H49" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>79</v>
+        <v>120</v>
       </c>
       <c r="B50" t="s">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="C50"/>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
       <c r="E50" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F50">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="G50"/>
-      <c r="H50"/>
+      <c r="H50" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>80</v>
+        <v>122</v>
       </c>
       <c r="B51" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E51" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F51">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="G51"/>
-      <c r="H51"/>
+      <c r="H51" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>81</v>
+        <v>124</v>
       </c>
       <c r="B52" t="s">
-        <v>26</v>
+        <v>125</v>
       </c>
       <c r="C52"/>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>19</v>
+      </c>
       <c r="E52" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F52">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="B53" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E53" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F53">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="B54" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="C54"/>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
       <c r="E54" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F54">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="B55" t="s">
-        <v>67</v>
+        <v>131</v>
       </c>
       <c r="C55"/>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
       <c r="E55" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F55">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="B56" t="s">
-        <v>67</v>
+        <v>133</v>
       </c>
       <c r="C56"/>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
       <c r="E56" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F56">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>134</v>
       </c>
       <c r="B57" t="s">
-        <v>67</v>
+        <v>135</v>
       </c>
       <c r="C57"/>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
       <c r="E57" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F57">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>84</v>
+        <v>136</v>
       </c>
       <c r="B58" t="s">
-        <v>67</v>
+        <v>137</v>
       </c>
       <c r="C58"/>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>19</v>
+      </c>
       <c r="E58" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F58">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="B59" t="s">
-        <v>67</v>
+        <v>139</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F59">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>84</v>
+        <v>140</v>
       </c>
       <c r="B60" t="s">
-        <v>67</v>
+        <v>141</v>
       </c>
       <c r="C60"/>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>19</v>
+      </c>
       <c r="E60" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F60">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G60"/>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>87</v>
+        <v>142</v>
       </c>
       <c r="B61" t="s">
-        <v>26</v>
+        <v>143</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F61">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G61" t="s">
+        <v>12</v>
+      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>88</v>
+        <v>144</v>
       </c>
       <c r="B62" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="C62"/>
       <c r="D62" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F62">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="G62"/>
-      <c r="H62"/>
+      <c r="H62" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>91</v>
+        <v>146</v>
       </c>
       <c r="B63" t="s">
-        <v>92</v>
+        <v>147</v>
       </c>
       <c r="C63"/>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
       <c r="E63" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F63">
-        <v>2023</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G63" t="s">
+        <v>12</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="B64" t="s">
-        <v>94</v>
+        <v>149</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E64" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F64">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="G64"/>
-      <c r="H64"/>
+      <c r="H64" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>95</v>
+        <v>150</v>
       </c>
       <c r="B65" t="s">
-        <v>96</v>
+        <v>151</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E65" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F65">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="G65"/>
-      <c r="H65"/>
+      <c r="H65" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="B66" t="s">
-        <v>98</v>
+        <v>153</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E66" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F66">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>99</v>
+        <v>154</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>100</v>
+        <v>155</v>
       </c>
       <c r="B67" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="C67"/>
       <c r="D67" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E67" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F67">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="G67"/>
-      <c r="H67"/>
+      <c r="H67" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>102</v>
+        <v>157</v>
       </c>
       <c r="B68" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="C68"/>
       <c r="D68" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F68">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G68"/>
       <c r="H68" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>102</v>
+        <v>159</v>
       </c>
       <c r="B69" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="C69"/>
       <c r="D69" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E69" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F69">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G69"/>
       <c r="H69" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>102</v>
+        <v>161</v>
       </c>
       <c r="B70" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C70"/>
       <c r="D70" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E70" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F70">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G70"/>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="B71" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F71">
-        <v>2021</v>
-[...4 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G71" t="s">
+        <v>12</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>106</v>
+        <v>165</v>
       </c>
       <c r="B72" t="s">
-        <v>107</v>
+        <v>166</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E72" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F72">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="G72"/>
-      <c r="H72"/>
+      <c r="H72" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>108</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>109</v>
+        <v>168</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E73" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F73">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="G73"/>
-      <c r="H73"/>
+      <c r="H73" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="B74" t="s">
-        <v>111</v>
+        <v>170</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E74" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F74">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="B75" t="s">
-        <v>114</v>
+        <v>172</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E75" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F75">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>116</v>
+        <v>173</v>
       </c>
       <c r="B76" t="s">
-        <v>117</v>
+        <v>174</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E76" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F76">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>118</v>
+        <v>175</v>
       </c>
       <c r="B77" t="s">
-        <v>119</v>
+        <v>176</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E77" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F77">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="B78" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E78" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F78">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>46</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>122</v>
+        <v>180</v>
       </c>
       <c r="B79" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E79" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F79">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="B80" t="s">
-        <v>125</v>
+        <v>48</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E80" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F80">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>126</v>
+        <v>183</v>
       </c>
       <c r="B81" t="s">
-        <v>127</v>
+        <v>184</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E81" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F81">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>128</v>
+        <v>185</v>
       </c>
       <c r="B82" t="s">
-        <v>129</v>
+        <v>186</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E82" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F82">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>130</v>
+        <v>187</v>
       </c>
       <c r="B83" t="s">
-        <v>131</v>
+        <v>188</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E83" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F83">
-        <v>2015</v>
-[...4 lines deleted...]
-      <c r="H83"/>
+        <v>2006</v>
+      </c>
+      <c r="G83"/>
+      <c r="H83" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>132</v>
+        <v>190</v>
       </c>
       <c r="B84" t="s">
-        <v>133</v>
+        <v>191</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E84" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F84">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="B85" t="s">
-        <v>135</v>
+        <v>193</v>
       </c>
       <c r="C85"/>
-      <c r="D85"/>
+      <c r="D85" t="s">
+        <v>19</v>
+      </c>
       <c r="E85" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F85">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>136</v>
+        <v>194</v>
       </c>
       <c r="B86" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E86" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F86">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="G86"/>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>138</v>
+        <v>196</v>
       </c>
       <c r="B87" t="s">
-        <v>139</v>
+        <v>197</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E87" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F87">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>140</v>
+        <v>198</v>
       </c>
       <c r="B88" t="s">
-        <v>139</v>
+        <v>199</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E88" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F88">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>141</v>
+        <v>200</v>
       </c>
       <c r="B89" t="s">
-        <v>142</v>
+        <v>201</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E89" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F89">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>143</v>
+        <v>202</v>
       </c>
       <c r="B90" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E90" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F90">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>145</v>
+        <v>204</v>
       </c>
       <c r="B91" t="s">
-        <v>146</v>
+        <v>205</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E91" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F91">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>147</v>
+        <v>206</v>
       </c>
       <c r="B92" t="s">
-        <v>137</v>
+        <v>207</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E92" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F92">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>56</v>
+        <v>154</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>148</v>
+        <v>208</v>
       </c>
       <c r="B93" t="s">
-        <v>149</v>
+        <v>209</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E93" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F93">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="B94" t="s">
-        <v>151</v>
+        <v>211</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E94" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F94">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>152</v>
+        <v>212</v>
       </c>
       <c r="B95" t="s">
-        <v>153</v>
+        <v>213</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E95" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F95">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H95"/>
+        <v>2004</v>
+      </c>
+      <c r="G95"/>
+      <c r="H95" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>154</v>
+        <v>214</v>
       </c>
       <c r="B96" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E96" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F96">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>156</v>
+        <v>216</v>
       </c>
       <c r="B97" t="s">
-        <v>157</v>
+        <v>217</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E97" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F97">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="G97"/>
-      <c r="H97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>158</v>
+        <v>218</v>
       </c>
       <c r="B98" t="s">
-        <v>159</v>
+        <v>219</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E98" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F98">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G98" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="B99" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E99" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F99">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>162</v>
+        <v>222</v>
       </c>
       <c r="B100" t="s">
-        <v>163</v>
+        <v>223</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E100" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F100">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>164</v>
+        <v>224</v>
       </c>
       <c r="B101" t="s">
-        <v>165</v>
+        <v>225</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E101" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F101">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H101"/>
+        <v>2003</v>
+      </c>
+      <c r="G101"/>
+      <c r="H101" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>166</v>
+        <v>226</v>
       </c>
       <c r="B102" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E102" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F102">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H102"/>
+        <v>2003</v>
+      </c>
+      <c r="G102"/>
+      <c r="H102" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>168</v>
+        <v>228</v>
       </c>
       <c r="B103" t="s">
-        <v>169</v>
+        <v>229</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E103" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F103">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H103"/>
+        <v>2003</v>
+      </c>
+      <c r="G103"/>
+      <c r="H103" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>170</v>
+        <v>230</v>
       </c>
       <c r="B104" t="s">
-        <v>171</v>
+        <v>231</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E104" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F104">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>172</v>
+        <v>232</v>
       </c>
       <c r="B105" t="s">
-        <v>173</v>
+        <v>233</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E105" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F105">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>174</v>
+        <v>234</v>
       </c>
       <c r="B106" t="s">
-        <v>175</v>
+        <v>235</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E106" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F106">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>177</v>
+        <v>236</v>
       </c>
       <c r="B107" t="s">
-        <v>178</v>
+        <v>227</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E107" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F107">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>63</v>
+        <v>179</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>179</v>
+        <v>237</v>
       </c>
       <c r="B108" t="s">
-        <v>180</v>
+        <v>238</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E108" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F108">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>181</v>
+        <v>239</v>
       </c>
       <c r="B109" t="s">
-        <v>182</v>
+        <v>240</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E109" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F109">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>183</v>
+        <v>241</v>
       </c>
       <c r="B110" t="s">
-        <v>184</v>
+        <v>242</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E110" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F110">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>185</v>
+        <v>243</v>
       </c>
       <c r="B111" t="s">
-        <v>186</v>
+        <v>244</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E111" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F111">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G111"/>
-      <c r="H111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>187</v>
+        <v>245</v>
       </c>
       <c r="B112" t="s">
-        <v>188</v>
+        <v>246</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E112" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F112">
-        <v>2009</v>
-[...4 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G112" t="s">
+        <v>12</v>
+      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>189</v>
+        <v>247</v>
       </c>
       <c r="B113" t="s">
-        <v>190</v>
+        <v>248</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E113" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F113">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="G113"/>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>191</v>
+        <v>249</v>
       </c>
       <c r="B114" t="s">
-        <v>192</v>
+        <v>250</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E114" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F114">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="G114"/>
-      <c r="H114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>193</v>
+        <v>251</v>
       </c>
       <c r="B115" t="s">
-        <v>194</v>
+        <v>252</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E115" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F115">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>195</v>
+        <v>253</v>
       </c>
       <c r="B116" t="s">
-        <v>196</v>
+        <v>254</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E116" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F116">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>115</v>
+        <v>179</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>197</v>
+        <v>255</v>
       </c>
       <c r="B117" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F117">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>65</v>
+        <v>154</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>199</v>
+        <v>257</v>
       </c>
       <c r="B118" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E118" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F118">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>201</v>
+        <v>259</v>
       </c>
       <c r="B119" t="s">
-        <v>202</v>
+        <v>260</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E119" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F119">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="B120" t="s">
-        <v>204</v>
+        <v>262</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E120" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F120">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>65</v>
+        <v>189</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>205</v>
+        <v>263</v>
       </c>
       <c r="B121" t="s">
-        <v>206</v>
+        <v>264</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E121" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F121">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>65</v>
+        <v>189</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>207</v>
+        <v>265</v>
       </c>
       <c r="B122" t="s">
-        <v>208</v>
+        <v>266</v>
       </c>
       <c r="C122"/>
-      <c r="D122"/>
+      <c r="D122" t="s">
+        <v>19</v>
+      </c>
       <c r="E122" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F122">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="G122"/>
-      <c r="H122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>209</v>
+        <v>267</v>
       </c>
       <c r="B123" t="s">
-        <v>210</v>
+        <v>268</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E123" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F123">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>211</v>
+        <v>269</v>
       </c>
       <c r="B124" t="s">
-        <v>212</v>
+        <v>270</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E124" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F124">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="G124"/>
       <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>213</v>
+        <v>271</v>
       </c>
       <c r="B125" t="s">
-        <v>214</v>
+        <v>270</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E125" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F125">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="G125"/>
-      <c r="H125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>215</v>
+        <v>272</v>
       </c>
       <c r="B126" t="s">
-        <v>216</v>
+        <v>273</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E126" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F126">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="G126"/>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>217</v>
+        <v>274</v>
       </c>
       <c r="B127" t="s">
-        <v>218</v>
+        <v>275</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F127">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>219</v>
+        <v>276</v>
       </c>
       <c r="B128" t="s">
-        <v>220</v>
+        <v>277</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E128" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F128">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>221</v>
+        <v>278</v>
       </c>
       <c r="B129" t="s">
-        <v>222</v>
+        <v>279</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F129">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>223</v>
+        <v>280</v>
       </c>
       <c r="B130" t="s">
-        <v>224</v>
+        <v>281</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F130">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>225</v>
+        <v>282</v>
       </c>
       <c r="B131" t="s">
-        <v>226</v>
+        <v>283</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F131">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>227</v>
+        <v>284</v>
       </c>
       <c r="B132" t="s">
-        <v>228</v>
+        <v>285</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F132">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="G132"/>
-      <c r="H132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>229</v>
+        <v>286</v>
       </c>
       <c r="B133" t="s">
-        <v>230</v>
+        <v>287</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E133" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F133">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="G133"/>
-      <c r="H133"/>
+      <c r="H133" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="B134" t="s">
-        <v>232</v>
+        <v>289</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E134" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F134">
-        <v>2006</v>
-[...4 lines deleted...]
-      <c r="H134"/>
+        <v>1999</v>
+      </c>
+      <c r="G134"/>
+      <c r="H134" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>233</v>
+        <v>290</v>
       </c>
       <c r="B135" t="s">
-        <v>234</v>
+        <v>291</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E135" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F135">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>176</v>
+        <v>105</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>235</v>
+        <v>292</v>
       </c>
       <c r="B136" t="s">
-        <v>236</v>
+        <v>293</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E136" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F136">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>237</v>
+        <v>294</v>
       </c>
       <c r="B137" t="s">
-        <v>238</v>
+        <v>295</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F137">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>239</v>
+        <v>296</v>
       </c>
       <c r="B138" t="s">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E138" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F138">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>241</v>
+        <v>297</v>
       </c>
       <c r="B139" t="s">
-        <v>242</v>
+        <v>298</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F139">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>243</v>
+        <v>299</v>
       </c>
       <c r="B140" t="s">
-        <v>244</v>
+        <v>300</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F140">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>85</v>
+        <v>301</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>245</v>
+        <v>302</v>
       </c>
       <c r="B141" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E141" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F141">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>247</v>
+        <v>304</v>
       </c>
       <c r="B142" t="s">
-        <v>248</v>
+        <v>293</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E142" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F142">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="G142"/>
+        <v>1999</v>
+      </c>
+      <c r="G142" t="s">
+        <v>12</v>
+      </c>
       <c r="H142" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>249</v>
+        <v>305</v>
       </c>
       <c r="B143" t="s">
-        <v>127</v>
+        <v>306</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F143">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="G143"/>
-      <c r="H143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>250</v>
+        <v>307</v>
       </c>
       <c r="B144" t="s">
-        <v>251</v>
+        <v>308</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E144" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F144">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>252</v>
+        <v>309</v>
       </c>
       <c r="B145" t="s">
-        <v>253</v>
+        <v>310</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E145" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F145">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>254</v>
+        <v>311</v>
       </c>
       <c r="B146" t="s">
-        <v>255</v>
+        <v>312</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E146" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F146">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>256</v>
+        <v>64</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>257</v>
+        <v>313</v>
       </c>
       <c r="B147" t="s">
-        <v>258</v>
+        <v>314</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E147" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F147">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>176</v>
+        <v>70</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>259</v>
+        <v>315</v>
       </c>
       <c r="B148" t="s">
-        <v>260</v>
+        <v>316</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E148" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F148">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>176</v>
+        <v>70</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>261</v>
+        <v>317</v>
       </c>
       <c r="B149" t="s">
-        <v>262</v>
+        <v>318</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E149" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F149">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>263</v>
+        <v>319</v>
       </c>
       <c r="B150" t="s">
-        <v>264</v>
+        <v>320</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E150" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F150">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>265</v>
+        <v>321</v>
       </c>
       <c r="B151" t="s">
-        <v>266</v>
+        <v>322</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E151" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F151">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>267</v>
+        <v>323</v>
       </c>
       <c r="B152" t="s">
-        <v>268</v>
+        <v>324</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E152" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F152">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>269</v>
+        <v>325</v>
       </c>
       <c r="B153" t="s">
-        <v>270</v>
+        <v>326</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E153" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F153">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>176</v>
+        <v>301</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>271</v>
+        <v>327</v>
       </c>
       <c r="B154" t="s">
-        <v>272</v>
+        <v>328</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E154" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F154">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>273</v>
+        <v>329</v>
       </c>
       <c r="B155" t="s">
-        <v>274</v>
+        <v>330</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E155" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F155">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>275</v>
+        <v>331</v>
       </c>
       <c r="B156" t="s">
-        <v>276</v>
+        <v>332</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E156" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F156">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>85</v>
+        <v>189</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>277</v>
+        <v>333</v>
       </c>
       <c r="B157" t="s">
-        <v>278</v>
+        <v>334</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E157" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F157">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="G157"/>
-      <c r="H157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>279</v>
+        <v>335</v>
       </c>
       <c r="B158" t="s">
-        <v>280</v>
+        <v>336</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E158" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F158">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="G158" t="s">
+        <v>12</v>
+      </c>
+      <c r="H158"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>281</v>
+        <v>337</v>
       </c>
       <c r="B159" t="s">
-        <v>282</v>
+        <v>338</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E159" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F159">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>283</v>
+        <v>339</v>
       </c>
       <c r="B160" t="s">
-        <v>284</v>
+        <v>340</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E160" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F160">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>56</v>
+        <v>179</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>285</v>
+        <v>341</v>
       </c>
       <c r="B161" t="s">
-        <v>286</v>
+        <v>342</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E161" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F161">
-        <v>2003</v>
-[...4 lines deleted...]
-      <c r="H161"/>
+        <v>1995</v>
+      </c>
+      <c r="G161"/>
+      <c r="H161" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>287</v>
+        <v>343</v>
       </c>
       <c r="B162" t="s">
-        <v>288</v>
+        <v>344</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E162" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F162">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>289</v>
+        <v>345</v>
       </c>
       <c r="B163" t="s">
-        <v>290</v>
+        <v>346</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E163" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F163">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>115</v>
+        <v>154</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>291</v>
+        <v>347</v>
       </c>
       <c r="B164" t="s">
-        <v>292</v>
+        <v>348</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E164" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F164">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>99</v>
+        <v>154</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="B165" t="s">
-        <v>294</v>
+        <v>349</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E165" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F165">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>295</v>
+        <v>350</v>
       </c>
       <c r="B166" t="s">
-        <v>296</v>
+        <v>351</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E166" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F166">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>297</v>
+        <v>352</v>
       </c>
       <c r="B167" t="s">
-        <v>298</v>
+        <v>348</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E167" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F167">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>299</v>
+        <v>353</v>
       </c>
       <c r="B168" t="s">
-        <v>300</v>
+        <v>354</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E168" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F168">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="G168"/>
-      <c r="H168" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>299</v>
+        <v>355</v>
       </c>
       <c r="B169" t="s">
-        <v>300</v>
+        <v>356</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E169" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F169">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>301</v>
+        <v>357</v>
       </c>
       <c r="B170" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E170" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F170">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>256</v>
+        <v>70</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="B171" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E171" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F171">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>304</v>
+        <v>361</v>
       </c>
       <c r="B172" t="s">
-        <v>305</v>
+        <v>356</v>
       </c>
       <c r="C172"/>
       <c r="D172" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E172" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F172">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>306</v>
+        <v>362</v>
       </c>
       <c r="B173" t="s">
-        <v>307</v>
+        <v>363</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E173" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F173">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G173"/>
-      <c r="H173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>308</v>
+        <v>359</v>
       </c>
       <c r="B174" t="s">
-        <v>309</v>
+        <v>364</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E174" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F174">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="B175" t="s">
-        <v>311</v>
+        <v>366</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E175" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F175">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>312</v>
+        <v>367</v>
       </c>
       <c r="B176" t="s">
-        <v>313</v>
+        <v>368</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E176" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F176">
-        <v>2003</v>
-[...4 lines deleted...]
-      <c r="H176"/>
+        <v>1994</v>
+      </c>
+      <c r="G176"/>
+      <c r="H176" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>314</v>
+        <v>369</v>
       </c>
       <c r="B177" t="s">
-        <v>315</v>
+        <v>370</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E177" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F177">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="G177"/>
-      <c r="H177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>316</v>
+        <v>371</v>
       </c>
       <c r="B178" t="s">
-        <v>317</v>
+        <v>372</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E178" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F178">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>318</v>
+        <v>33</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>319</v>
+        <v>373</v>
       </c>
       <c r="B179" t="s">
-        <v>320</v>
+        <v>374</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E179" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F179">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>176</v>
+        <v>301</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>321</v>
+        <v>375</v>
       </c>
       <c r="B180" t="s">
-        <v>322</v>
+        <v>376</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E180" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F180">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="G180"/>
-      <c r="H180" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>323</v>
+        <v>377</v>
       </c>
       <c r="B181" t="s">
-        <v>324</v>
+        <v>378</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E181" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F181">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>325</v>
+        <v>379</v>
       </c>
       <c r="B182" t="s">
-        <v>326</v>
+        <v>380</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E182" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F182">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>327</v>
+        <v>381</v>
       </c>
       <c r="B183" t="s">
-        <v>328</v>
+        <v>382</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E183" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F183">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>329</v>
+        <v>383</v>
       </c>
       <c r="B184" t="s">
-        <v>330</v>
+        <v>384</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E184" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F184">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>256</v>
+        <v>154</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>331</v>
+        <v>385</v>
       </c>
       <c r="B185" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E185" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F185">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>256</v>
+        <v>154</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>333</v>
+        <v>386</v>
       </c>
       <c r="B186" t="s">
-        <v>334</v>
+        <v>387</v>
       </c>
       <c r="C186"/>
       <c r="D186" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E186" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F186">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="G186"/>
-      <c r="H186"/>
+      <c r="H186" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>335</v>
+        <v>388</v>
       </c>
       <c r="B187" t="s">
-        <v>336</v>
+        <v>389</v>
       </c>
       <c r="C187"/>
       <c r="D187" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E187" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F187">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>337</v>
+        <v>390</v>
       </c>
       <c r="B188" t="s">
-        <v>338</v>
+        <v>391</v>
       </c>
       <c r="C188"/>
       <c r="D188" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E188" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F188">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>339</v>
+        <v>392</v>
       </c>
       <c r="B189" t="s">
-        <v>338</v>
+        <v>393</v>
       </c>
       <c r="C189"/>
       <c r="D189" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E189" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F189">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>340</v>
+        <v>394</v>
       </c>
       <c r="B190" t="s">
-        <v>341</v>
+        <v>395</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E190" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F190">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="G190"/>
-      <c r="H190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H190"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>342</v>
+        <v>396</v>
       </c>
       <c r="B191" t="s">
-        <v>343</v>
+        <v>397</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E191" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F191">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="G191"/>
-      <c r="H191" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>344</v>
+        <v>398</v>
       </c>
       <c r="B192" t="s">
-        <v>345</v>
+        <v>399</v>
       </c>
       <c r="C192"/>
       <c r="D192" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E192" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F192">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>346</v>
+        <v>400</v>
       </c>
       <c r="B193" t="s">
-        <v>347</v>
+        <v>401</v>
       </c>
       <c r="C193"/>
       <c r="D193" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E193" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F193">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>348</v>
+        <v>402</v>
       </c>
       <c r="B194" t="s">
-        <v>349</v>
+        <v>403</v>
       </c>
       <c r="C194"/>
       <c r="D194" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E194" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F194">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>350</v>
+        <v>404</v>
       </c>
       <c r="B195" t="s">
-        <v>351</v>
+        <v>405</v>
       </c>
       <c r="C195"/>
       <c r="D195" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E195" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F195">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>352</v>
+        <v>406</v>
       </c>
       <c r="B196" t="s">
-        <v>353</v>
+        <v>407</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E196" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F196">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>354</v>
+        <v>408</v>
       </c>
       <c r="B197" t="s">
-        <v>355</v>
+        <v>409</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E197" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F197">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>356</v>
+        <v>410</v>
       </c>
       <c r="B198" t="s">
-        <v>357</v>
+        <v>411</v>
       </c>
       <c r="C198"/>
       <c r="D198" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E198" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F198">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>176</v>
+        <v>70</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>358</v>
+        <v>412</v>
       </c>
       <c r="B199" t="s">
-        <v>359</v>
+        <v>413</v>
       </c>
       <c r="C199"/>
       <c r="D199" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E199" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F199">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>176</v>
+        <v>70</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>360</v>
+        <v>410</v>
       </c>
       <c r="B200" t="s">
-        <v>361</v>
+        <v>414</v>
       </c>
       <c r="C200"/>
       <c r="D200" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E200" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F200">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>362</v>
+        <v>415</v>
       </c>
       <c r="B201" t="s">
-        <v>363</v>
+        <v>409</v>
       </c>
       <c r="C201"/>
       <c r="D201" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E201" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F201">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>364</v>
+        <v>416</v>
       </c>
       <c r="B202" t="s">
-        <v>363</v>
+        <v>417</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F202">
-        <v>1999</v>
-[...4 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="G202" t="s">
+        <v>12</v>
+      </c>
+      <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>365</v>
+        <v>418</v>
       </c>
       <c r="B203" t="s">
-        <v>366</v>
+        <v>419</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E203" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F203">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>367</v>
+        <v>420</v>
       </c>
       <c r="B204" t="s">
-        <v>368</v>
+        <v>421</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E204" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F204">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>318</v>
+        <v>49</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>369</v>
+        <v>422</v>
       </c>
       <c r="B205" t="s">
-        <v>370</v>
+        <v>423</v>
       </c>
       <c r="C205"/>
       <c r="D205" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E205" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F205">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="G205"/>
-      <c r="H205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>371</v>
+        <v>424</v>
       </c>
       <c r="B206" t="s">
-        <v>361</v>
+        <v>425</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E206" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F206">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="G206"/>
       <c r="H206" t="s">
-        <v>115</v>
+        <v>301</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>372</v>
+        <v>426</v>
       </c>
       <c r="B207" t="s">
-        <v>373</v>
+        <v>427</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E207" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F207">
-        <v>1999</v>
+        <v>1987</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>374</v>
+        <v>428</v>
       </c>
       <c r="B208" t="s">
-        <v>9</v>
+        <v>429</v>
       </c>
       <c r="C208"/>
-      <c r="D208"/>
+      <c r="D208" t="s">
+        <v>19</v>
+      </c>
       <c r="E208" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F208">
-        <v>1999</v>
+        <v>1987</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>375</v>
+        <v>430</v>
       </c>
       <c r="B209" t="s">
-        <v>9</v>
+        <v>431</v>
       </c>
       <c r="C209"/>
-      <c r="D209"/>
+      <c r="D209" t="s">
+        <v>19</v>
+      </c>
       <c r="E209" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F209">
-        <v>1999</v>
+        <v>1987</v>
       </c>
       <c r="G209"/>
       <c r="H209"/>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>376</v>
+        <v>432</v>
       </c>
       <c r="B210" t="s">
-        <v>377</v>
+        <v>433</v>
       </c>
       <c r="C210"/>
       <c r="D210" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E210" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F210">
-        <v>1998</v>
+        <v>1986</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>176</v>
+        <v>117</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>378</v>
+        <v>434</v>
       </c>
       <c r="B211" t="s">
-        <v>379</v>
+        <v>433</v>
       </c>
       <c r="C211"/>
       <c r="D211" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E211" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F211">
-        <v>1998</v>
+        <v>1986</v>
       </c>
       <c r="G211"/>
-      <c r="H211" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H211"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>380</v>
+        <v>435</v>
       </c>
       <c r="B212" t="s">
-        <v>381</v>
+        <v>436</v>
       </c>
       <c r="C212"/>
       <c r="D212" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E212" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F212">
-        <v>1998</v>
+        <v>1985</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>382</v>
+        <v>437</v>
       </c>
       <c r="B213" t="s">
-        <v>383</v>
+        <v>436</v>
       </c>
       <c r="C213"/>
       <c r="D213" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E213" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F213">
-        <v>1998</v>
+        <v>1985</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>384</v>
+        <v>438</v>
       </c>
       <c r="B214" t="s">
-        <v>385</v>
+        <v>439</v>
       </c>
       <c r="C214"/>
       <c r="D214" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E214" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F214">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>386</v>
+        <v>440</v>
       </c>
       <c r="B215" t="s">
-        <v>387</v>
+        <v>441</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E215" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F215">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>388</v>
+        <v>442</v>
       </c>
       <c r="B216" t="s">
-        <v>389</v>
+        <v>443</v>
       </c>
       <c r="C216"/>
       <c r="D216" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E216" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F216">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>390</v>
+        <v>444</v>
       </c>
       <c r="B217" t="s">
-        <v>391</v>
+        <v>445</v>
       </c>
       <c r="C217"/>
       <c r="D217" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E217" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F217">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>392</v>
+        <v>446</v>
       </c>
       <c r="B218" t="s">
-        <v>393</v>
+        <v>447</v>
       </c>
       <c r="C218"/>
       <c r="D218" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E218" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F218">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>394</v>
+        <v>448</v>
       </c>
       <c r="B219" t="s">
-        <v>395</v>
+        <v>449</v>
       </c>
       <c r="C219"/>
       <c r="D219" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E219" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F219">
-        <v>1997</v>
+        <v>1983</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>318</v>
+        <v>117</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>396</v>
+        <v>450</v>
       </c>
       <c r="B220" t="s">
-        <v>397</v>
+        <v>451</v>
       </c>
       <c r="C220"/>
       <c r="D220" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E220" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F220">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>65</v>
+        <v>117</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>398</v>
+        <v>452</v>
       </c>
       <c r="B221" t="s">
-        <v>399</v>
+        <v>453</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E221" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F221">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>65</v>
+        <v>117</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>400</v>
+        <v>454</v>
       </c>
       <c r="B222" t="s">
-        <v>401</v>
+        <v>455</v>
       </c>
       <c r="C222"/>
       <c r="D222" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E222" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F222">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="G222"/>
-      <c r="H222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H222"/>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>402</v>
+        <v>456</v>
       </c>
       <c r="B223" t="s">
-        <v>403</v>
+        <v>457</v>
       </c>
       <c r="C223"/>
       <c r="D223" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E223" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F223">
-        <v>1995</v>
-[...4 lines deleted...]
-      <c r="H223"/>
+        <v>1981</v>
+      </c>
+      <c r="G223"/>
+      <c r="H223" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>404</v>
+        <v>458</v>
       </c>
       <c r="B224" t="s">
-        <v>405</v>
+        <v>459</v>
       </c>
       <c r="C224"/>
       <c r="D224" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E224" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F224">
-        <v>1995</v>
+        <v>1981</v>
       </c>
       <c r="G224"/>
-      <c r="H224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>406</v>
+        <v>460</v>
       </c>
       <c r="B225" t="s">
-        <v>407</v>
+        <v>461</v>
       </c>
       <c r="C225"/>
       <c r="D225" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E225" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F225">
-        <v>1995</v>
+        <v>1981</v>
       </c>
       <c r="G225"/>
-      <c r="H225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>408</v>
+        <v>462</v>
       </c>
       <c r="B226" t="s">
-        <v>409</v>
+        <v>463</v>
       </c>
       <c r="C226"/>
       <c r="D226" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E226" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F226">
-        <v>1995</v>
+        <v>1981</v>
       </c>
       <c r="G226"/>
-      <c r="H226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>410</v>
+        <v>464</v>
       </c>
       <c r="B227" t="s">
-        <v>411</v>
+        <v>465</v>
       </c>
       <c r="C227"/>
       <c r="D227" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E227" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F227">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="G227"/>
-      <c r="H227" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H227"/>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>412</v>
+        <v>466</v>
       </c>
       <c r="B228" t="s">
-        <v>413</v>
+        <v>467</v>
       </c>
       <c r="C228"/>
       <c r="D228" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E228" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F228">
-        <v>1995</v>
+        <v>1978</v>
       </c>
       <c r="G228"/>
-      <c r="H228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H228"/>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="B229" t="s">
-        <v>415</v>
+        <v>127</v>
       </c>
       <c r="C229"/>
       <c r="D229" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E229" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F229"/>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>406</v>
+        <v>469</v>
       </c>
       <c r="B230" t="s">
-        <v>416</v>
+        <v>342</v>
       </c>
       <c r="C230"/>
       <c r="D230" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E230" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F230"/>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>417</v>
+        <v>470</v>
       </c>
       <c r="B231" t="s">
-        <v>418</v>
+        <v>471</v>
       </c>
       <c r="C231"/>
       <c r="D231" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E231" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F231">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="G231" t="s">
+        <v>12</v>
+      </c>
+      <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>419</v>
+        <v>472</v>
       </c>
       <c r="B232" t="s">
-        <v>415</v>
+        <v>473</v>
       </c>
       <c r="C232"/>
       <c r="D232" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E232" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F232">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="G232" t="s">
+        <v>12</v>
+      </c>
+      <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>420</v>
+        <v>474</v>
       </c>
       <c r="B233" t="s">
-        <v>421</v>
+        <v>473</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E233" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F233">
-        <v>1995</v>
+        <v>1918</v>
       </c>
       <c r="G233"/>
       <c r="H233"/>
-    </row>
-[...1408 lines deleted...]
-      <c r="H298"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>