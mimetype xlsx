--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -12,299 +12,221 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>prueba3001</t>
+    <t>Enmiendas a los Anexos 2 y 3 y a la Tabla 1 del Acuerdo sobre la conservación de las Aves Acuáticas Migratorias Afroeuroasiáticas, adoptadas en Budapest el 30 de septiembre de 2022, en la Octava Sesión de la Reunión de las Partes del Acuerdo, mediante la Resolución 8.2.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2022/09/30/(1)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
-    <t>prueba3000</t>
-[...29 lines deleted...]
-    <t>https://www.google.com/test</t>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Resolución de 5 de noviembre de 2018, de Parques Nacionales, por la que se publica la aprobación por la UNESCO de la declaración de la Reserva de la Biosfera de Ponga, Asturias.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/boe/dias/2018/11/19/pdfs/BOE-A-2018-15778.pdf</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Enmiendas al Anexo II del Protocolo sobre las zonas especialmente protegidas y la diversidad biológica en el Mediterráneo, adoptadas en la 20.ª reunión de las Partes celebrada en Tirana el 20 de diciembre de 2017. BOE 184, de 2 de agosto de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2017/12/20/(1)</t>
+  </si>
+  <si>
+    <t>Enmiendas a los Apéndices I y II de la Convención sobre la Conservación de las especies migratorias de animales silvestres, adoptadas en Manila el 28 de octubre de 2017. BOE 234, de 27 de septiembre de 2018</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2017/10/28/(1)</t>
+  </si>
+  <si>
+    <t>Enmiendas a los Anexos 2 y 3 y a la Tabla 1 del Acuerdo sobre la conservación de las Aves Acuáticas Migratorias Afroeuroasiáticas, adoptadas en Bonn el 14 de noviembre de 2015, mediante la Resolución 6.1.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2015/11/14/(1)</t>
+  </si>
+  <si>
+    <t>Enmiendas a los Anexos 2 y 3 y a la Tabla 1 del Acuerdo sobre la Conservación de las Aves Acuáticas Migratorias Afro-euroasiáticas (AEWA), publicado en el "Boletín Oficial del Estado" n.º 296 de 11 de diciembre de 2001, adoptadas el 19 de septiembre de 2008, mediante Resolución 4.11.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2008/09/19/(1)</t>
+  </si>
+  <si>
+    <t>Decisión: 31 COM 8B.17 - Nominación de bienes naturales, mixtos y culturales a la lista del patrimonio mundial - Parque Nacional del Teide</t>
+  </si>
+  <si>
+    <t>https://whc.unesco.org/en/decisions/1315</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de diciembre de 2002, de la Dirección General de Conservación de la Naturaleza, por la que se dispone la publicación del Acuerdo de Consejo de Ministros de 15 de noviembre de 2002, por el que se autoriza la inclusión en la lista del Convenio de Ramsar de 2 de febrero de 1971, relativo a humedales de importancia internacional especialmente como Hábitat de Aves Acuáticas, de las siguientes zonas húmedas españolas: Lago de Banyoles, Laguna de El Hito, Lagunas de Puebla de Beleña y Complejo Lagunar de La Albuera</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/res/2002/12/18/(3)</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Instrumento de ratificación del Convenio Europeo del Paisaje (número 176 del Consejo de Europa), hecho en Florencia el 20 de octubre de 2000. BOE 31, de 5 de febrero de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2000/10/20/(1)</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
-    <t>prueba alma</t>
-[...112 lines deleted...]
-  <si>
     <t>Convenio de Barcelona para la protección del mar Mediterráneo. Protocolo sobre Zonas Especialmente Protegidas y la Diversidad Biológica en el Mediterráneo. Convenio para la Protección el Medio Marino y de la Región costera del Mediterráneo. Official Journal L 322 , 14/12/1999.</t>
   </si>
   <si>
     <t>http://data.europa.eu/eli/prot/1999/800/oj</t>
   </si>
   <si>
     <t>Instrumento de Ratificación del Protocolo de Kyoto al Convenio Marco de las Naciones Unidas sobre el Cambio Climático, hecho en Kyoto el 11 de diciembre de 1997. BOE 33 de 8 de febrero de 2005</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1997/12/11/(1)</t>
   </si>
   <si>
+    <t>Convenio relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, hecho en Ramsar el 2 de febrero de 1971. Designación de nuevos humedales por parte de España. BOE 59, de 8 de marzo de 1996</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-1996-5469</t>
+  </si>
+  <si>
     <t>Instrumento De Ratificación del Acuerdo sobre la conservación de las Aves Acuáticas Migratorias Afroeuroasiáticas, hecho en La Haya el 15 de agosto de 1996.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1996/08/15/(1)</t>
   </si>
   <si>
     <t>Convención de las Naciones Unidas de lucha contra la desertificación en los países afectados por sequía grave o desertificación, en particular en África, hecha en París el 17 de junio de 1994. BOE 36 de 11 de febrero de 1997</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1994/06/17/(1)</t>
   </si>
   <si>
+    <t>Corrección de erratas de la Resolución de 4 de noviembre de 1994, de la Subsecretaría, por la que se dispone la publicación del Acuerdo del Consejo de Ministros de 15 de julio de 1994, por el que se autoriza la inclusión en los embalses de Cordobilla y Malpasillo, albufera de Adra, ría del Eo, mar Menor, marismas de Santoña y marjal de Pego-Oliva, en la lista del Convenio de Ramsar, relativo a Humedales de Importancia Internacional, especialmente como Hábitat de Aves Acuáticas (Ramsar, 2 de febrero de 1971).</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-1994-25449</t>
+  </si>
+  <si>
     <t>Instrumento de ratificación del Convenio sobre la Diversidad Biológica, hecho en Río de Janeiro el 5 de junio de 1992. BOE 327 de 1 de febrero de 1994</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1992/06/05/(1)</t>
   </si>
   <si>
     <t>Instrumento de Ratificación del Convenio para la Protección del Medio Ambiente Marino del Atlántico del Nordeste, hecho en París, 22 de septiembre de 1992. BOE 150, de 24/06/1998.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1992/09/22/(1)</t>
   </si>
   <si>
     <t>Convenio relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, hecho en Ramsar el 2 de febrero de 1971. Designación de nuevos humedales por parte de España. Aviso de 19 de abril de 1990 del Secretario General Técnico del Ministerio de Asuntos Exteriores. BOE 110, de 8 de mayo de 1990</t>
   </si>
   <si>
-    <t>https://www.boe.es/eli/es/ai/1990/04/19/(2)</t>
+    <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-1990-10259</t>
   </si>
   <si>
     <t>Instrumento de 18 de marzo de 1982 de adhesión de España al Convenio relativo a Humedales de importancia internacional, especialmente como hábitat de aves acuáticas, hecho en Ramsar el 2 de febrero de 1971. BOE 199, de 20 de agosto de 1982</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1971/02/02/(1)</t>
   </si>
   <si>
     <t>Instrumento de Ratificación de la Convención sobre la Conservación de las Especies Migratorias de Animales Silvestres, hecho en Bonn el 23 de junio de 1979. BOE 259, de 29 de octubre de 1985</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1979/06/23/(1)</t>
   </si>
   <si>
     <t>Instrumento de ratificación del Convenio relativo a la conservación de la vida silvestre y del medio natural en Europa, hecho en Berna el 19 de septiembre de 1979. BOE 235 de 1 de octubre de 1986</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1979/09/19/(1)</t>
   </si>
   <si>
     <t>Convenio sobre el Comercio Internacional de Especies Amenazadas de Fauna y Flora Silvestres  (CITES).</t>
   </si>
   <si>
     <t>https://cites.org/sites/default/files/eng/disc/CITES-Convention-EN.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Convenio relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, hecho en Ramsar el 2 de febrero de 1971. Designación de nuevos humedales por parte de España. BOE 59, de 8 de marzo de 1996</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -608,873 +530,539 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="386.906" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="626.276" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F2">
-        <v>3001</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>2022</v>
+      </c>
+      <c r="G2" t="s">
+        <v>11</v>
+      </c>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F3">
-        <v>3000</v>
-[...1 lines deleted...]
-      <c r="G3"/>
+        <v>2018</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F4">
-        <v>2140</v>
-[...4 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G4" t="s">
+        <v>11</v>
+      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F5">
-        <v>2100</v>
-[...4 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F6">
-        <v>2099</v>
-[...1 lines deleted...]
-      <c r="G6"/>
+        <v>2015</v>
+      </c>
+      <c r="G6" t="s">
+        <v>11</v>
+      </c>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
-      <c r="A7">
-[...3 lines deleted...]
-        <v>2058</v>
+      <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>22</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F7">
-        <v>2058</v>
-[...1 lines deleted...]
-      <c r="G7"/>
+        <v>2008</v>
+      </c>
+      <c r="G7" t="s">
+        <v>11</v>
+      </c>
       <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F8">
-        <v>2025</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F9">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="G9"/>
+        <v>2002</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
       <c r="H9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F10">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>2000</v>
+      </c>
+      <c r="G10" t="s">
+        <v>11</v>
+      </c>
       <c r="H10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C11"/>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F11">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F12">
-        <v>2025</v>
+        <v>1997</v>
       </c>
       <c r="G12" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F13">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G13"/>
+        <v>1996</v>
+      </c>
+      <c r="G13" t="s">
+        <v>11</v>
+      </c>
       <c r="H13" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F14">
-        <v>2024</v>
+        <v>1996</v>
       </c>
       <c r="G14"/>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F15">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>1994</v>
+      </c>
+      <c r="G15" t="s">
+        <v>11</v>
+      </c>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F16">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G16"/>
+        <v>1994</v>
+      </c>
+      <c r="G16" t="s">
+        <v>11</v>
+      </c>
       <c r="H16" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F17">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="G17" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F18">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="G18" t="s">
+        <v>11</v>
+      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F19">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G19"/>
+        <v>1990</v>
+      </c>
+      <c r="G19" t="s">
+        <v>11</v>
+      </c>
       <c r="H19" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="C20"/>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F20">
-        <v>2024</v>
+        <v>1982</v>
       </c>
       <c r="G20" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F21">
-        <v>2022</v>
+        <v>1979</v>
       </c>
       <c r="G21" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F22">
-        <v>2018</v>
+        <v>1979</v>
       </c>
       <c r="G22" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F23">
-        <v>2017</v>
+        <v>1973</v>
       </c>
       <c r="G23" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H23"/>
-    </row>
-[...338 lines deleted...]
-      <c r="H40"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>