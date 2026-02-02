--- v1 (2025-12-12)
+++ v2 (2026-02-02)
@@ -12,642 +12,236 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>rty</t>
-[...2 lines deleted...]
-    <t>https://www.es</t>
+    <t>Reglamento de Ejecución (UE) 2025/1422 de la Comisión, de 17 de julio de 2025, por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2025-81069</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-80675</t>
+  </si>
+  <si>
+    <t>Reglamentos</t>
+  </si>
+  <si>
+    <t>Decisión de ejecución (UE) 2023/2806 de la comisión de 15 de diciembre de 2023 relativa a un formulario de información sobre un espacio Natura 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-81837</t>
+  </si>
+  <si>
+    <t>Decisiones</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2022-81053</t>
+  </si>
+  <si>
+    <t>Decreto 105/2020, de 28 de julio, por el que se declaran determinadas zonas especiales de conservación con funciones de conectividad ecológica e infraestructura verde, se aprueban sus planes de gestión y se modifica la disposición adicional segunda del Decreto 24/2007, de 30 de enero, por el que se declara el espacio natural de Sierra Nevada y se regulan los órganos de gestión y participación de los espacios naturales de Doñana y Sierra Nevada. BOJA 47 de 01/08/2020</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2020/547/1.html</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>prueba3030</t>
-[...150 lines deleted...]
-    <t>http://pruab2.com</t>
+    <t>Reglamento de Ejecución (UE) 2019/1262 de la Comisión, de 25 de julio de 2019, por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE L199/1 de 26 de julio de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2019/199/L00001-00004.pdf</t>
+  </si>
+  <si>
+    <t>Reglamento (UE) 2019/2117  de la Comisión, de 29 de noviembre de 2019, por el que se modifica el Reglamento (CE) nº 338/97 del Consejo relativo a la protección de especies de la fauna y flora silvestres mediante el control de su comercio. DOUE 320, de 11 de diciembre de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2019-81932</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2017/1263 de la Comisión, de 12 de julio de 2017, por el que se actualiza la lista de especies exóticas invasoras preocupantes para la Unión establecida por el Reglamento de Ejecución (UE) 2016/1141. DOUE 182, de 13 de julio de 2017.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2017-81390</t>
+  </si>
+  <si>
+    <t>Decisión de ejecución (UE) 2018/37 de la Comisión de 12 de diciembre de 2017 por la que se adopta la undécima lista actualizada de lugares de importancia comunitaria de la región biogeográfica mediterránea (notificado en el documento C(2017) 8239)</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/ES/TXT/PDF/?uri=CELEX:32018D0037&amp;from=ES</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2016/1141 de la Comisión, de 13 de julio de 2016, por el que se adopta una lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo. DOUE 189, de 14 de julio de 2016</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2016-81269</t>
+  </si>
+  <si>
+    <t>Diario Oficial de la Unión Europea, L 353, 23 de diciembre de 2016</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/ES/TXT/?uri=OJ:L:2016:353:TOC</t>
+  </si>
+  <si>
+    <t>Decisión de Ejecución (UE) 2015/2374 de la Comisión, de 26 de noviembre de 2015, por la que se adopta la novena lista actualizada de lugares de importancia comunitaria de la región biogeográfica mediterránea [notificada con el número C(2015) 8222]</t>
+  </si>
+  <si>
+    <t>http://data.europa.eu/eli/dec_impl/2015/2374/oj</t>
+  </si>
+  <si>
+    <t>Directiva 2009/147/CE del Parlamento Europeo y del Consejo, de 30 de noviembre de 2009, relativa a la conservación de las aves silvestres. DOUE L 20/7 de 26 de enero de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2010/020/L00007-00025.pdf</t>
   </si>
   <si>
     <t>Directiva</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...322 lines deleted...]
-  <si>
     <t>Directiva 2008/56/CE del Parlamento Europeo y del Consejo, de 17 de junio de 2008, por la que se establece un marco de acción comunitaria para la política del medio marino (Directiva marco sobre la estrategia marina). DOUE L 164/19 de 25 de junio de 2008</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2008:164:0019:0040:ES:PDF</t>
   </si>
   <si>
     <t>2009/95/CE: Decisión de la Comisión, de 12 de diciembre de 2008 , por la que se adopta, de conformidad con la Directiva 92/43/CEE del Consejo, una segunda lista actualizada de lugares de importancia comunitaria de la región biogeográfica mediterránea [notificada con el número C(2008) 8049]</t>
   </si>
   <si>
     <t>http://data.europa.eu/eli/dec/2009/95(1)/oj</t>
   </si>
   <si>
     <t>Directiva 2007/2/CE del Parlamento Europeo y del Consejo de 14 de marzo de 2007 por la que se establece una infraestructura de información espacial en la Comunidad Europea (INSPIRE). DOUE L 108 de 25 de abril de 2007</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2007:108:0001:0014:es:PDF</t>
   </si>
   <si>
+    <t>Corrección de errores de la Resolución de 17 de enero de 2006, de la Dirección General para la Biodiversidad, por la que se dispone la publicación del Acuerdo de Consejo de Ministros de 16 de diciembre de 2005, por el que se autoriza la inclusión en la lista del Convenio de Ramsar (2 de febrero de 1971), relativo a humedales de importancia internacional especialmente como hábitat de aves acuáticas, de las siguientes zonas húmedas españolas: Parque Nacional de Aigüestortes i Estany de Sant Maurici, humedales del Macizo de Peñalara, humedales de la Sierra de Urbión, Paraje Natural Punta Entinas-Sabinar, Reserva Natural Complejo Endorreico de Espera, Reserva Natural Laguna del Conde o El Salobral, Reserva Natural Laguna de Tíscar, Reserva Natural Laguna de los Jarales, Humedales y Turberas de Padul, Paraje Natural Laguna de Palos y las Madres, Reserva Natural Laguna Honda, Reserva Natural Laguna del Chinche, Reserva Natural Lagunas de Campillos y Paraje Natural Brazo del Este, así como la ampliación de la zona Ramsar Doñana y la redefinición de límites de la zona Ramsar laguna y arenal de Valdoviño.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2006-18437</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
     <t>2004/813/CE: Decisión de la Comisión, de 7 de diciembre de 2004, por la que se aprueba, de conformidad con la Directiva 92/43/CEE del Consejo, la lista de lugares de importancia comunitaria de la región biogeográfica atlántica [notificada con el número C(2004) 4032]</t>
   </si>
   <si>
     <t>http://data.europa.eu/eli/dec/2004/813/oj</t>
   </si>
   <si>
     <t>Directiva 2003/4/CE del Parlamento Europeo y del Consejo de 28 de enero de 2003 relativa al acceso del público a la información medioambiental y por la que se deroga la Directiva 90/313/CEE del Consejo. DOUE L41/26 de 14 de febrero de 2003</t>
   </si>
   <si>
     <t>https://www.boe.es/doue/2003/041/L00026-00032.pdf</t>
   </si>
   <si>
     <t>Directiva 2000/60/CE del Parlamento Europeo y del Consejo de 23 de octubre de 2000 por la que se establece un marco comunitario de actuación en el ámbito de la política de aguas. DOUE L327 de 22 de diciembre de 2000</t>
   </si>
   <si>
     <t>https://www.boe.es/doue/2000/327/L00001-00073.pdf</t>
   </si>
   <si>
-    <t>https://www.castillalamancha.es/gobierno/agrimedambydesrur/estructura/dgapfyen/rednatura2000/liczepaES0000164-ES0000488</t>
-[...10 lines deleted...]
-  <si>
     <t>Reglamento (CE) 338/97 del Consejo, de 9 de diciembre de 1996, relativo a la protección de especies de la fauna y flora silvestres mediante el control de su comercio. DOCE L61 del 03/03/97.</t>
   </si>
   <si>
     <t>https://www.boe.es/doue/1997/061/L00001-00069.pdf</t>
   </si>
   <si>
     <t>Directiva 92/43/CE de 21 de mayo de 1992 relativa a la conservación de los habitats naturales y de la fauna y flora silvestres. DOUE L 206/7 de 22 de julio de 1992</t>
   </si>
   <si>
     <t>https://www.boe.es/doue/1992/206/L00007-00050.pdf</t>
-  </si>
-[...13 lines deleted...]
-    <t>fgfsdgsgh</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -951,2821 +545,579 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H127"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="555.579" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="1314.108" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F2">
-        <v>4000</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
+        <v>12</v>
+      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C3"/>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
       <c r="E3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F3">
-        <v>3030</v>
-[...1 lines deleted...]
-      <c r="G3"/>
+        <v>2023</v>
+      </c>
+      <c r="G3" t="s">
+        <v>12</v>
+      </c>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C4"/>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
       <c r="E4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F4">
-        <v>3000</v>
-[...4 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="G4" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
-      <c r="A5">
-[...3 lines deleted...]
-        <v>2900</v>
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>20</v>
       </c>
       <c r="C5"/>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
       <c r="E5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F5">
-        <v>2900</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>2022</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="D6"/>
+        <v>22</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
+        <v>24</v>
+      </c>
       <c r="E6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F6">
-        <v>2500</v>
+        <v>2020</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F7">
-        <v>2412</v>
-[...4 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C8"/>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
       <c r="E8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F8">
-        <v>2365</v>
-[...4 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="C9"/>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
       <c r="E9" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F9">
-        <v>2222</v>
-[...4 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="D10"/>
+        <v>33</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
       <c r="E10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F10">
-        <v>2143</v>
-[...4 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G10" t="s">
+        <v>12</v>
+      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
-      <c r="A11">
-[...3 lines deleted...]
-        <v>2098</v>
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>35</v>
       </c>
       <c r="C11"/>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
       <c r="E11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F11">
-        <v>2098</v>
-[...1 lines deleted...]
-      <c r="G11"/>
+        <v>2016</v>
+      </c>
+      <c r="G11" t="s">
+        <v>12</v>
+      </c>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
-      <c r="A12">
-[...3 lines deleted...]
-        <v>2097</v>
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
+        <v>37</v>
       </c>
       <c r="C12"/>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
       <c r="E12" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F12">
-        <v>2097</v>
-[...1 lines deleted...]
-      <c r="G12"/>
+        <v>2016</v>
+      </c>
+      <c r="G12" t="s">
+        <v>12</v>
+      </c>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
-      <c r="A13">
-[...3 lines deleted...]
-        <v>2080</v>
+      <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
       </c>
       <c r="C13"/>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
       <c r="E13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F13">
-        <v>2080</v>
-[...1 lines deleted...]
-      <c r="G13"/>
+        <v>2015</v>
+      </c>
+      <c r="G13" t="s">
+        <v>12</v>
+      </c>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
-      <c r="A14">
-[...3 lines deleted...]
-        <v>2059</v>
+      <c r="A14" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" t="s">
+        <v>41</v>
       </c>
       <c r="C14"/>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
       <c r="E14" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F14">
-        <v>2059</v>
-[...1 lines deleted...]
-      <c r="G14"/>
+        <v>2009</v>
+      </c>
+      <c r="G14" t="s">
+        <v>12</v>
+      </c>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
-      <c r="A15">
-[...3 lines deleted...]
-        <v>2055</v>
+      <c r="A15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" t="s">
+        <v>44</v>
       </c>
       <c r="C15"/>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
       <c r="E15" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F15">
-        <v>2055</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>2008</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F16">
-        <v>2053</v>
-[...4 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G16" t="s">
+        <v>12</v>
+      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="C17"/>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F17">
-        <v>2053</v>
+        <v>2007</v>
       </c>
       <c r="G17" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18"/>
       <c r="E18" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F18">
-        <v>2053</v>
+        <v>2006</v>
       </c>
       <c r="G18" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="H18"/>
+        <v>12</v>
+      </c>
+      <c r="H18" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="B19" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F19">
-        <v>2050</v>
-[...4 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="G19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C20"/>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F20">
-        <v>2050</v>
-[...1 lines deleted...]
-      <c r="G20"/>
+        <v>2003</v>
+      </c>
+      <c r="G20" t="s">
+        <v>12</v>
+      </c>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F21">
-        <v>2050</v>
-[...1 lines deleted...]
-      <c r="G21"/>
+        <v>2000</v>
+      </c>
+      <c r="G21" t="s">
+        <v>12</v>
+      </c>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F22">
-        <v>2050</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>1996</v>
+      </c>
+      <c r="G22" t="s">
+        <v>12</v>
+      </c>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="B23" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E23" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F23">
-        <v>2050</v>
-[...1 lines deleted...]
-      <c r="G23"/>
+        <v>1992</v>
+      </c>
+      <c r="G23" t="s">
+        <v>12</v>
+      </c>
       <c r="H23"/>
-    </row>
-[...2272 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>