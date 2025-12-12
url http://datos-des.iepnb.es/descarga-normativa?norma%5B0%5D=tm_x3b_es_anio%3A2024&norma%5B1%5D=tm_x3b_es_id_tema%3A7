--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -89,93 +89,93 @@
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
 </sst>
 </file>
@@ -714,123 +714,123 @@
       <c r="H7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>24</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>31</v>
       </c>
@@ -870,249 +870,249 @@
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>23</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>23</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>23</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>23</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>23</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" t="s">
         <v>21</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>41</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>15</v>
       </c>
       <c r="C23" t="s">
         <v>21</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>41</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>15</v>
       </c>
       <c r="C24" t="s">
         <v>21</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>41</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>42</v>
       </c>
       <c r="B25" t="s">
         <v>43</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>41</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
@@ -1146,103 +1146,103 @@
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27" t="s">
         <v>16</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>41</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>15</v>
       </c>
       <c r="C28" t="s">
         <v>16</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>41</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>15</v>
       </c>
       <c r="C29" t="s">
         <v>16</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>41</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">