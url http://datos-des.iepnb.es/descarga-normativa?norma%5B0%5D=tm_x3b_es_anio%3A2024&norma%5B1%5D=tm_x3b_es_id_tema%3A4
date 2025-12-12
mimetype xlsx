--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -56,132 +56,132 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...4 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
@@ -695,77 +695,77 @@
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
@@ -817,123 +817,123 @@
       <c r="H10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>21</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>21</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>21</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>21</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="B15" t="s">
         <v>26</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>21</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
         <v>34</v>
       </c>
@@ -953,269 +953,269 @@
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>27</v>
       </c>
       <c r="E17" t="s">
         <v>21</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>26</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>21</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>21</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>38</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>38</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>26</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
         <v>26</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>42</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>24</v>
       </c>
       <c r="D25" t="s">
         <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>44</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>24</v>
       </c>
       <c r="D26" t="s">
         <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>42</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>24</v>
       </c>
       <c r="D27" t="s">
         <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>46</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>44</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>48</v>
@@ -1243,51 +1243,51 @@
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>52</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
         <v>44</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>53</v>
       </c>
       <c r="H30" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>52</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>44</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>53</v>
       </c>
       <c r="H31" t="s">