--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -56,150 +56,150 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...4 lines deleted...]
-  <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -728,103 +728,103 @@
       <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>19</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
@@ -832,233 +832,233 @@
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
         <v>19</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" t="s">
         <v>19</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17" t="s">
         <v>19</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" t="s">
         <v>19</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" t="s">
         <v>30</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>33</v>
       </c>
       <c r="B20" t="s">
         <v>34</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>35</v>
       </c>
       <c r="E20" t="s">
         <v>23</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
         <v>36</v>
       </c>
@@ -1110,123 +1110,123 @@
       <c r="H22" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>33</v>
       </c>
       <c r="B23" t="s">
         <v>34</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>35</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>33</v>
       </c>
       <c r="B24" t="s">
         <v>34</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>35</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>33</v>
       </c>
       <c r="B25" t="s">
         <v>34</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>35</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>33</v>
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>35</v>
       </c>
       <c r="E26" t="s">
         <v>23</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>33</v>
       </c>
       <c r="B27" t="s">
         <v>34</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>35</v>
       </c>
       <c r="E27" t="s">
         <v>23</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
         <v>41</v>
       </c>
@@ -1246,263 +1246,263 @@
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28"/>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>43</v>
       </c>
       <c r="B29" t="s">
         <v>44</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>35</v>
       </c>
       <c r="E29" t="s">
         <v>23</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>45</v>
       </c>
       <c r="B31" t="s">
         <v>34</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>23</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>45</v>
       </c>
       <c r="B32" t="s">
         <v>34</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>45</v>
       </c>
       <c r="B33" t="s">
         <v>34</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>23</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>45</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>23</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>45</v>
       </c>
       <c r="B35" t="s">
         <v>34</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>23</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>45</v>
       </c>
       <c r="B36" t="s">
         <v>34</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>48</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>49</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
         <v>50</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>51</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>49</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
         <v>50</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>51</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>49</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
         <v>50</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">