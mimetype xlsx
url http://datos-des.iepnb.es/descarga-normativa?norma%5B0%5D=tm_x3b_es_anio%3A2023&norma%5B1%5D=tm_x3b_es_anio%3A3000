--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -896,77 +896,77 @@
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>51</v>
       </c>
       <c r="B16" t="s">
         <v>52</v>
       </c>
       <c r="C16" t="s">
         <v>29</v>
       </c>
       <c r="D16" t="s">
         <v>30</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>29</v>
       </c>
       <c r="D17" t="s">
         <v>30</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>44</v>
       </c>
       <c r="H17" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="C18" t="s">
         <v>29</v>
       </c>
       <c r="D18" t="s">
         <v>30</v>
       </c>
       <c r="E18" t="s">
         <v>43</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">