--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -1004,77 +1004,77 @@
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20" t="s">
         <v>34</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>55</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
       <c r="D21" t="s">
         <v>34</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>33</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">