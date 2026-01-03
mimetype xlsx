--- v0 (2025-10-24)
+++ v1 (2026-01-03)
@@ -71,54 +71,54 @@
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Cantabria</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
   <si>
     <t>Decreto 90/2022, de 1 de julio, del Consell, por el que se declara monumento natural la Falla del Moraig, de Benitachell. DOGV 9376 de 06 de julio de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/d/2022/07/01/90/</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Decreto 101/2022, de 29 de julio, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Bec de l'Àguila, en el término municipal de Mutxamel. DOGV 9405 de 16/08/2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2022/08/16/pdf/2022_7562.pdf</t>
   </si>
@@ -875,75 +875,75 @@
       <c r="H13" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>45</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>24</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>24</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>47</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>23</v>
       </c>
       <c r="D16" t="s">
         <v>24</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>46</v>
       </c>