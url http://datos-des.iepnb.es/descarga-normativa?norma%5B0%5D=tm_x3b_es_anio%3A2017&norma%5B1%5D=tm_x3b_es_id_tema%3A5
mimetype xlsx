--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -1936,75 +1936,75 @@
       <c r="H46" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>113</v>
       </c>
       <c r="B47" t="s">
         <v>114</v>
       </c>
       <c r="C47" t="s">
         <v>28</v>
       </c>
       <c r="D47" t="s">
         <v>29</v>
       </c>
       <c r="E47" t="s">
         <v>30</v>
       </c>
       <c r="F47">
         <v>2017</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>113</v>
       </c>
       <c r="B48" t="s">
         <v>114</v>
       </c>
       <c r="C48" t="s">
         <v>28</v>
       </c>
       <c r="D48" t="s">
         <v>29</v>
       </c>
       <c r="E48" t="s">
         <v>30</v>
       </c>
       <c r="F48">
         <v>2017</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>115</v>
       </c>
       <c r="B49" t="s">
         <v>116</v>
       </c>
       <c r="C49" t="s">
         <v>106</v>
       </c>
       <c r="D49" t="s">
         <v>29</v>
       </c>
       <c r="E49" t="s">
         <v>30</v>
       </c>
       <c r="F49">
         <v>2017</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>47</v>
       </c>