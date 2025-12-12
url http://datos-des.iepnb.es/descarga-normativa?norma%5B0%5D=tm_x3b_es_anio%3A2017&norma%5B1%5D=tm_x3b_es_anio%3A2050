--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2644,75 +2644,75 @@
       <c r="H68" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>154</v>
       </c>
       <c r="B69" t="s">
         <v>155</v>
       </c>
       <c r="C69" t="s">
         <v>42</v>
       </c>
       <c r="D69" t="s">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>44</v>
       </c>
       <c r="F69">
         <v>2017</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>154</v>
       </c>
       <c r="B70" t="s">
         <v>155</v>
       </c>
       <c r="C70" t="s">
         <v>42</v>
       </c>
       <c r="D70" t="s">
         <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>44</v>
       </c>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>156</v>
       </c>
       <c r="B71" t="s">
         <v>157</v>
       </c>
       <c r="C71" t="s">
         <v>144</v>
       </c>
       <c r="D71" t="s">
         <v>43</v>
       </c>
       <c r="E71" t="s">
         <v>44</v>
       </c>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>60</v>
       </c>