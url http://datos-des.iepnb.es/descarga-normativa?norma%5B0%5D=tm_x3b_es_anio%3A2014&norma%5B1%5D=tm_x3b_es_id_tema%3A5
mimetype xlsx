--- v0 (2025-10-24)
+++ v1 (2026-01-07)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Decreto 37/2014, de 27 de marzo, por el que se declaran zonas especiales de conservación los lugares de importancia comunitaria de Galicia y se aprueba el Plan director de la Red Natura 2000 de Galicia. DOG 62 de 31 de marzo de 2014</t>
   </si>
   <si>
     <t>https://www.xunta.gal/dog/Publicados/2014/20140331/AnuncioCA02-270314-0001_es.html</t>
   </si>
@@ -1405,51 +1405,51 @@
       <c r="H17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18" t="s">
         <v>34</v>
       </c>
       <c r="D18" t="s">
         <v>29</v>
       </c>
       <c r="E18" t="s">
         <v>30</v>
       </c>
       <c r="F18">
         <v>2014</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19" t="s">
         <v>28</v>
       </c>
       <c r="D19" t="s">
         <v>29</v>
       </c>
       <c r="E19" t="s">
         <v>30</v>
       </c>
       <c r="F19">
         <v>2014</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>11</v>
       </c>
@@ -1501,51 +1501,51 @@
       <c r="H21" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>40</v>
       </c>
       <c r="C22" t="s">
         <v>28</v>
       </c>
       <c r="D22" t="s">
         <v>29</v>
       </c>
       <c r="E22" t="s">
         <v>30</v>
       </c>
       <c r="F22">
         <v>2014</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>43</v>
       </c>
       <c r="C23" t="s">
         <v>28</v>
       </c>
       <c r="D23" t="s">
         <v>29</v>
       </c>
       <c r="E23" t="s">
         <v>30</v>
       </c>
       <c r="F23">
         <v>2014</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>41</v>
       </c>
@@ -1573,51 +1573,51 @@
       <c r="H24" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>45</v>
       </c>
       <c r="C25" t="s">
         <v>28</v>
       </c>
       <c r="D25" t="s">
         <v>29</v>
       </c>
       <c r="E25" t="s">
         <v>30</v>
       </c>
       <c r="F25">
         <v>2014</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>47</v>
       </c>
       <c r="C26" t="s">
         <v>28</v>
       </c>
       <c r="D26" t="s">
         <v>29</v>
       </c>
       <c r="E26" t="s">
         <v>30</v>
       </c>
       <c r="F26">
         <v>2014</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>9</v>
       </c>
@@ -2871,51 +2871,51 @@
       <c r="H78" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>156</v>
       </c>
       <c r="B79" t="s">
         <v>157</v>
       </c>
       <c r="C79" t="s">
         <v>28</v>
       </c>
       <c r="D79" t="s">
         <v>29</v>
       </c>
       <c r="E79" t="s">
         <v>30</v>
       </c>
       <c r="F79">
         <v>2014</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>158</v>
       </c>
       <c r="B80" t="s">
         <v>159</v>
       </c>
       <c r="C80" t="s">
         <v>28</v>
       </c>
       <c r="D80" t="s">
         <v>29</v>
       </c>
       <c r="E80" t="s">
         <v>30</v>
       </c>
       <c r="F80">
         <v>2014</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>160</v>
       </c>
@@ -3587,51 +3587,51 @@
       <c r="H108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>221</v>
       </c>
       <c r="B109" t="s">
         <v>222</v>
       </c>
       <c r="C109" t="s">
         <v>34</v>
       </c>
       <c r="D109" t="s">
         <v>29</v>
       </c>
       <c r="E109" t="s">
         <v>30</v>
       </c>
       <c r="F109">
         <v>2014</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>223</v>
       </c>
       <c r="B110" t="s">
         <v>224</v>
       </c>
       <c r="C110" t="s">
         <v>28</v>
       </c>
       <c r="D110" t="s">
         <v>29</v>
       </c>
       <c r="E110" t="s">
         <v>30</v>
       </c>
       <c r="F110">
         <v>2014</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>9</v>
       </c>