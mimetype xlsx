--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -206,54 +206,54 @@
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014 DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 145/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación alto Navia (ES1200048) y se aprueba su I Instrumento de Gestión.</t>
   </si>
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -1800,77 +1800,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
@@ -2818,51 +2818,51 @@
       <c r="H70" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>140</v>
       </c>
       <c r="B71" t="s">
         <v>141</v>
       </c>
       <c r="C71" t="s">
         <v>24</v>
       </c>
       <c r="D71" t="s">
         <v>25</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71">
         <v>2014</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>142</v>
       </c>
       <c r="B72" t="s">
         <v>143</v>
       </c>
       <c r="C72" t="s">
         <v>144</v>
       </c>
       <c r="D72" t="s">
         <v>25</v>
       </c>
       <c r="E72" t="s">
         <v>39</v>
       </c>
       <c r="F72">
         <v>2014</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>10</v>
       </c>
@@ -2914,51 +2914,51 @@
       <c r="H74" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" t="s">
         <v>44</v>
       </c>
       <c r="D75" t="s">
         <v>25</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75">
         <v>2014</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" t="s">
         <v>24</v>
       </c>
       <c r="D76" t="s">
         <v>25</v>
       </c>
       <c r="E76" t="s">
         <v>39</v>
       </c>
       <c r="F76">
         <v>2014</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>49</v>
       </c>
@@ -3010,51 +3010,51 @@
       <c r="H78" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>156</v>
       </c>
       <c r="B79" t="s">
         <v>157</v>
       </c>
       <c r="C79" t="s">
         <v>24</v>
       </c>
       <c r="D79" t="s">
         <v>25</v>
       </c>
       <c r="E79" t="s">
         <v>39</v>
       </c>
       <c r="F79">
         <v>2014</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>159</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" t="s">
         <v>24</v>
       </c>
       <c r="D80" t="s">
         <v>25</v>
       </c>
       <c r="E80" t="s">
         <v>39</v>
       </c>
       <c r="F80">
         <v>2014</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>158</v>
       </c>
@@ -3082,51 +3082,51 @@
       <c r="H81" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>161</v>
       </c>
       <c r="B82" t="s">
         <v>162</v>
       </c>
       <c r="C82" t="s">
         <v>24</v>
       </c>
       <c r="D82" t="s">
         <v>25</v>
       </c>
       <c r="E82" t="s">
         <v>39</v>
       </c>
       <c r="F82">
         <v>2014</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>163</v>
       </c>
       <c r="B83" t="s">
         <v>164</v>
       </c>
       <c r="C83" t="s">
         <v>24</v>
       </c>
       <c r="D83" t="s">
         <v>25</v>
       </c>
       <c r="E83" t="s">
         <v>39</v>
       </c>
       <c r="F83">
         <v>2014</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>18</v>
       </c>
@@ -4380,51 +4380,51 @@
       <c r="H135" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>271</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" t="s">
         <v>24</v>
       </c>
       <c r="D136" t="s">
         <v>25</v>
       </c>
       <c r="E136" t="s">
         <v>39</v>
       </c>
       <c r="F136">
         <v>2014</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>273</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" t="s">
         <v>24</v>
       </c>
       <c r="D137" t="s">
         <v>25</v>
       </c>
       <c r="E137" t="s">
         <v>39</v>
       </c>
       <c r="F137">
         <v>2014</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>147</v>
       </c>
@@ -5164,75 +5164,75 @@
       <c r="H168" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>337</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" t="s">
         <v>44</v>
       </c>
       <c r="D169" t="s">
         <v>25</v>
       </c>
       <c r="E169" t="s">
         <v>39</v>
       </c>
       <c r="F169">
         <v>2014</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>337</v>
       </c>
       <c r="B170" t="s">
         <v>338</v>
       </c>
       <c r="C170" t="s">
         <v>44</v>
       </c>
       <c r="D170" t="s">
         <v>25</v>
       </c>
       <c r="E170" t="s">
         <v>39</v>
       </c>
       <c r="F170">
         <v>2014</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>339</v>
       </c>
       <c r="B171" t="s">
         <v>340</v>
       </c>
       <c r="C171" t="s">
         <v>24</v>
       </c>
       <c r="D171" t="s">
         <v>25</v>
       </c>
       <c r="E171" t="s">
         <v>39</v>
       </c>
       <c r="F171">
         <v>2014</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>18</v>
       </c>