--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -2387,51 +2387,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -2439,77 +2439,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -2617,67 +2617,67 @@
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44">
         <v>2014</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>106</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2014</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>106</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2014</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>107</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47">
         <v>2014</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>108</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
@@ -3489,51 +3489,51 @@
       <c r="H92" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93" t="s">
         <v>29</v>
       </c>
       <c r="D93" t="s">
         <v>43</v>
       </c>
       <c r="E93" t="s">
         <v>39</v>
       </c>
       <c r="F93">
         <v>2014</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>43</v>
       </c>
       <c r="E94" t="s">
         <v>39</v>
       </c>
       <c r="F94">
         <v>2014</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>44</v>
       </c>
@@ -4955,51 +4955,51 @@
       <c r="H153" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>308</v>
       </c>
       <c r="B154" t="s">
         <v>309</v>
       </c>
       <c r="C154" t="s">
         <v>26</v>
       </c>
       <c r="D154" t="s">
         <v>43</v>
       </c>
       <c r="E154" t="s">
         <v>39</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>310</v>
       </c>
       <c r="B155" t="s">
         <v>311</v>
       </c>
       <c r="C155" t="s">
         <v>26</v>
       </c>
       <c r="D155" t="s">
         <v>43</v>
       </c>
       <c r="E155" t="s">
         <v>39</v>
       </c>
       <c r="F155">
         <v>2014</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>23</v>
       </c>
@@ -5739,75 +5739,75 @@
       <c r="H186" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>373</v>
       </c>
       <c r="B187" t="s">
         <v>374</v>
       </c>
       <c r="C187" t="s">
         <v>29</v>
       </c>
       <c r="D187" t="s">
         <v>43</v>
       </c>
       <c r="E187" t="s">
         <v>39</v>
       </c>
       <c r="F187">
         <v>2014</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>373</v>
       </c>
       <c r="B188" t="s">
         <v>374</v>
       </c>
       <c r="C188" t="s">
         <v>29</v>
       </c>
       <c r="D188" t="s">
         <v>43</v>
       </c>
       <c r="E188" t="s">
         <v>39</v>
       </c>
       <c r="F188">
         <v>2014</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>375</v>
       </c>
       <c r="B189" t="s">
         <v>376</v>
       </c>
       <c r="C189" t="s">
         <v>26</v>
       </c>
       <c r="D189" t="s">
         <v>43</v>
       </c>
       <c r="E189" t="s">
         <v>39</v>
       </c>
       <c r="F189">
         <v>2014</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>99</v>
       </c>