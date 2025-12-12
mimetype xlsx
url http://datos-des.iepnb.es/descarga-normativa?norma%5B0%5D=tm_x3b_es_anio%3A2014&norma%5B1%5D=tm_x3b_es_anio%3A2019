--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -2692,67 +2692,67 @@
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2014</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>120</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47">
         <v>2014</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>120</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2014</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>122</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49">
         <v>2014</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>123</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>