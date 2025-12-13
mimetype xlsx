--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -3413,75 +3413,75 @@
       <c r="H62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>148</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
         <v>33</v>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>35</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>148</v>
       </c>
       <c r="B64" t="s">
         <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>33</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>151</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>52</v>
       </c>
@@ -4253,67 +4253,67 @@
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2014</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>217</v>
       </c>
       <c r="B101"/>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101">
         <v>2014</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>69</v>
+        <v>218</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>217</v>
       </c>
       <c r="B102"/>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102">
         <v>2014</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>218</v>
+        <v>69</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>219</v>
       </c>
       <c r="B103"/>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103">
         <v>2014</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>220</v>
       </c>
       <c r="B104"/>
       <c r="C104"/>
       <c r="D104"/>