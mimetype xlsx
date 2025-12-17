--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="522">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -888,50 +888,56 @@
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 134/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Ibias (ES1200051) y se aprueba su I Instrumento de Gestión. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21989&amp;i18n.http.lang=es"</t>
   </si>
   <si>
     <t>Decreto 126/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Trubia (ES1200052) y se aprueba su I Instrumento de Gestión.</t>
   </si>
   <si>
     <t>https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21959&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es"</t>
   </si>
   <si>
     <t>https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 143/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Ríos Negro y aller (ES12000054) y se aprueba su I Instrumento de Gestión. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21973&amp;i18n.http.lang=es"</t>
   </si>
   <si>
     <t>https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21973&amp;i18n.http.lang=e</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 154/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cabo Busto-Luanco (ES1200055) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Cabo Busto y Luanco. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22542&amp;i18n.http.lang=es"</t>
   </si>
   <si>
     <t>https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22542&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>LEY 11/2014, de 4 de diciembre, de Prevención y Protección Ambiental de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VERDOC&amp;BASE=BOLE&amp;SEC=BUSQUEDA_AVANZADA&amp;SEPARADOR=&amp;&amp;DOCN=000192255</t>
   </si>
   <si>
     <t>Decreto 20/2014, de 20 de marzo, por el que se modifican los anexos de la Ley 4/2010, de 4 de junio, del Catálogo Canario de Especies Protegidas. BOC 63 de 31 de marzo de 2014</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2014/063/001.html</t>
   </si>
   <si>
     <t>Orden de 6 de mayo de 2014 por la que se incluye a la especie Cheilanthes guanchica C.Bolle en el Catálogo gallego de especies amenazadas, en la categoría en peligro de extinción. DOG 92 de 15 de mayo de 2014</t>
   </si>
   <si>
     <t>https://www.xunta.gal/dog/Publicados/2014/20140515/AnuncioCA02-090514-0010_es.html</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Decreto 55/2014, de 19 de diciembre, por el que se aprueban los Planes de Gestión de determinadas especies de la Flora y Fauna Silvestre Catalogadas como Amenazadas en la Comunidad Autónoma de La Rioja</t>
   </si>
   <si>
     <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1910146-1-PDF-487064-X</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
@@ -1919,51 +1925,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H261"/>
+  <dimension ref="A1:H262"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1434.364" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="594.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -5010,451 +5016,447 @@
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>290</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145">
         <v>2014</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
-      <c r="C146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C146"/>
       <c r="D146" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E146" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F146">
         <v>2014</v>
       </c>
       <c r="G146"/>
-      <c r="H146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="D147" t="s">
         <v>38</v>
       </c>
       <c r="E147" t="s">
         <v>39</v>
       </c>
       <c r="F147">
         <v>2014</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>296</v>
+        <v>216</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>296</v>
+      </c>
+      <c r="B148" t="s">
         <v>297</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="D148" t="s">
         <v>38</v>
       </c>
       <c r="E148" t="s">
         <v>39</v>
       </c>
       <c r="F148">
         <v>2014</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>299</v>
+      </c>
+      <c r="B149" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" t="s">
         <v>38</v>
       </c>
       <c r="E149" t="s">
         <v>39</v>
       </c>
       <c r="F149">
         <v>2014</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>302</v>
       </c>
       <c r="B150" t="s">
         <v>303</v>
       </c>
       <c r="C150" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="D150" t="s">
         <v>38</v>
       </c>
       <c r="E150" t="s">
         <v>39</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>217</v>
+        <v>298</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>304</v>
       </c>
       <c r="B151" t="s">
         <v>305</v>
       </c>
       <c r="C151" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
       <c r="D151" t="s">
         <v>38</v>
       </c>
       <c r="E151" t="s">
         <v>39</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>103</v>
+        <v>217</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>306</v>
       </c>
       <c r="B152" t="s">
         <v>307</v>
       </c>
       <c r="C152" t="s">
         <v>37</v>
       </c>
       <c r="D152" t="s">
         <v>38</v>
       </c>
       <c r="E152" t="s">
         <v>39</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>141</v>
+        <v>103</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>308</v>
       </c>
       <c r="B153" t="s">
         <v>309</v>
       </c>
       <c r="C153" t="s">
         <v>37</v>
       </c>
       <c r="D153" t="s">
         <v>38</v>
       </c>
       <c r="E153" t="s">
         <v>39</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>59</v>
+        <v>141</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B154" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C154" t="s">
         <v>37</v>
       </c>
       <c r="D154" t="s">
         <v>38</v>
       </c>
       <c r="E154" t="s">
         <v>39</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>216</v>
+        <v>59</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>310</v>
       </c>
       <c r="B155" t="s">
         <v>311</v>
       </c>
       <c r="C155" t="s">
         <v>37</v>
       </c>
       <c r="D155" t="s">
         <v>38</v>
       </c>
       <c r="E155" t="s">
         <v>39</v>
       </c>
       <c r="F155">
         <v>2014</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>59</v>
+        <v>216</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>312</v>
       </c>
       <c r="B156" t="s">
         <v>313</v>
       </c>
       <c r="C156" t="s">
         <v>37</v>
       </c>
       <c r="D156" t="s">
         <v>38</v>
       </c>
       <c r="E156" t="s">
         <v>39</v>
       </c>
       <c r="F156">
         <v>2014</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B157" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C157" t="s">
         <v>37</v>
       </c>
       <c r="D157" t="s">
         <v>38</v>
       </c>
       <c r="E157" t="s">
         <v>39</v>
       </c>
       <c r="F157">
         <v>2014</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>216</v>
+        <v>59</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>314</v>
       </c>
       <c r="B158" t="s">
         <v>315</v>
       </c>
       <c r="C158" t="s">
         <v>37</v>
       </c>
       <c r="D158" t="s">
         <v>38</v>
       </c>
       <c r="E158" t="s">
         <v>39</v>
       </c>
       <c r="F158">
         <v>2014</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>141</v>
+        <v>216</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>316</v>
       </c>
       <c r="B159" t="s">
         <v>317</v>
       </c>
       <c r="C159" t="s">
         <v>37</v>
       </c>
       <c r="D159" t="s">
         <v>38</v>
       </c>
       <c r="E159" t="s">
         <v>39</v>
       </c>
       <c r="F159">
         <v>2014</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>318</v>
       </c>
       <c r="B160" t="s">
         <v>319</v>
       </c>
       <c r="C160" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="D160" t="s">
         <v>38</v>
       </c>
       <c r="E160" t="s">
         <v>39</v>
       </c>
       <c r="F160">
         <v>2014</v>
       </c>
-      <c r="G160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G160"/>
       <c r="H160" t="s">
-        <v>320</v>
+        <v>141</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>320</v>
+      </c>
+      <c r="B161" t="s">
         <v>321</v>
       </c>
-      <c r="B161" t="s">
+      <c r="C161" t="s">
+        <v>96</v>
+      </c>
+      <c r="D161" t="s">
+        <v>38</v>
+      </c>
+      <c r="E161" t="s">
+        <v>39</v>
+      </c>
+      <c r="F161">
+        <v>2014</v>
+      </c>
+      <c r="G161" t="s">
+        <v>15</v>
+      </c>
+      <c r="H161" t="s">
         <v>322</v>
-      </c>
-[...14 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>323</v>
       </c>
       <c r="B162" t="s">
         <v>324</v>
       </c>
       <c r="C162" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
       <c r="D162" t="s">
         <v>38</v>
       </c>
       <c r="E162" t="s">
         <v>39</v>
       </c>
       <c r="F162">
         <v>2014</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>325</v>
       </c>
       <c r="B163" t="s">
         <v>326</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" t="s">
         <v>38</v>
       </c>
       <c r="E163" t="s">
         <v>39</v>
       </c>
       <c r="F163">
         <v>2014</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>141</v>
       </c>
@@ -6138,187 +6140,187 @@
       <c r="B192" t="s">
         <v>384</v>
       </c>
       <c r="C192" t="s">
         <v>37</v>
       </c>
       <c r="D192" t="s">
         <v>38</v>
       </c>
       <c r="E192" t="s">
         <v>39</v>
       </c>
       <c r="F192">
         <v>2014</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>385</v>
       </c>
       <c r="B193" t="s">
-        <v>356</v>
+        <v>386</v>
       </c>
       <c r="C193" t="s">
         <v>37</v>
       </c>
       <c r="D193" t="s">
         <v>38</v>
       </c>
       <c r="E193" t="s">
         <v>39</v>
       </c>
       <c r="F193">
         <v>2014</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B194" t="s">
-        <v>387</v>
+        <v>358</v>
       </c>
       <c r="C194" t="s">
         <v>37</v>
       </c>
       <c r="D194" t="s">
         <v>38</v>
       </c>
       <c r="E194" t="s">
         <v>39</v>
       </c>
       <c r="F194">
         <v>2014</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>388</v>
       </c>
       <c r="B195" t="s">
         <v>389</v>
       </c>
       <c r="C195" t="s">
         <v>37</v>
       </c>
       <c r="D195" t="s">
         <v>38</v>
       </c>
       <c r="E195" t="s">
         <v>39</v>
       </c>
       <c r="F195">
         <v>2014</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>390</v>
       </c>
       <c r="B196" t="s">
         <v>391</v>
       </c>
       <c r="C196" t="s">
         <v>37</v>
       </c>
       <c r="D196" t="s">
         <v>38</v>
       </c>
       <c r="E196" t="s">
         <v>39</v>
       </c>
       <c r="F196">
         <v>2014</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>392</v>
       </c>
       <c r="B197" t="s">
         <v>393</v>
       </c>
       <c r="C197" t="s">
         <v>37</v>
       </c>
       <c r="D197" t="s">
         <v>38</v>
       </c>
       <c r="E197" t="s">
         <v>39</v>
       </c>
       <c r="F197">
         <v>2014</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>394</v>
       </c>
       <c r="B198" t="s">
         <v>395</v>
       </c>
       <c r="C198" t="s">
         <v>37</v>
       </c>
       <c r="D198" t="s">
         <v>38</v>
       </c>
       <c r="E198" t="s">
         <v>39</v>
       </c>
       <c r="F198">
         <v>2014</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>59</v>
+        <v>141</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>396</v>
       </c>
       <c r="B199" t="s">
         <v>397</v>
       </c>
       <c r="C199" t="s">
         <v>37</v>
       </c>
       <c r="D199" t="s">
         <v>38</v>
       </c>
       <c r="E199" t="s">
         <v>39</v>
       </c>
       <c r="F199">
         <v>2014</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>59</v>
       </c>
@@ -6466,315 +6468,315 @@
       <c r="H205" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>410</v>
       </c>
       <c r="B206" t="s">
         <v>411</v>
       </c>
       <c r="C206" t="s">
         <v>37</v>
       </c>
       <c r="D206" t="s">
         <v>38</v>
       </c>
       <c r="E206" t="s">
         <v>39</v>
       </c>
       <c r="F206">
         <v>2014</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>412</v>
+        <v>59</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>412</v>
+      </c>
+      <c r="B207" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="C207" t="s">
         <v>37</v>
       </c>
       <c r="D207" t="s">
         <v>38</v>
       </c>
       <c r="E207" t="s">
         <v>39</v>
       </c>
       <c r="F207">
         <v>2014</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>415</v>
       </c>
       <c r="B208" t="s">
         <v>416</v>
       </c>
       <c r="C208" t="s">
         <v>37</v>
       </c>
       <c r="D208" t="s">
         <v>38</v>
       </c>
       <c r="E208" t="s">
         <v>39</v>
       </c>
       <c r="F208">
         <v>2014</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>417</v>
       </c>
       <c r="B209" t="s">
         <v>418</v>
       </c>
       <c r="C209" t="s">
         <v>37</v>
       </c>
       <c r="D209" t="s">
         <v>38</v>
       </c>
       <c r="E209" t="s">
         <v>39</v>
       </c>
       <c r="F209">
         <v>2014</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>419</v>
       </c>
       <c r="B210" t="s">
         <v>420</v>
       </c>
       <c r="C210" t="s">
         <v>37</v>
       </c>
       <c r="D210" t="s">
         <v>38</v>
       </c>
       <c r="E210" t="s">
         <v>39</v>
       </c>
       <c r="F210">
         <v>2014</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>421</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211" t="s">
         <v>37</v>
       </c>
       <c r="D211" t="s">
         <v>38</v>
       </c>
       <c r="E211" t="s">
         <v>39</v>
       </c>
       <c r="F211">
         <v>2014</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>217</v>
+        <v>414</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>423</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212" t="s">
         <v>37</v>
       </c>
       <c r="D212" t="s">
         <v>38</v>
       </c>
       <c r="E212" t="s">
         <v>39</v>
       </c>
       <c r="F212">
         <v>2014</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>299</v>
+        <v>217</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>425</v>
       </c>
       <c r="B213" t="s">
         <v>426</v>
       </c>
       <c r="C213" t="s">
         <v>37</v>
       </c>
       <c r="D213" t="s">
         <v>38</v>
       </c>
       <c r="E213" t="s">
         <v>39</v>
       </c>
       <c r="F213">
         <v>2014</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>113</v>
+        <v>301</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>427</v>
       </c>
       <c r="B214" t="s">
         <v>428</v>
       </c>
       <c r="C214" t="s">
         <v>37</v>
       </c>
       <c r="D214" t="s">
         <v>38</v>
       </c>
       <c r="E214" t="s">
         <v>39</v>
       </c>
       <c r="F214">
         <v>2014</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>429</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" t="s">
         <v>37</v>
       </c>
       <c r="D215" t="s">
         <v>38</v>
       </c>
       <c r="E215" t="s">
         <v>39</v>
       </c>
       <c r="F215">
         <v>2014</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>431</v>
       </c>
       <c r="B216" t="s">
         <v>432</v>
       </c>
       <c r="C216" t="s">
         <v>37</v>
       </c>
       <c r="D216" t="s">
         <v>38</v>
       </c>
       <c r="E216" t="s">
         <v>39</v>
       </c>
       <c r="F216">
         <v>2014</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>433</v>
       </c>
       <c r="B217" t="s">
         <v>434</v>
       </c>
       <c r="C217" t="s">
         <v>37</v>
       </c>
       <c r="D217" t="s">
         <v>38</v>
       </c>
       <c r="E217" t="s">
         <v>39</v>
       </c>
       <c r="F217">
         <v>2014</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>435</v>
       </c>
       <c r="B218" t="s">
         <v>436</v>
       </c>
       <c r="C218" t="s">
         <v>37</v>
       </c>
       <c r="D218" t="s">
         <v>38</v>
       </c>
       <c r="E218" t="s">
         <v>39</v>
       </c>
       <c r="F218">
         <v>2014</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>113</v>
       </c>
@@ -6906,259 +6908,259 @@
       <c r="B224" t="s">
         <v>448</v>
       </c>
       <c r="C224" t="s">
         <v>37</v>
       </c>
       <c r="D224" t="s">
         <v>38</v>
       </c>
       <c r="E224" t="s">
         <v>39</v>
       </c>
       <c r="F224">
         <v>2014</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>449</v>
       </c>
       <c r="B225" t="s">
-        <v>295</v>
+        <v>450</v>
       </c>
       <c r="C225" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="D225" t="s">
         <v>38</v>
       </c>
       <c r="E225" t="s">
         <v>39</v>
       </c>
       <c r="F225">
         <v>2014</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>296</v>
+        <v>113</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B226" t="s">
-        <v>451</v>
+        <v>297</v>
       </c>
       <c r="C226" t="s">
         <v>96</v>
       </c>
       <c r="D226" t="s">
         <v>38</v>
       </c>
       <c r="E226" t="s">
         <v>39</v>
       </c>
       <c r="F226">
         <v>2014</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>103</v>
+        <v>298</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>452</v>
       </c>
       <c r="B227" t="s">
         <v>453</v>
       </c>
       <c r="C227" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="D227" t="s">
         <v>38</v>
       </c>
       <c r="E227" t="s">
         <v>39</v>
       </c>
       <c r="F227">
         <v>2014</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>454</v>
       </c>
       <c r="B228" t="s">
         <v>455</v>
       </c>
       <c r="C228" t="s">
         <v>37</v>
       </c>
       <c r="D228" t="s">
         <v>38</v>
       </c>
       <c r="E228" t="s">
         <v>39</v>
       </c>
       <c r="F228">
         <v>2014</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>141</v>
+        <v>66</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>456</v>
       </c>
       <c r="B229" t="s">
         <v>457</v>
       </c>
       <c r="C229" t="s">
         <v>37</v>
       </c>
       <c r="D229" t="s">
         <v>38</v>
       </c>
       <c r="E229" t="s">
         <v>39</v>
       </c>
       <c r="F229">
         <v>2014</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>66</v>
+        <v>141</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>458</v>
       </c>
       <c r="B230" t="s">
         <v>459</v>
       </c>
       <c r="C230" t="s">
         <v>37</v>
       </c>
       <c r="D230" t="s">
         <v>38</v>
       </c>
       <c r="E230" t="s">
         <v>39</v>
       </c>
       <c r="F230">
         <v>2014</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>460</v>
       </c>
       <c r="B231" t="s">
         <v>461</v>
       </c>
       <c r="C231" t="s">
         <v>37</v>
       </c>
       <c r="D231" t="s">
         <v>38</v>
       </c>
       <c r="E231" t="s">
         <v>39</v>
       </c>
       <c r="F231">
         <v>2014</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>462</v>
       </c>
       <c r="B232" t="s">
         <v>463</v>
       </c>
       <c r="C232" t="s">
         <v>37</v>
       </c>
       <c r="D232" t="s">
         <v>38</v>
       </c>
       <c r="E232" t="s">
         <v>39</v>
       </c>
       <c r="F232">
         <v>2014</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>464</v>
       </c>
       <c r="B233" t="s">
         <v>465</v>
       </c>
       <c r="C233" t="s">
         <v>37</v>
       </c>
       <c r="D233" t="s">
         <v>38</v>
       </c>
       <c r="E233" t="s">
         <v>39</v>
       </c>
       <c r="F233">
         <v>2014</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>66</v>
+        <v>141</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>466</v>
       </c>
       <c r="B234" t="s">
         <v>467</v>
       </c>
       <c r="C234" t="s">
         <v>37</v>
       </c>
       <c r="D234" t="s">
         <v>38</v>
       </c>
       <c r="E234" t="s">
         <v>39</v>
       </c>
       <c r="F234">
         <v>2014</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
         <v>66</v>
       </c>
@@ -7234,456 +7236,458 @@
       <c r="H237" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>474</v>
       </c>
       <c r="B238" t="s">
         <v>475</v>
       </c>
       <c r="C238" t="s">
         <v>37</v>
       </c>
       <c r="D238" t="s">
         <v>38</v>
       </c>
       <c r="E238" t="s">
         <v>39</v>
       </c>
       <c r="F238">
         <v>2014</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>476</v>
       </c>
       <c r="B239" t="s">
         <v>477</v>
       </c>
       <c r="C239" t="s">
         <v>37</v>
       </c>
       <c r="D239" t="s">
         <v>38</v>
       </c>
       <c r="E239" t="s">
         <v>39</v>
       </c>
       <c r="F239">
         <v>2014</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>478</v>
+      </c>
+      <c r="B240" t="s">
         <v>479</v>
       </c>
-      <c r="B240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="D240" t="s">
         <v>38</v>
       </c>
       <c r="E240" t="s">
         <v>39</v>
       </c>
       <c r="F240">
         <v>2014</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>481</v>
       </c>
       <c r="B241" t="s">
         <v>482</v>
       </c>
       <c r="C241" t="s">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="D241" t="s">
         <v>38</v>
       </c>
       <c r="E241" t="s">
         <v>39</v>
       </c>
       <c r="F241">
         <v>2014</v>
       </c>
-      <c r="G241" t="s">
-[...2 lines deleted...]
-      <c r="H241"/>
+      <c r="G241"/>
+      <c r="H241" t="s">
+        <v>480</v>
+      </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>483</v>
       </c>
       <c r="B242" t="s">
         <v>484</v>
       </c>
-      <c r="C242"/>
-      <c r="D242"/>
+      <c r="C242" t="s">
+        <v>140</v>
+      </c>
+      <c r="D242" t="s">
+        <v>38</v>
+      </c>
       <c r="E242" t="s">
         <v>39</v>
       </c>
       <c r="F242">
         <v>2014</v>
       </c>
-      <c r="G242"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G242" t="s">
+        <v>15</v>
+      </c>
+      <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B243" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243" t="s">
         <v>39</v>
       </c>
       <c r="F243">
         <v>2014</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>485</v>
       </c>
       <c r="B244" t="s">
         <v>486</v>
       </c>
-      <c r="C244" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C244"/>
+      <c r="D244"/>
       <c r="E244" t="s">
         <v>39</v>
       </c>
       <c r="F244">
         <v>2014</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>217</v>
+        <v>141</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B245" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C245" t="s">
         <v>140</v>
       </c>
       <c r="D245" t="s">
         <v>38</v>
       </c>
       <c r="E245" t="s">
         <v>39</v>
       </c>
       <c r="F245">
         <v>2014</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>487</v>
       </c>
       <c r="B246" t="s">
         <v>488</v>
       </c>
       <c r="C246" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
       <c r="D246" t="s">
         <v>38</v>
       </c>
       <c r="E246" t="s">
         <v>39</v>
       </c>
       <c r="F246">
         <v>2014</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>141</v>
+        <v>217</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>489</v>
       </c>
       <c r="B247" t="s">
         <v>490</v>
       </c>
       <c r="C247" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="D247" t="s">
         <v>38</v>
       </c>
       <c r="E247" t="s">
         <v>39</v>
       </c>
       <c r="F247">
         <v>2014</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>491</v>
       </c>
       <c r="B248" t="s">
         <v>492</v>
       </c>
       <c r="C248" t="s">
-        <v>493</v>
+        <v>140</v>
       </c>
       <c r="D248" t="s">
         <v>38</v>
       </c>
       <c r="E248" t="s">
         <v>39</v>
       </c>
       <c r="F248">
         <v>2014</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>493</v>
+      </c>
+      <c r="B249" t="s">
         <v>494</v>
       </c>
-      <c r="B249" t="s">
+      <c r="C249" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D249" t="s">
         <v>38</v>
       </c>
       <c r="E249" t="s">
         <v>39</v>
       </c>
       <c r="F249">
         <v>2014</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>496</v>
       </c>
       <c r="B250" t="s">
         <v>497</v>
       </c>
       <c r="C250" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="D250" t="s">
         <v>38</v>
       </c>
       <c r="E250" t="s">
         <v>39</v>
       </c>
       <c r="F250">
         <v>2014</v>
       </c>
-      <c r="G250" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G250"/>
       <c r="H250" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>498</v>
+      </c>
+      <c r="B251" t="s">
         <v>499</v>
       </c>
-      <c r="B251" t="s">
+      <c r="C251" t="s">
+        <v>140</v>
+      </c>
+      <c r="D251" t="s">
+        <v>38</v>
+      </c>
+      <c r="E251" t="s">
+        <v>39</v>
+      </c>
+      <c r="F251">
+        <v>2014</v>
+      </c>
+      <c r="G251" t="s">
         <v>500</v>
       </c>
-      <c r="C251" t="s">
-[...11 lines deleted...]
-      <c r="G251"/>
       <c r="H251" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>501</v>
       </c>
       <c r="B252" t="s">
         <v>502</v>
       </c>
       <c r="C252" t="s">
-        <v>96</v>
+        <v>151</v>
       </c>
       <c r="D252" t="s">
         <v>38</v>
       </c>
       <c r="E252" t="s">
         <v>39</v>
       </c>
       <c r="F252">
         <v>2014</v>
       </c>
       <c r="G252"/>
-      <c r="H252"/>
+      <c r="H252" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>503</v>
       </c>
       <c r="B253" t="s">
-        <v>298</v>
+        <v>504</v>
       </c>
       <c r="C253" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="D253" t="s">
         <v>38</v>
       </c>
       <c r="E253" t="s">
         <v>39</v>
       </c>
       <c r="F253">
         <v>2014</v>
       </c>
       <c r="G253"/>
       <c r="H253"/>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B254" t="s">
-        <v>505</v>
+        <v>300</v>
       </c>
       <c r="C254" t="s">
         <v>37</v>
       </c>
       <c r="D254" t="s">
         <v>38</v>
       </c>
       <c r="E254" t="s">
         <v>39</v>
       </c>
       <c r="F254">
         <v>2014</v>
       </c>
       <c r="G254"/>
       <c r="H254"/>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>506</v>
       </c>
       <c r="B255" t="s">
         <v>507</v>
       </c>
       <c r="C255" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="D255" t="s">
         <v>38</v>
       </c>
       <c r="E255" t="s">
         <v>39</v>
       </c>
       <c r="F255">
         <v>2014</v>
       </c>
       <c r="G255"/>
       <c r="H255"/>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>508</v>
       </c>
       <c r="B256" t="s">
         <v>509</v>
       </c>
       <c r="C256" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
       <c r="D256" t="s">
         <v>38</v>
       </c>
       <c r="E256" t="s">
         <v>39</v>
       </c>
       <c r="F256">
         <v>2014</v>
       </c>
       <c r="G256"/>
       <c r="H256"/>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>510</v>
       </c>
       <c r="B257" t="s">
         <v>511</v>
       </c>
       <c r="C257" t="s">
         <v>37</v>
       </c>
       <c r="D257" t="s">
         <v>38</v>
@@ -7695,123 +7699,145 @@
         <v>2014</v>
       </c>
       <c r="G257"/>
       <c r="H257"/>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>512</v>
       </c>
       <c r="B258" t="s">
         <v>513</v>
       </c>
       <c r="C258" t="s">
         <v>37</v>
       </c>
       <c r="D258" t="s">
         <v>38</v>
       </c>
       <c r="E258" t="s">
         <v>39</v>
       </c>
       <c r="F258">
         <v>2014</v>
       </c>
       <c r="G258"/>
-      <c r="H258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>514</v>
       </c>
       <c r="B259" t="s">
         <v>515</v>
       </c>
       <c r="C259" t="s">
-        <v>493</v>
+        <v>37</v>
       </c>
       <c r="D259" t="s">
         <v>38</v>
       </c>
       <c r="E259" t="s">
         <v>39</v>
       </c>
       <c r="F259">
         <v>2014</v>
       </c>
       <c r="G259"/>
-      <c r="H259"/>
+      <c r="H259" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>516</v>
       </c>
       <c r="B260" t="s">
         <v>517</v>
       </c>
       <c r="C260" t="s">
-        <v>140</v>
+        <v>495</v>
       </c>
       <c r="D260" t="s">
         <v>38</v>
       </c>
       <c r="E260" t="s">
         <v>39</v>
       </c>
       <c r="F260">
         <v>2014</v>
       </c>
       <c r="G260"/>
-      <c r="H260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H260"/>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>518</v>
       </c>
       <c r="B261" t="s">
         <v>519</v>
       </c>
       <c r="C261" t="s">
         <v>140</v>
       </c>
       <c r="D261" t="s">
+        <v>38</v>
+      </c>
+      <c r="E261" t="s">
+        <v>39</v>
+      </c>
+      <c r="F261">
+        <v>2014</v>
+      </c>
+      <c r="G261"/>
+      <c r="H261" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>520</v>
+      </c>
+      <c r="B262" t="s">
+        <v>521</v>
+      </c>
+      <c r="C262" t="s">
+        <v>140</v>
+      </c>
+      <c r="D262" t="s">
         <v>51</v>
       </c>
-      <c r="E261" t="s">
-[...5 lines deleted...]
-      <c r="G261" t="s">
+      <c r="E262" t="s">
+        <v>39</v>
+      </c>
+      <c r="F262">
+        <v>2014</v>
+      </c>
+      <c r="G262" t="s">
         <v>15</v>
       </c>
-      <c r="H261"/>
+      <c r="H262"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>