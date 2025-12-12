--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -1053,67 +1053,67 @@
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2013</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2013</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
         <v>2013</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2013</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">