--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -1087,67 +1087,67 @@
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2013</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
         <v>2013</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2013</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2013</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">