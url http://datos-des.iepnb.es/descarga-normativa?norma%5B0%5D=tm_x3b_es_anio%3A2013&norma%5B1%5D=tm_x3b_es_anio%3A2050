--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1161,67 +1161,67 @@
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2013</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2013</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2013</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2013</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>33</v>
       </c>
       <c r="B17" t="s">