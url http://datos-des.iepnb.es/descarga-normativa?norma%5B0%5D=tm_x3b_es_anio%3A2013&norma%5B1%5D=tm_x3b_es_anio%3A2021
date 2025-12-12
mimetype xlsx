--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2023,67 +2023,67 @@
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2013</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>106</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43">
         <v>2013</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>106</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44">
         <v>2013</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>107</v>
       </c>
       <c r="B45" t="s">
         <v>108</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2013</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>109</v>
       </c>
       <c r="B46" t="s">