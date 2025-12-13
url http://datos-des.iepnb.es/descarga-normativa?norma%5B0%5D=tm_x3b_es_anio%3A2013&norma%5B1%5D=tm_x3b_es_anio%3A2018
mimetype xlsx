--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -1773,67 +1773,67 @@
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33">
         <v>2013</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>85</v>
       </c>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2013</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>85</v>
       </c>
       <c r="B35"/>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2013</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>86</v>
       </c>
       <c r="B36" t="s">
         <v>87</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36">
         <v>2013</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>88</v>
       </c>
       <c r="B37" t="s">