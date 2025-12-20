--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -3706,67 +3706,67 @@
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2013</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>216</v>
       </c>
       <c r="B101"/>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101">
         <v>2013</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>216</v>
       </c>
       <c r="B102"/>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102">
         <v>2013</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>218</v>
       </c>
       <c r="B103" t="s">
         <v>219</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103">
         <v>2013</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>220</v>
       </c>
       <c r="B104" t="s">