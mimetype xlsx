--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -2138,75 +2138,75 @@
       <c r="H54" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>136</v>
       </c>
       <c r="B55" t="s">
         <v>137</v>
       </c>
       <c r="C55" t="s">
         <v>26</v>
       </c>
       <c r="D55" t="s">
         <v>27</v>
       </c>
       <c r="E55" t="s">
         <v>28</v>
       </c>
       <c r="F55">
         <v>2012</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>136</v>
       </c>
       <c r="B56" t="s">
         <v>137</v>
       </c>
       <c r="C56" t="s">
         <v>26</v>
       </c>
       <c r="D56" t="s">
         <v>27</v>
       </c>
       <c r="E56" t="s">
         <v>28</v>
       </c>
       <c r="F56">
         <v>2012</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>139</v>
       </c>
       <c r="B57" t="s">
         <v>25</v>
       </c>
       <c r="C57" t="s">
         <v>26</v>
       </c>
       <c r="D57" t="s">
         <v>27</v>
       </c>
       <c r="E57" t="s">
         <v>28</v>
       </c>
       <c r="F57">
         <v>2012</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>14</v>
       </c>