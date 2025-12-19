--- v0 (2025-10-26)
+++ v1 (2025-12-19)
@@ -2296,75 +2296,75 @@
       <c r="H61" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>146</v>
       </c>
       <c r="B62" t="s">
         <v>147</v>
       </c>
       <c r="C62" t="s">
         <v>37</v>
       </c>
       <c r="D62" t="s">
         <v>38</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62">
         <v>2012</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>146</v>
       </c>
       <c r="B63" t="s">
         <v>147</v>
       </c>
       <c r="C63" t="s">
         <v>37</v>
       </c>
       <c r="D63" t="s">
         <v>38</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63">
         <v>2012</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>149</v>
       </c>
       <c r="B64" t="s">
         <v>36</v>
       </c>
       <c r="C64" t="s">
         <v>37</v>
       </c>
       <c r="D64" t="s">
         <v>38</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64">
         <v>2012</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>25</v>
       </c>