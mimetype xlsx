--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -2699,51 +2699,51 @@
       <c r="H52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>97</v>
       </c>
       <c r="E53" t="s">
         <v>98</v>
       </c>
       <c r="F53">
         <v>2014</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>102</v>
       </c>
@@ -2795,51 +2795,51 @@
       <c r="H56" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>97</v>
       </c>
       <c r="E57" t="s">
         <v>98</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58" t="s">
         <v>98</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>11</v>
       </c>
@@ -2891,51 +2891,51 @@
       <c r="H60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>97</v>
       </c>
       <c r="E61" t="s">
         <v>98</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>118</v>
       </c>
       <c r="B62" t="s">
         <v>119</v>
       </c>
       <c r="C62" t="s">
         <v>96</v>
       </c>
       <c r="D62" t="s">
         <v>97</v>
       </c>
       <c r="E62" t="s">
         <v>98</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>117</v>
       </c>
@@ -2963,51 +2963,51 @@
       <c r="H63" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>96</v>
       </c>
       <c r="D64" t="s">
         <v>97</v>
       </c>
       <c r="E64" t="s">
         <v>98</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>122</v>
       </c>
       <c r="B65" t="s">
         <v>123</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
         <v>97</v>
       </c>
       <c r="E65" t="s">
         <v>98</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>9</v>
       </c>
@@ -4261,51 +4261,51 @@
       <c r="H117" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>97</v>
       </c>
       <c r="E118" t="s">
         <v>98</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>233</v>
       </c>
       <c r="B119" t="s">
         <v>234</v>
       </c>
       <c r="C119" t="s">
         <v>96</v>
       </c>
       <c r="D119" t="s">
         <v>97</v>
       </c>
       <c r="E119" t="s">
         <v>98</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>105</v>
       </c>
@@ -5045,75 +5045,75 @@
       <c r="H150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>298</v>
       </c>
       <c r="B151" t="s">
         <v>299</v>
       </c>
       <c r="C151" t="s">
         <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>97</v>
       </c>
       <c r="E151" t="s">
         <v>98</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>298</v>
       </c>
       <c r="B152" t="s">
         <v>299</v>
       </c>
       <c r="C152" t="s">
         <v>110</v>
       </c>
       <c r="D152" t="s">
         <v>97</v>
       </c>
       <c r="E152" t="s">
         <v>98</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>301</v>
       </c>
       <c r="C153" t="s">
         <v>96</v>
       </c>
       <c r="D153" t="s">
         <v>97</v>
       </c>
       <c r="E153" t="s">
         <v>98</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>9</v>
       </c>
@@ -6711,51 +6711,51 @@
       <c r="H221" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" t="s">
         <v>96</v>
       </c>
       <c r="D222" t="s">
         <v>97</v>
       </c>
       <c r="E222" t="s">
         <v>98</v>
       </c>
       <c r="F222">
         <v>2012</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>446</v>
       </c>
       <c r="B223" t="s">
         <v>348</v>
       </c>
       <c r="C223" t="s">
         <v>96</v>
       </c>
       <c r="D223" t="s">
         <v>97</v>
       </c>
       <c r="E223" t="s">
         <v>98</v>
       </c>
       <c r="F223">
         <v>2012</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>288</v>
       </c>