--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -2845,75 +2845,75 @@
       <c r="H78" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>186</v>
       </c>
       <c r="B79" t="s">
         <v>187</v>
       </c>
       <c r="C79" t="s">
         <v>90</v>
       </c>
       <c r="D79" t="s">
         <v>52</v>
       </c>
       <c r="E79" t="s">
         <v>40</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>16</v>
+        <v>188</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>186</v>
       </c>
       <c r="B80" t="s">
         <v>187</v>
       </c>
       <c r="C80" t="s">
         <v>90</v>
       </c>
       <c r="D80" t="s">
         <v>52</v>
       </c>
       <c r="E80" t="s">
         <v>40</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>188</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>189</v>
       </c>
       <c r="B81" t="s">
         <v>121</v>
       </c>
       <c r="C81" t="s">
         <v>51</v>
       </c>
       <c r="D81" t="s">
         <v>52</v>
       </c>
       <c r="E81" t="s">
         <v>40</v>
       </c>
       <c r="F81">
         <v>2011</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>188</v>
       </c>