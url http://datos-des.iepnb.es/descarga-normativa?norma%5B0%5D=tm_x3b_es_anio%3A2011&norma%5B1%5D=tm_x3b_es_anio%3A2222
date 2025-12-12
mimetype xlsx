--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -2974,75 +2974,75 @@
       <c r="H84" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>193</v>
       </c>
       <c r="B85" t="s">
         <v>194</v>
       </c>
       <c r="C85" t="s">
         <v>98</v>
       </c>
       <c r="D85" t="s">
         <v>59</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85">
         <v>2011</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>23</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>193</v>
       </c>
       <c r="B86" t="s">
         <v>194</v>
       </c>
       <c r="C86" t="s">
         <v>98</v>
       </c>
       <c r="D86" t="s">
         <v>59</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86">
         <v>2011</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>196</v>
       </c>
       <c r="B87" t="s">
         <v>128</v>
       </c>
       <c r="C87" t="s">
         <v>58</v>
       </c>
       <c r="D87" t="s">
         <v>59</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87">
         <v>2011</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>195</v>
       </c>