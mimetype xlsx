--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -2953,75 +2953,75 @@
       <c r="H82" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>190</v>
       </c>
       <c r="B83" t="s">
         <v>191</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
         <v>56</v>
       </c>
       <c r="E83" t="s">
         <v>45</v>
       </c>
       <c r="F83">
         <v>2011</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>190</v>
       </c>
       <c r="B84" t="s">
         <v>191</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
         <v>56</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84">
         <v>2011</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>193</v>
       </c>
       <c r="B85" t="s">
         <v>125</v>
       </c>
       <c r="C85" t="s">
         <v>55</v>
       </c>
       <c r="D85" t="s">
         <v>56</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
       <c r="F85">
         <v>2011</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>192</v>
       </c>