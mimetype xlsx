--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -4237,75 +4237,75 @@
       <c r="H130" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>269</v>
       </c>
       <c r="B131" t="s">
         <v>270</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>50</v>
       </c>
       <c r="F131">
         <v>2011</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>269</v>
       </c>
       <c r="B132" t="s">
         <v>270</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>50</v>
       </c>
       <c r="F132">
         <v>2011</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>271</v>
       </c>
       <c r="B133" t="s">
         <v>206</v>
       </c>
       <c r="C133" t="s">
         <v>10</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>50</v>
       </c>
       <c r="F133">
         <v>2011</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>91</v>
       </c>