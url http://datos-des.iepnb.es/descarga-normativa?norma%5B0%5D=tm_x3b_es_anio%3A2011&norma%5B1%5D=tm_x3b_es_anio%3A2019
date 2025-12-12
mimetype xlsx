--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3930,75 +3930,75 @@
       <c r="H114" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>262</v>
       </c>
       <c r="B115" t="s">
         <v>263</v>
       </c>
       <c r="C115" t="s">
         <v>42</v>
       </c>
       <c r="D115" t="s">
         <v>36</v>
       </c>
       <c r="E115" t="s">
         <v>28</v>
       </c>
       <c r="F115">
         <v>2011</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>262</v>
       </c>
       <c r="B116" t="s">
         <v>263</v>
       </c>
       <c r="C116" t="s">
         <v>42</v>
       </c>
       <c r="D116" t="s">
         <v>36</v>
       </c>
       <c r="E116" t="s">
         <v>28</v>
       </c>
       <c r="F116">
         <v>2011</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>264</v>
       </c>
       <c r="B117" t="s">
         <v>200</v>
       </c>
       <c r="C117" t="s">
         <v>35</v>
       </c>
       <c r="D117" t="s">
         <v>36</v>
       </c>
       <c r="E117" t="s">
         <v>28</v>
       </c>
       <c r="F117">
         <v>2011</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>95</v>
       </c>