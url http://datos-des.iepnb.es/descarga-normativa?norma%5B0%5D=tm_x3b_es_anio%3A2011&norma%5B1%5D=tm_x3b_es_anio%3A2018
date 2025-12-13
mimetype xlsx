--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -3565,75 +3565,75 @@
       <c r="H102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>236</v>
       </c>
       <c r="B103" t="s">
         <v>237</v>
       </c>
       <c r="C103" t="s">
         <v>19</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
         <v>16</v>
       </c>
       <c r="F103">
         <v>2011</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>67</v>
+        <v>238</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>236</v>
       </c>
       <c r="B104" t="s">
         <v>237</v>
       </c>
       <c r="C104" t="s">
         <v>19</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
         <v>16</v>
       </c>
       <c r="F104">
         <v>2011</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>238</v>
+        <v>67</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>239</v>
       </c>
       <c r="B105" t="s">
         <v>173</v>
       </c>
       <c r="C105" t="s">
         <v>23</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
         <v>16</v>
       </c>
       <c r="F105">
         <v>2011</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>238</v>
       </c>