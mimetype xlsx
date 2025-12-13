--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -5492,75 +5492,75 @@
       <c r="H169" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>361</v>
       </c>
       <c r="B170" t="s">
         <v>362</v>
       </c>
       <c r="C170" t="s">
         <v>140</v>
       </c>
       <c r="D170" t="s">
         <v>38</v>
       </c>
       <c r="E170" t="s">
         <v>39</v>
       </c>
       <c r="F170">
         <v>2011</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>210</v>
+        <v>363</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>361</v>
       </c>
       <c r="B171" t="s">
         <v>362</v>
       </c>
       <c r="C171" t="s">
         <v>140</v>
       </c>
       <c r="D171" t="s">
         <v>38</v>
       </c>
       <c r="E171" t="s">
         <v>39</v>
       </c>
       <c r="F171">
         <v>2011</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>363</v>
+        <v>210</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>364</v>
       </c>
       <c r="B172" t="s">
         <v>300</v>
       </c>
       <c r="C172" t="s">
         <v>37</v>
       </c>
       <c r="D172" t="s">
         <v>38</v>
       </c>
       <c r="E172" t="s">
         <v>39</v>
       </c>
       <c r="F172">
         <v>2011</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>363</v>
       </c>