--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -2196,77 +2196,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
@@ -3858,99 +3858,99 @@
       <c r="H83" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>194</v>
       </c>
       <c r="B84" t="s">
         <v>98</v>
       </c>
       <c r="C84" t="s">
         <v>44</v>
       </c>
       <c r="D84" t="s">
         <v>25</v>
       </c>
       <c r="E84" t="s">
         <v>39</v>
       </c>
       <c r="F84">
         <v>2009</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>194</v>
       </c>
       <c r="B85" t="s">
         <v>98</v>
       </c>
       <c r="C85" t="s">
         <v>44</v>
       </c>
       <c r="D85" t="s">
         <v>25</v>
       </c>
       <c r="E85" t="s">
         <v>39</v>
       </c>
       <c r="F85">
         <v>2009</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>195</v>
+        <v>77</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>194</v>
       </c>
       <c r="B86" t="s">
         <v>98</v>
       </c>
       <c r="C86" t="s">
         <v>44</v>
       </c>
       <c r="D86" t="s">
         <v>25</v>
       </c>
       <c r="E86" t="s">
         <v>39</v>
       </c>
       <c r="F86">
         <v>2009</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>196</v>
       </c>
       <c r="B87" t="s">
         <v>197</v>
       </c>
       <c r="C87" t="s">
         <v>198</v>
       </c>
       <c r="D87" t="s">
         <v>25</v>
       </c>
       <c r="E87" t="s">
         <v>39</v>
       </c>
       <c r="F87">
         <v>2009</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>77</v>
       </c>