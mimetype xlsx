--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -2780,51 +2780,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -2832,77 +2832,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -3758,51 +3758,51 @@
       <c r="H73" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>173</v>
       </c>
       <c r="B74" t="s">
         <v>174</v>
       </c>
       <c r="C74" t="s">
         <v>26</v>
       </c>
       <c r="D74" t="s">
         <v>43</v>
       </c>
       <c r="E74" t="s">
         <v>39</v>
       </c>
       <c r="F74">
         <v>2009</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>175</v>
       </c>
       <c r="B75" t="s">
         <v>176</v>
       </c>
       <c r="C75" t="s">
         <v>26</v>
       </c>
       <c r="D75" t="s">
         <v>43</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75">
         <v>2009</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>177</v>
       </c>
@@ -4430,99 +4430,99 @@
       <c r="H101" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>228</v>
       </c>
       <c r="B102" t="s">
         <v>136</v>
       </c>
       <c r="C102" t="s">
         <v>29</v>
       </c>
       <c r="D102" t="s">
         <v>43</v>
       </c>
       <c r="E102" t="s">
         <v>39</v>
       </c>
       <c r="F102">
         <v>2009</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>228</v>
       </c>
       <c r="B103" t="s">
         <v>136</v>
       </c>
       <c r="C103" t="s">
         <v>29</v>
       </c>
       <c r="D103" t="s">
         <v>43</v>
       </c>
       <c r="E103" t="s">
         <v>39</v>
       </c>
       <c r="F103">
         <v>2009</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>228</v>
       </c>
       <c r="B104" t="s">
         <v>136</v>
       </c>
       <c r="C104" t="s">
         <v>29</v>
       </c>
       <c r="D104" t="s">
         <v>43</v>
       </c>
       <c r="E104" t="s">
         <v>39</v>
       </c>
       <c r="F104">
         <v>2009</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>229</v>
       </c>
       <c r="B105" t="s">
         <v>230</v>
       </c>
       <c r="C105" t="s">
         <v>231</v>
       </c>
       <c r="D105" t="s">
         <v>43</v>
       </c>
       <c r="E105" t="s">
         <v>39</v>
       </c>
       <c r="F105">
         <v>2009</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>73</v>
       </c>